--- v1 (2025-11-24)
+++ v2 (2026-01-05)
@@ -1,332 +1,507 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\muz_exp2\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8138FED1-CFCE-4E1C-985B-1D9E74C7B30A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{528BDA63-D142-45B6-9F08-C08ED2E3CFBF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="www.possession.ru 15-11-2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Товары на 31-12-2025 11-46-29" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="124519"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Author</author>
   </authors>
   <commentList>
     <comment ref="A1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000009000000}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
-            <family val="2"/>
-            <charset val="204"/>
           </rPr>
           <t>Название товара</t>
         </r>
       </text>
     </comment>
     <comment ref="B1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000A000000}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
-            <family val="2"/>
-            <charset val="204"/>
           </rPr>
           <t>Производитель товара</t>
         </r>
       </text>
     </comment>
     <comment ref="C1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000B000000}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
-            <family val="2"/>
-            <charset val="204"/>
           </rPr>
           <t>Модель товара</t>
         </r>
       </text>
     </comment>
     <comment ref="D1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000C000000}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
-            <family val="2"/>
-            <charset val="204"/>
           </rPr>
           <t>Страна производства товара</t>
         </r>
       </text>
     </comment>
     <comment ref="E1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000005000000}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
-            <family val="2"/>
-            <charset val="204"/>
           </rPr>
           <t>Цена товара (число). Красный фон - есть параметры для заказа со своими ценами</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8011" uniqueCount="2535">
-[...1 lines deleted...]
-    <t>DEEDS OF FLESH - Trading Pieces</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7973" uniqueCount="2515">
+  <si>
+    <t>CRITICAL DEFIANCE - No Life Forms</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
+    <t>Thrash Metal</t>
+  </si>
+  <si>
+    <t>Alkolik Holocaust Records</t>
+  </si>
+  <si>
+    <t>CRITICAL DEFIANCE - Misconception</t>
+  </si>
+  <si>
+    <t>OMINOVS - Desecrating rotten graves</t>
+  </si>
+  <si>
+    <t>Death Metal</t>
+  </si>
+  <si>
+    <t>NUCLEAR STENCH - Inherit Decay</t>
+  </si>
+  <si>
+    <t>NOCTURNAL DESECRATION / ABOMINABLOOD - Bestial Conjuration</t>
+  </si>
+  <si>
+    <t>Black Death Metal</t>
+  </si>
+  <si>
+    <t>ROTTEN MALEFICE - En Los Brazos de la Muerte</t>
+  </si>
+  <si>
+    <t>HELLNOISE - Hell is Here</t>
+  </si>
+  <si>
+    <t>Thrash Death Metal</t>
+  </si>
+  <si>
+    <t>ACROSTIC - Cosmo(A)gonía</t>
+  </si>
+  <si>
+    <t>MORBID STENCH - The Rotting Ways Of Doom</t>
+  </si>
+  <si>
+    <t>Death Doom Metal</t>
+  </si>
+  <si>
+    <t>MUNICION - Fukk Off in Hell!</t>
+  </si>
+  <si>
+    <t>Speed Thrash Metal</t>
+  </si>
+  <si>
+    <t>CEMETERY DWELL - Towards A Dreadful Cosmos</t>
+  </si>
+  <si>
+    <t>DARK GOD - Cremation Of The Saint</t>
+  </si>
+  <si>
+    <t>Death Thrash Metal</t>
+  </si>
+  <si>
+    <t>VOMIT OF DOOM - Tormento Delirium</t>
+  </si>
+  <si>
+    <t>Black Thrash Metal</t>
+  </si>
+  <si>
+    <t>AMMENTIA - Legado Demencial</t>
+  </si>
+  <si>
+    <t>PURE MASSACRE - Altar Of The Scum</t>
+  </si>
+  <si>
+    <t>DECONSEKRATED - Ascension In The Altar Of Condemned</t>
+  </si>
+  <si>
+    <t>PHERETRUM - Still Being Maggots</t>
+  </si>
+  <si>
+    <t>MASTER OF CRUELTY - Spit On The Holy Grail</t>
+  </si>
+  <si>
+    <t>MAZE OF TERROR - Death Worshipers</t>
+  </si>
+  <si>
+    <t>PUTRID - Antichrist Above</t>
+  </si>
+  <si>
+    <t>PHLEGMLORD - Gorenucopia: Feast Of The Beast</t>
+  </si>
+  <si>
     <t>Brutal Death Metal</t>
   </si>
   <si>
+    <t>Heretic Impalement Records</t>
+  </si>
+  <si>
+    <t>FETAL FLUIDS - Aspects Of Forensic Errors</t>
+  </si>
+  <si>
+    <t>Goregrind</t>
+  </si>
+  <si>
+    <t>CADAVER CARNIVORE - Devourning Eclipse Of Darkest Realm</t>
+  </si>
+  <si>
+    <t>HYDROCELE - Water! Water! Grind! Water! Noise!</t>
+  </si>
+  <si>
+    <t>Grindcore</t>
+  </si>
+  <si>
+    <t>CARCINOSIS - Death and the Subsequent Anatomical Decomposition</t>
+  </si>
+  <si>
+    <t>SETH - Les Blessures De L'Âme</t>
+  </si>
+  <si>
+    <t>Symphonic Metal</t>
+  </si>
+  <si>
+    <t>The Black Records</t>
+  </si>
+  <si>
+    <t>ESTATIC FEAR - Somnium Obmutum</t>
+  </si>
+  <si>
+    <t>Symphonic Doom Metal</t>
+  </si>
+  <si>
+    <t>Covil Records</t>
+  </si>
+  <si>
+    <t>DEVISER - Unspeakable Cults</t>
+  </si>
+  <si>
+    <t>Black Metal</t>
+  </si>
+  <si>
+    <t>HELL ABYSS - Unguent Sabbati</t>
+  </si>
+  <si>
+    <t>UMBRIVAGO SOMBRIO / EXEQUIAL - Atormentados Pela Eternidade</t>
+  </si>
+  <si>
+    <t>Acta Non Verba Rex</t>
+  </si>
+  <si>
+    <t>DEAD POINT - Endangered Specie</t>
+  </si>
+  <si>
+    <t>Death Grind</t>
+  </si>
+  <si>
+    <t>More Hate Productions</t>
+  </si>
+  <si>
+    <t>...AND OCEANS - The Dynamic Gallery Of Thoughts</t>
+  </si>
+  <si>
+    <t>Experimental Metal</t>
+  </si>
+  <si>
+    <t>DRUDKH - Вічний Оберт Колеса</t>
+  </si>
+  <si>
+    <t>Atmospheric Metal</t>
+  </si>
+  <si>
+    <t>DRUDKH - Пригорща Зірок</t>
+  </si>
+  <si>
+    <t>DRUDKH - Microcosmos</t>
+  </si>
+  <si>
+    <t>DRUDKH - Відчуженість</t>
+  </si>
+  <si>
+    <t>ACWEALD - Archaic</t>
+  </si>
+  <si>
+    <t>Blackened Metal</t>
+  </si>
+  <si>
+    <t>Handful of Hate</t>
+  </si>
+  <si>
+    <t>MORDSTORM - …As the Pyre Devours the Black Sky</t>
+  </si>
+  <si>
+    <t>ROTTING CHRIST - Khronos</t>
+  </si>
+  <si>
+    <t>Dark Metal</t>
+  </si>
+  <si>
+    <t>Century Media Records</t>
+  </si>
+  <si>
+    <t>FLUKT - Darkness Devour</t>
+  </si>
+  <si>
+    <t>Dusktone</t>
+  </si>
+  <si>
+    <t>Industrial Metal</t>
+  </si>
+  <si>
+    <t>No Colours Records</t>
+  </si>
+  <si>
+    <t>PENTSIGN - Зов Древних</t>
+  </si>
+  <si>
+    <t>BRAINSTORM - Anthology</t>
+  </si>
+  <si>
+    <t>Avantgarde Death Metal</t>
+  </si>
+  <si>
+    <t>Fresh Meat Production</t>
+  </si>
+  <si>
+    <t>CRIMINAL ELEMENT - Abuse Of Power</t>
+  </si>
+  <si>
     <t>Coyote Records</t>
   </si>
   <si>
-    <t>DEEDS OF FLESH - Inbreeding The Anthropophagi</t>
-[...7 lines deleted...]
-  <si>
     <t>HUNDSGUGEL - Oath over Abyss</t>
   </si>
   <si>
-    <t>Black Metal</t>
-[...4 lines deleted...]
-  <si>
     <t>LEPROUS VORTEX SUN - Ш​у​м н​е​б​ы​т​и​я</t>
   </si>
   <si>
     <t>Avantgarde Black Metal</t>
   </si>
   <si>
     <t>LEGION OF THE DAMNED - Cult Of The Dead</t>
   </si>
   <si>
-    <t>Death Thrash Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>Massacre Records</t>
   </si>
   <si>
     <t>PANTERA - The Great Southern Trendkill</t>
   </si>
   <si>
     <t>Groove Metal</t>
   </si>
   <si>
     <t>EastWest Records America</t>
   </si>
   <si>
     <t>UNLUCKY BURIED - Blast From The Underground</t>
   </si>
   <si>
-    <t>Death Metal</t>
-[...4 lines deleted...]
-  <si>
     <t>LIVIDITY - ...'Til Only The Sick Remain</t>
   </si>
   <si>
     <t>Comatose Music</t>
   </si>
   <si>
     <t>LIVIDITY - Fetish For The Sick + Live In Germany</t>
   </si>
   <si>
     <t>TRIDENT - Hatechild</t>
   </si>
   <si>
     <t>Industrial Thrash Metal</t>
   </si>
   <si>
     <t>Werewolves Records</t>
   </si>
   <si>
-    <t>Black Thrash Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>Nuclear War Now! Productions</t>
   </si>
   <si>
     <t>CUMDEO - The Threads Of Imagination</t>
   </si>
   <si>
-    <t>Death Doom Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>Rest In Peace Productions</t>
   </si>
   <si>
     <t>FATUM - Obsessions Of Loneliness</t>
   </si>
   <si>
     <t>Doom Metal</t>
   </si>
   <si>
     <t>Serpent's Lair Productions</t>
   </si>
   <si>
-    <t>V/A - Hard Life - Heavy Music. Metallection III</t>
-[...1 lines deleted...]
-  <si>
     <t>Metal</t>
   </si>
   <si>
     <t>БМАgroup</t>
   </si>
   <si>
     <t>CONDEMNED CELL - Shadows Of The Past</t>
   </si>
   <si>
     <t>Doom Death Metal</t>
   </si>
   <si>
     <t>Discultured Productions</t>
   </si>
   <si>
     <t>HOLY DRAGONS - Полуночный гром</t>
   </si>
   <si>
     <t>Power Metal</t>
   </si>
   <si>
     <t>Metalism Records</t>
   </si>
   <si>
     <t>HOLY DRAGONS - Сумерки Богов</t>
   </si>
   <si>
     <t>HOLY DRAGONS - Судный день</t>
   </si>
   <si>
     <t>ZOEBEAST - Railway To Hellvan</t>
   </si>
   <si>
-    <t>Grindcore</t>
-[...1 lines deleted...]
-  <si>
     <t>WOODTEMPLE - Voices Of Pagan Mountains</t>
   </si>
   <si>
     <t>Pagan Metal</t>
   </si>
   <si>
-    <t>No Colours Records</t>
-[...1 lines deleted...]
-  <si>
     <t>WOODTEMPLE - Feel The Anger Of The Wind</t>
   </si>
   <si>
     <t>Avantgarde Metal</t>
   </si>
   <si>
     <t>Der Schwarze Tod</t>
   </si>
   <si>
     <t>ANCIENT - Eerily Howling Winds - The Antediluvian Tapes</t>
   </si>
   <si>
-    <t>Blackened Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>Sleaszy Rider Records</t>
   </si>
   <si>
     <t>EDGE OF SANITY - Purgatory Afterglow</t>
   </si>
   <si>
     <t>Black Mark Production</t>
   </si>
   <si>
     <t>THE MEADS OF ASPHODEL - The Murder Of Jesus The Jew</t>
   </si>
   <si>
-    <t>Experimental Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>Godreah Records</t>
   </si>
   <si>
     <t>THE MEADS OF ASPHODEL - The Early Years</t>
   </si>
   <si>
     <t>DIATHRA - My Endless Sorrow</t>
   </si>
   <si>
     <t>Gothic Metal</t>
   </si>
   <si>
     <t>Stygian Crypt Productions</t>
   </si>
   <si>
     <t>DIATHRA - Fascinating Impulses</t>
   </si>
   <si>
     <t>BORGTARN - Sorte Makt</t>
   </si>
   <si>
     <t>Humanity's Plague Productions</t>
   </si>
   <si>
     <t>NOROMI LUCALEN - Cursed And Forgotten</t>
@@ -334,164 +509,149 @@
   <si>
     <t>PHAUNOS - The Ancient Tales</t>
   </si>
   <si>
     <t>FATUM - Неприкаянный</t>
   </si>
   <si>
     <t>Metal Race Records</t>
   </si>
   <si>
     <t>IRON ANGEL - Winds Of War</t>
   </si>
   <si>
     <t>Heavy Metal</t>
   </si>
   <si>
     <t>Thrashingfist Productions</t>
   </si>
   <si>
     <t>IRON ANGEL - Hellish Crossfire</t>
   </si>
   <si>
     <t>NECRODEATH - Fragments Of Insanity</t>
   </si>
   <si>
-    <t>Thrash Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>Hellish Torment Productions</t>
   </si>
   <si>
-    <t>HIRAX - Not Dead Yet</t>
-[...1 lines deleted...]
-  <si>
     <t>IMPURITY - Satanic Metal Kingdom</t>
   </si>
   <si>
     <t>Kill Again Records</t>
   </si>
   <si>
     <t>SARCOFAGO - The Laws Of Scourge</t>
   </si>
   <si>
     <t>VIOLENT FORCE - Malevolent Assault Of Tomorrow</t>
   </si>
   <si>
     <t>REVENGE - Trust in Metal</t>
   </si>
   <si>
     <t>NOCTURNAL BREED - No Retreat...No Surrender</t>
   </si>
   <si>
     <t>SILENT DEATH - Before the Sunrise</t>
   </si>
   <si>
     <t>MASS HYPNOSIA - Toxiferous Cyanide</t>
   </si>
   <si>
     <t>SURRENDER OF DIVINITY - Manifest Blasphemy : The Abortion Of The Immaculate Conception</t>
   </si>
   <si>
     <t>IMPIETY - Paramount Evil</t>
   </si>
   <si>
     <t>BULLDOZER - Neurodeliri</t>
   </si>
   <si>
     <t>METALUCIFER - Heavy Metal Malaysian Chainsaw</t>
   </si>
   <si>
     <t>METALUCIFER - Heavy Metal Hunting 1995-2005</t>
   </si>
   <si>
     <t>ATTOMICA - Attomica</t>
   </si>
   <si>
     <t>GRAVE WITH A VIEW - Raw Illumination</t>
   </si>
   <si>
-    <t>Dusktone</t>
-[...1 lines deleted...]
-  <si>
     <t>SARKOM - Exceed In2 Chaos</t>
   </si>
   <si>
     <t>UNTIL DEATH OVERTAKES ME - AnteMortem</t>
   </si>
   <si>
     <t>Funeral Doom Metal</t>
   </si>
   <si>
     <t>UNTIL DEATH OVERTAKES ME - Missing</t>
   </si>
   <si>
     <t>OPERA IX - The Gospel</t>
   </si>
   <si>
-    <t>Dark Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>FLUKT - Omen Ov Darkness</t>
   </si>
   <si>
     <t>PERISHED - Seid</t>
   </si>
   <si>
     <t>Viking Metal</t>
   </si>
   <si>
     <t>HIEROPHANT - Gateway To The Abyss</t>
   </si>
   <si>
     <t>MYRONATH - Inferno</t>
   </si>
   <si>
     <t>BAXAXAXA - Spells From The Crypt...</t>
   </si>
   <si>
     <t>HEAVY LIES THE CROWN - Gears Of Inhumanity</t>
   </si>
   <si>
     <t>Technical Death Metal</t>
   </si>
   <si>
     <t>Ungodly Ruins Productions</t>
   </si>
   <si>
     <t>HUMANIAC - Until The Light Fakes Us</t>
   </si>
   <si>
     <t>INFILTRATED MANKIND - Inside The Apelike</t>
   </si>
   <si>
     <t>NAEGLERIA FOWLERI - Odes To The Adorable Essence Of Putrefaction</t>
   </si>
   <si>
-    <t>Goregrind</t>
-[...1 lines deleted...]
-  <si>
     <t>BROODING FEAR - Abomination</t>
   </si>
   <si>
     <t>EMBODIMENT OF SUFFERING - Revoking Salvation</t>
   </si>
   <si>
     <t>MCD</t>
   </si>
   <si>
     <t>CRUD - Hymns of Violence</t>
   </si>
   <si>
     <t>IMPURE VIOLATION - Lust In A Vulgar Display Of Violence</t>
   </si>
   <si>
     <t>TOTAL DESPAIR - Perfect Life Form Creation</t>
   </si>
   <si>
     <t>ORGIASTIC REBIRTH - Corridors Of Repugnant Suffering</t>
   </si>
   <si>
     <t>VERMINGOD - Whisperer Of The Abysmal Wisdom</t>
   </si>
   <si>
     <t>DEMIURGON - Above The Unworthy</t>
@@ -577,107 +737,98 @@
   <si>
     <t>NEUROPOLIS - Всё ничего</t>
   </si>
   <si>
     <t>CRYPTIC CONVERSION - From The Oblivion</t>
   </si>
   <si>
     <t>ACCIDENTAL DEATH BENEFIT - Maxima</t>
   </si>
   <si>
     <t>AMENTIA - Burn To Hate</t>
   </si>
   <si>
     <t>AMENTIA - Incurable Disease</t>
   </si>
   <si>
     <t>ЯКОРЬ - Русская Готика</t>
   </si>
   <si>
     <t>NEDRUGH - Vastness Of Abyss</t>
   </si>
   <si>
     <t>NOX DOLORIS - Konstantinopolis</t>
   </si>
   <si>
-    <t>Symphonic Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>MALEDICTED - The Way</t>
   </si>
   <si>
     <t>MORT FROIDE - Deceived By The Gods</t>
   </si>
   <si>
-    <t>Atmospheric Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>GATES OF CHAOS - Donum Mortis</t>
   </si>
   <si>
     <t>EQUILIBRIUM FALLS - Inside The Void</t>
   </si>
   <si>
     <t>MDM</t>
   </si>
   <si>
     <t>MYSTERIA MORTIS - From Fall To Rise</t>
   </si>
   <si>
     <t>Progressive Metal</t>
   </si>
   <si>
     <t>KILLHAMMER - В темноту</t>
   </si>
   <si>
     <t>TREMOR - Морок</t>
   </si>
   <si>
     <t>NIGHT ABYSS - Demonic Spells Of Nidhogg</t>
   </si>
   <si>
     <t>SMERDEAD - О жизни, смерти и войне</t>
   </si>
   <si>
     <t>СОЛНЫШКО - Плёнки Агонии</t>
   </si>
   <si>
     <t>Sludge Doom Metal</t>
   </si>
   <si>
     <t>SERPENT SERMON - Jahannam</t>
   </si>
   <si>
     <t>UNDER THE SCYTHE - Apotheosis</t>
   </si>
   <si>
     <t>DOMINIA - Timeless</t>
   </si>
   <si>
-    <t>Symphonic Doom Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>ATRA HAERESIS - Paritas</t>
   </si>
   <si>
     <t>DYSTONIA - Фатум</t>
   </si>
   <si>
     <t>SAD EYES - V 5en5e5</t>
   </si>
   <si>
     <t>CONSECRATION - Fragilium</t>
   </si>
   <si>
     <t>Solitude Productions</t>
   </si>
   <si>
     <t>ENDNAME - Demetra</t>
   </si>
   <si>
     <t>Post-Metal</t>
   </si>
   <si>
     <t>Slow Burn Records</t>
   </si>
   <si>
     <t>2CD</t>
@@ -691,98 +842,83 @@
   <si>
     <t>OBSTRUCTION - Пыль</t>
   </si>
   <si>
     <t>ROTTEN BLOOD - Sevenfold of the Divine Impulse of Eradication</t>
   </si>
   <si>
     <t>FRSTT DRKNSS Productions</t>
   </si>
   <si>
     <t>ROOT - Kärgeräs</t>
   </si>
   <si>
     <t>Blackened Heavy Metal</t>
   </si>
   <si>
     <t>Paragon Records</t>
   </si>
   <si>
     <t>ENDLESS GLOOM - Cadaver City</t>
   </si>
   <si>
     <t>GARMSKRIK - Великанская Зима</t>
   </si>
   <si>
-    <t>EMERALD WOODS - Distant Stars</t>
-[...1 lines deleted...]
-  <si>
     <t>TROMBER - Пыль</t>
   </si>
   <si>
     <t>UNHOLY NIGHT - Atomic Sorcery</t>
   </si>
   <si>
     <t>DRAKON - Легенды Уральских Гор</t>
   </si>
   <si>
     <t>Heathen Metal</t>
   </si>
   <si>
     <t>Folk Metal</t>
   </si>
   <si>
     <t>ILLA - Sarva-Saktan</t>
   </si>
   <si>
     <t>ROVE IN THE DARK - Скитания во Тьме</t>
   </si>
   <si>
     <t>CONSPIRATOR - Exorcism</t>
   </si>
   <si>
-    <t>Thrash Death Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>Evil Spell Records</t>
   </si>
   <si>
     <t>V/A - Unveiling The Signs</t>
   </si>
   <si>
     <t>Redrum666</t>
   </si>
   <si>
-    <t>ANATOMY - Where Angels Die</t>
-[...7 lines deleted...]
-  <si>
     <t>GALADRIEL - The 7th Queen Enthroned</t>
   </si>
   <si>
     <t>Gothoom Productions</t>
   </si>
   <si>
     <t>MORNA - Nuisance</t>
   </si>
   <si>
     <t>Progressive Death Metal</t>
   </si>
   <si>
     <t>Самиздат</t>
   </si>
   <si>
     <t>DEGIAL - Death's Striking Wings</t>
   </si>
   <si>
     <t>Sepulchral Voice Records</t>
   </si>
   <si>
     <t>ATOMIC - Slashing Victory</t>
   </si>
   <si>
     <t>Metal Ör Die Records</t>
@@ -796,131 +932,113 @@
   <si>
     <t>STANGARIGEL - Na Severe Srdca</t>
   </si>
   <si>
     <t>Hexencave Productions</t>
   </si>
   <si>
     <t>MITHRAS - Worlds Beyond The Veil</t>
   </si>
   <si>
     <t>Candlelight Records</t>
   </si>
   <si>
     <t>VIA DOLOROSA - From Where I Come</t>
   </si>
   <si>
     <t>NS Metal</t>
   </si>
   <si>
     <t>Nebelkorps</t>
   </si>
   <si>
     <t>PROCESSOR - Thanatophobia</t>
   </si>
   <si>
-    <t>SERPENT RISE - Gathered By...</t>
-[...4 lines deleted...]
-  <si>
     <t>OPHICVS - Azrever Ne Alemamam</t>
   </si>
   <si>
     <t>Tribulacion Productions</t>
   </si>
   <si>
-    <t>IRATUS DOMINUS - Dispatch The Incarnation Of God</t>
-[...1 lines deleted...]
-  <si>
     <t>The Flaming Arts</t>
   </si>
   <si>
-    <t>INFESTUM - Monuments Of Exalted</t>
-[...1 lines deleted...]
-  <si>
     <t>Фоно</t>
   </si>
   <si>
     <t>CALLIOPHIS - Liquid Darkness</t>
   </si>
   <si>
     <t>VEIL OF CONSPIRACY - Echoes Of Winter</t>
   </si>
   <si>
     <t>BadMoodMan Music</t>
   </si>
   <si>
     <t>MARE INFINITUM - Cryosleep</t>
   </si>
   <si>
     <t>CADAVEROUS CONDITION - Never Arrive, Never Return</t>
   </si>
   <si>
     <t>The Circle Music</t>
   </si>
   <si>
     <t>APOCRYPHAL - Facing the End</t>
   </si>
   <si>
     <t>BURIAL SHADES - To The Fleshes Of My Livid Everything</t>
   </si>
   <si>
-    <t>Fresh Meat Production</t>
-[...1 lines deleted...]
-  <si>
     <t>ROBBED TOMB - Murdered Buried Forgotten</t>
   </si>
   <si>
     <t>BURIAL SHADES - Black Water's Charm (Darkweeds Seasons Come)</t>
   </si>
   <si>
     <t>ASPERA - Per Aspera Ad Astra</t>
   </si>
   <si>
     <t>VARATHRON - The Demo Collection</t>
   </si>
   <si>
     <t>Metal Star</t>
   </si>
   <si>
     <t>ACHERON - Anti-god, Anti-christ</t>
   </si>
   <si>
     <t>ATARAXIA - Sueños</t>
   </si>
   <si>
     <t>Neofolk</t>
   </si>
   <si>
     <t>Infinite Fog Productions</t>
   </si>
   <si>
-    <t>ATARAXIA - Sous Le Blanc Rosier</t>
-[...1 lines deleted...]
-  <si>
     <t>Shadowplay Release</t>
   </si>
   <si>
     <t>ATARAXIA - Spasms (Sous La Coupole Spleenétique Du Ciel)</t>
   </si>
   <si>
     <t>VELVET FIRE - Glory of The Night</t>
   </si>
   <si>
     <t>BATHORY - Blood on Ice (западноевропейское издание)</t>
   </si>
   <si>
     <t>Irond</t>
   </si>
   <si>
     <t>PROFANATICA - Profanatitas De Domonatia</t>
   </si>
   <si>
     <t>Hells Headbangers Records</t>
   </si>
   <si>
     <t>AUFSCHWUNG - Цена Жизни</t>
   </si>
   <si>
     <t>7.62 Productions</t>
@@ -970,53 +1088,50 @@
   <si>
     <t>VARATHRON - Stygian Forces of Scorn</t>
   </si>
   <si>
     <t>ACHERON - Lex Talionis</t>
   </si>
   <si>
     <t>ACHERON - Hail Satanic Victory</t>
   </si>
   <si>
     <t>ACHERON - Rites Of The Black Mass</t>
   </si>
   <si>
     <t>PYOGENESIS - Unpop</t>
   </si>
   <si>
     <t>Hard Rock</t>
   </si>
   <si>
     <t>Nuclear Blast Records</t>
   </si>
   <si>
     <t>Gothic Rock</t>
   </si>
   <si>
-    <t>SACRIPHYX - Sacriphyx</t>
-[...1 lines deleted...]
-  <si>
     <t>XOLOTL - Xolotl</t>
   </si>
   <si>
     <t>Blackened Doom Metal</t>
   </si>
   <si>
     <t>American Line Productions</t>
   </si>
   <si>
     <t>BEYOND HELL - The Sleeper Awakens</t>
   </si>
   <si>
     <t>Dark Descent Records</t>
   </si>
   <si>
     <t>PAGAN - ...And Darkness Is Above All</t>
   </si>
   <si>
     <t>PAGAN - Hate to the Light of Life</t>
   </si>
   <si>
     <t>СТАРУХА - Жить</t>
   </si>
   <si>
     <t>Risen From The Dust Productions</t>
@@ -1051,86 +1166,74 @@
   <si>
     <t>HELLVETO - Stos</t>
   </si>
   <si>
     <t>Seven Kingdoms</t>
   </si>
   <si>
     <t>HELLVETO - Visions From The Past / Stony Fathers Of Winter</t>
   </si>
   <si>
     <t>ТАРТАР - Мрак</t>
   </si>
   <si>
     <t>ХУНТА - З​в​е​з​д​н​ы​й Л​а​к​е​й ​/​ Ч​ё​р​н​ы​й Д​о​ж​д​ь</t>
   </si>
   <si>
     <t>Progressive Thrash Metal</t>
   </si>
   <si>
     <t>P.O.S.T. - Paroxysm Of Sudden Thrill</t>
   </si>
   <si>
     <t>THE KOVENANT - In Times Before The Light (фирма)</t>
   </si>
   <si>
-    <t>Industrial Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>GODS TOWER - The Eerie</t>
   </si>
   <si>
     <t>Pagan Folk Doom Metal</t>
   </si>
   <si>
     <t>Союз</t>
   </si>
   <si>
     <t>DOWNCROSS - White Tower</t>
   </si>
   <si>
     <t>Cavum Atrum Rex</t>
   </si>
   <si>
-    <t>PRAV - Om Kalkine Namah</t>
-[...4 lines deleted...]
-  <si>
     <t>Werewolf Promotion</t>
   </si>
   <si>
     <t>AMON RUDH - Слезы Иордана</t>
   </si>
   <si>
     <t>SACRODEATH - Engendro Del Caos</t>
   </si>
   <si>
-    <t>ВО СКОРБЯХ - Неумолимое</t>
-[...1 lines deleted...]
-  <si>
     <t>AD NIHIL - З​а​в​е​д​о​м​о Л​о​ж​н​ы​е Ц​е​л​и</t>
   </si>
   <si>
     <t>KULGRINDA - Ugnies Apeigos</t>
   </si>
   <si>
     <t>Folk</t>
   </si>
   <si>
     <t>Dangus</t>
   </si>
   <si>
     <t>SPIRITUAL FRONT - Open Wounds</t>
   </si>
   <si>
     <t>CDr</t>
   </si>
   <si>
     <t>Folk Rock</t>
   </si>
   <si>
     <t>Trisol Music Group GmbH</t>
   </si>
   <si>
     <t>DIAGNOSE: LEBENSGEFAHR - Transformalin</t>
@@ -1540,53 +1643,50 @@
   <si>
     <t>SIRIN - V Pamäti</t>
   </si>
   <si>
     <t>Atmospheric Heathen Metal</t>
   </si>
   <si>
     <t>CZARNOBOG / OSTVIND - Sigils Of War...</t>
   </si>
   <si>
     <t>GOLFARON - Odwieczna Pieśń Lasu</t>
   </si>
   <si>
     <t>ROTTEN AGE - Oblicze Zła</t>
   </si>
   <si>
     <t>TARAN - Devilish Storm</t>
   </si>
   <si>
     <t>STANDVAST - Oersymboliek</t>
   </si>
   <si>
     <t>USELESS - Downfall</t>
   </si>
   <si>
-    <t>AUKELS - Raynkaym</t>
-[...1 lines deleted...]
-  <si>
     <t>NAWIA - Do Krwi</t>
   </si>
   <si>
     <t>BLACKENED TEMPLE - Blackened Temple</t>
   </si>
   <si>
     <t>PANZERJAGER - Call To Arms!</t>
   </si>
   <si>
     <t>LASCOWIEC - A Warcry Rises Above The Frozen Lands</t>
   </si>
   <si>
     <t>LASCOWIEC - Isolation</t>
   </si>
   <si>
     <t>LASCOWIEC - Survival</t>
   </si>
   <si>
     <t>LASCOWIEC - Unbroken Spirit</t>
   </si>
   <si>
     <t>WOJNAR - Nienawiść Zaklęta W Słowiańskiej Ziemi</t>
   </si>
   <si>
     <t>RIVERS LIKE VEINS - The Hidden Portals</t>
@@ -1678,86 +1778,80 @@
   <si>
     <t>HELLFIRE - Lobotomized by Holy Crucifix</t>
   </si>
   <si>
     <t>Mara Productions</t>
   </si>
   <si>
     <t>THE CURE - Bloodflowers</t>
   </si>
   <si>
     <t>Fiction Records</t>
   </si>
   <si>
     <t>KARI RUESLATTEN - Time To Tell</t>
   </si>
   <si>
     <t>Odisea Producciones</t>
   </si>
   <si>
     <t>HMR - Ад уже здесь</t>
   </si>
   <si>
     <t>Mazzar Records</t>
   </si>
   <si>
-    <t>AMMANAS - Solitude</t>
-[...1 lines deleted...]
-  <si>
     <t>UNPLEXIETY - Messorem</t>
   </si>
   <si>
     <t>PAGAN REIGN - Твердь</t>
   </si>
   <si>
     <t>PAGAN REIGN - Древние Воины</t>
   </si>
   <si>
     <t>PAGAN REIGN - Отблески Славы и Возрождение Былого Величия</t>
   </si>
   <si>
     <t>SKOGMARK - Sworn To Paganism</t>
   </si>
   <si>
     <t>MIZOTEIST - Mizoteist</t>
   </si>
   <si>
     <t>RAZORSCHRIECK - Tragedies</t>
   </si>
   <si>
     <t>Dark East Productions</t>
   </si>
   <si>
     <t>SUPERSTATIC - Key To The Abyss</t>
   </si>
   <si>
     <t>STEINGRAB - Malum Genesis</t>
   </si>
   <si>
-    <t>BREATH OF WIND - Coast</t>
-[...1 lines deleted...]
-  <si>
     <t>SVIATIBOR - Le Havre Du Seigneur Céleste</t>
   </si>
   <si>
     <t>CERBER - Hatred, Death, Intolerance...</t>
   </si>
   <si>
     <t>LUX LUCIFERI - Purity Of Enmity</t>
   </si>
   <si>
     <t>Soulflesh Collector</t>
   </si>
   <si>
     <t>MURK EXORBITANCE - Desecrated Reality</t>
   </si>
   <si>
     <t>ARHIDEUS - Awakening Of Sins</t>
   </si>
   <si>
     <t>MORGROTH - Догмы Темных Богов</t>
   </si>
   <si>
     <t>MORGROTH - Surgical Intervention</t>
   </si>
   <si>
     <t>NAMELESS - Nameless</t>
@@ -2116,53 +2210,50 @@
   <si>
     <t>PNEUMOCONIOSIS - And They Retch Overcome By The Stench</t>
   </si>
   <si>
     <t>MEATKNIFE - Grind From Outer Space</t>
   </si>
   <si>
     <t>EXECRACION - Pervert Slave</t>
   </si>
   <si>
     <t>CEREBRAL DEPRAVITY - Decades Of Suffering</t>
   </si>
   <si>
     <t>MALIGNANT ROT - Planetary Assimilation</t>
   </si>
   <si>
     <t>DEVOURED ELYSIUM - Extermination Policies</t>
   </si>
   <si>
     <t>ORGIASTIC DEFLESHMENT - Perverse Carnivorous Humanicide</t>
   </si>
   <si>
     <t>SHADOWS OF CONTEMPT - Hopeless</t>
   </si>
   <si>
-    <t>DISSECTING FLESH - The Impact Of Cruelty From Extraterrestrial</t>
-[...1 lines deleted...]
-  <si>
     <t>CINERARIUM - Hung Drown And Quartered</t>
   </si>
   <si>
     <t>M.O.S.S. - A Path To Ruin</t>
   </si>
   <si>
     <t>Porn Grind</t>
   </si>
   <si>
     <t>GUTTED - A Path To Ruin</t>
   </si>
   <si>
     <t>FOETAL FLUIDS TO EXPURGATE - Cyclic Vomiting Syndrome</t>
   </si>
   <si>
     <t>FERALIMINAL LYCANTHROPIZER - Anal Conception Of The Dominant Female</t>
   </si>
   <si>
     <t>WHORETONNEL - Your Clit..My Meat..</t>
   </si>
   <si>
     <t>GASTRORREXIS - Revision Of Ancient Abominations</t>
   </si>
   <si>
     <t>INFECTO - Descarnado y Repulsivo Fin de Una Especie</t>
@@ -2182,92 +2273,77 @@
   <si>
     <t>HUMAN ENSLAVEMENT - Amaran</t>
   </si>
   <si>
     <t>CEPHALIC IMPURITY - Unique Brute Revival</t>
   </si>
   <si>
     <t>ARSCHLOCH, DER DAS - Bad Trip</t>
   </si>
   <si>
     <t>TU CARNE - Desmembrados</t>
   </si>
   <si>
     <t>TU CARNE - Acumulacion De Cadaveres</t>
   </si>
   <si>
     <t>BLOODRAIN - Bloodrain IV: Hostis Humani Generis</t>
   </si>
   <si>
     <t>ANCIENT NECROPSY - Sanctuary Beyond The Infinite...</t>
   </si>
   <si>
     <t>Nice To Eat You Records</t>
   </si>
   <si>
-    <t>CEREBRAL EFFUSION / OFFALMINCER - Immortal Cemetery / Disemboweling Of Intestines</t>
-[...1 lines deleted...]
-  <si>
     <t>POSTHUMOUS BLASPHEMER - Exhumation Of Sacred Impunity</t>
   </si>
   <si>
     <t>RIOTOR / VAE VICTIS - An Oath Of Steel</t>
   </si>
   <si>
     <t>RIOTOR - Recrudescence Of Darkness</t>
   </si>
   <si>
     <t>CORPSEHAMMER - Metal De La Muerte</t>
   </si>
   <si>
     <t>COMBAT SHOCK - Everything Goes Wrong</t>
   </si>
   <si>
     <t>Punishment 18 Records</t>
   </si>
   <si>
-    <t>MENTAL SLAVERY - Our Legacy</t>
-[...4 lines deleted...]
-  <si>
     <t>WOODTEMPLE - The Call From The Pagan Woods</t>
   </si>
   <si>
     <t>PAGAN - Monument of Depression</t>
   </si>
   <si>
     <t>NAPALM DEATH - Smear Campaign</t>
   </si>
   <si>
-    <t>ASTARTE - Dancing In The Dark Lakes Of Evil - The Lloth Years</t>
-[...4 lines deleted...]
-  <si>
     <t>BOLVERKSTORM - Ewigkeit</t>
   </si>
   <si>
     <t>Valgriind</t>
   </si>
   <si>
     <t>ФОСФОР - Phosphorus</t>
   </si>
   <si>
     <t>Nadeln Prod</t>
   </si>
   <si>
     <t>VAZHES - Deep Komis</t>
   </si>
   <si>
     <t>Experimental Music</t>
   </si>
   <si>
     <t>MAJDANEK WALTZ - Пепел</t>
   </si>
   <si>
     <t>Стрелы Перуна</t>
   </si>
   <si>
     <t>MAJDANEK WALTZ - Stille!</t>
@@ -2401,53 +2477,50 @@
   <si>
     <t>ДЯДЮШКА AL-LA-ShT-ORR - Кимбанда для самых Маленьких : "Сказки" про "Лошадку"</t>
   </si>
   <si>
     <t>Art Of Anticreation</t>
   </si>
   <si>
     <t>DOWNCROSS - Invertebrata</t>
   </si>
   <si>
     <t>NOITASAPATTI - Kuolemattomille Maille</t>
   </si>
   <si>
     <t>NORDLYS - 'Til Pest</t>
   </si>
   <si>
     <t>Obscure Abhorrence Productions</t>
   </si>
   <si>
     <t>UNNOMINE - Чёрный культ безымянного зла</t>
   </si>
   <si>
     <t>GVORN - Keeper Of Grief</t>
   </si>
   <si>
-    <t>MORTAL DISMAY - Until Death</t>
-[...1 lines deleted...]
-  <si>
     <t>ВСПОЛОХ - Помре</t>
   </si>
   <si>
     <t>Digi-CD</t>
   </si>
   <si>
     <t>Ural Megalith</t>
   </si>
   <si>
     <t>MORTIFER - If Tomorrow Comes</t>
   </si>
   <si>
     <t>Meat Stocks Records</t>
   </si>
   <si>
     <t>TAEDIUM VITAE - War!!!</t>
   </si>
   <si>
     <t>Industrial Noise</t>
   </si>
   <si>
     <t>The Sign of the Sun Publication</t>
   </si>
   <si>
     <t>UNHOLY CRUCIFIX - Ordo Servorum Satanae</t>
@@ -2512,56 +2585,50 @@
   <si>
     <t>REIGN IN BLOOD - Diabolical Katharsis</t>
   </si>
   <si>
     <t>ZXUI MOSKVHA - Bloody Remembrance of the Noble Sun</t>
   </si>
   <si>
     <t>DIZZINESS - 10 Years... of ...Fortification</t>
   </si>
   <si>
     <t>PENTSIGN - Какофонический марш тьмы</t>
   </si>
   <si>
     <t>Assavlt Records</t>
   </si>
   <si>
     <t>ACT OF GOD - Kaosism</t>
   </si>
   <si>
     <t>Musica Production</t>
   </si>
   <si>
     <t>ACT OF GOD - The Place Of Worship</t>
   </si>
   <si>
-    <t>TRUNAR - Christs Not Christians</t>
-[...4 lines deleted...]
-  <si>
     <t>TETRAGRAMMACIDE - Primal Incinerators Of Moral Matrix</t>
   </si>
   <si>
     <t>Iron Bonehead Productions</t>
   </si>
   <si>
     <t>ЖЕЛЕЗНЫЙ ПОТОК - Чёрная Сила</t>
   </si>
   <si>
     <t>IRON STREAM - The Prophecy</t>
   </si>
   <si>
     <t>Stormspell Records</t>
   </si>
   <si>
     <t>SHAH - Fire And Brimstone Collection</t>
   </si>
   <si>
     <t>MIASMA - Subversive Throne Of Negativity</t>
   </si>
   <si>
     <t>MIASMA - Void Dominion</t>
   </si>
   <si>
     <t>ZOFOS - Erevothen</t>
@@ -2644,56 +2711,50 @@
   <si>
     <t>Northern Heritage</t>
   </si>
   <si>
     <t>ABSCESS / BLOODRED BACTERIA - Abscess / Bloodred Bacteria</t>
   </si>
   <si>
     <t>Bestial Burst</t>
   </si>
   <si>
     <t>NECROPOLE - Solarité</t>
   </si>
   <si>
     <t>JIMMY STICKS - Killdozer</t>
   </si>
   <si>
     <t>DEATHSTORM - Nechesh</t>
   </si>
   <si>
     <t>Wydawnictwo Muzyczne Psycho</t>
   </si>
   <si>
     <t>ARMA CHRISTI - Egocentric Oblivion</t>
   </si>
   <si>
-    <t>ARROGANT DESTRUKTOR - Commandments Of War And Necromancy</t>
-[...4 lines deleted...]
-  <si>
     <t>THY KINGDOM ABLAZE - Waiting For Blackness</t>
   </si>
   <si>
     <t>Subterranean Aftersounds</t>
   </si>
   <si>
     <t>DOMINUS IRA - Ferocia Animi</t>
   </si>
   <si>
     <t>CEREMONIAL TORTURE / BLACK GOAT - Black Magic Compendium - Ceremonial Tortures In The Name Of Black Goat</t>
   </si>
   <si>
     <t>BLACK GOAT - The Inmost Darkness. Prologue.</t>
   </si>
   <si>
     <t>Barbarian Wrath</t>
   </si>
   <si>
     <t>BLACK GOAT / MORBID HOLOCAUST / BLACK ANGEL - Crossing The Abyss</t>
   </si>
   <si>
     <t>ARCANA COELESTIA - Ubi Secreta Colunt</t>
   </si>
   <si>
     <t>BLINDEAD - Devouring Weakness</t>
@@ -2803,56 +2864,50 @@
   <si>
     <t>MATANZA - Grotesco</t>
   </si>
   <si>
     <t>TIMAWA - Agoraphobic Rotten Cunt</t>
   </si>
   <si>
     <t>DOOMENTOR - Dominus Omnes</t>
   </si>
   <si>
     <t>Black Doom Metal</t>
   </si>
   <si>
     <t>Goat Kult Symphonies</t>
   </si>
   <si>
     <t>КОБЬ - Давьныѣ Покровы Рипѣискыихъ Дрѣвочащь</t>
   </si>
   <si>
     <t>THROUGH THE SPATIAL DIMENSIONS - Through The Spatial Dimensions</t>
   </si>
   <si>
     <t>IRA INFEROS - Suppression</t>
   </si>
   <si>
-    <t>HOLY MOSES - No Matter What's The Cause</t>
-[...4 lines deleted...]
-  <si>
     <t>ИЗВНЕ - Рабы Религий</t>
   </si>
   <si>
     <t>Застрявший в 90-х</t>
   </si>
   <si>
     <t>MAJDANEK WALTZ - Офелия</t>
   </si>
   <si>
     <t>Wroth Emitter</t>
   </si>
   <si>
     <t>DOOMSTER REICH - The League For Mental Distillation</t>
   </si>
   <si>
     <t>The End of Time Records</t>
   </si>
   <si>
     <t>BATHORY LEGION / HERMANN KOPP - Das Unheimliche</t>
   </si>
   <si>
     <t>The Sinister Flame</t>
   </si>
   <si>
     <t>BEYOND MAN - Beyond Man</t>
@@ -2893,80 +2948,68 @@
   <si>
     <t>Hell Is Here Production</t>
   </si>
   <si>
     <t>EXTINCTION - Anthology</t>
   </si>
   <si>
     <t>AMPUTATOR - Torment of Sacrifice</t>
   </si>
   <si>
     <t>АСПИД - Кровоизлияние</t>
   </si>
   <si>
     <t>GODS TOWER - Mirrors And Echoes</t>
   </si>
   <si>
     <t>Pagan Folk Heavy Metal</t>
   </si>
   <si>
     <t>Earth And Sky Productions</t>
   </si>
   <si>
     <t>BEYOND THE GRAVE - I Am The Holocaust</t>
   </si>
   <si>
-    <t>SACRILEGIOUS PROFANITY - Goat Worship</t>
-[...1 lines deleted...]
-  <si>
     <t>DEOFEL - Apošni Rytuał</t>
   </si>
   <si>
     <t>Aeon Of Horus</t>
   </si>
   <si>
     <t>NUIT NOIRE - Sa Majesté La Nuit</t>
   </si>
   <si>
     <t>ETERNAL MAJESTY - Eternal Recordings</t>
   </si>
   <si>
     <t>BURIAL SUN - Burial Sun</t>
   </si>
   <si>
     <t>ВИХРЬ - Кощунство</t>
   </si>
   <si>
-    <t>JOYLESS - Wild Signs Of The Endtimes</t>
-[...7 lines deleted...]
-  <si>
     <t>СТАРЫ ОЛЬСА - Cяpэднявечная дыскатэка</t>
   </si>
   <si>
     <t>Folk Music</t>
   </si>
   <si>
     <t>DUSK - To Become Darker than Darkness</t>
   </si>
   <si>
     <t>MUSPELLZHEIMR - Hyldest til Trolddommens Flamme / Demo Compilation</t>
   </si>
   <si>
     <t>Lunar Apparition</t>
   </si>
   <si>
     <t>MERKNET - Nigra Diaconia</t>
   </si>
   <si>
     <t>WEL - ...from where night comes...</t>
   </si>
   <si>
     <t>RAVEN THRONE - Вечный, Тёмный</t>
   </si>
   <si>
     <t>Gardarika Musikk</t>
@@ -3082,53 +3125,50 @@
   <si>
     <t>4CD</t>
   </si>
   <si>
     <t>SOULCIDE - The Warshadows</t>
   </si>
   <si>
     <t>SMIERCIESLAU - Cjomny pryliŭ razburennja / Ciemrazoŭ</t>
   </si>
   <si>
     <t>True Old Black Thrash Metal</t>
   </si>
   <si>
     <t>SICK - Satanism. Sickness. Solitude.</t>
   </si>
   <si>
     <t>Sick Black Metal</t>
   </si>
   <si>
     <t>PRAGNAVIT - Viede...</t>
   </si>
   <si>
     <t>Dark Folk Ambient</t>
   </si>
   <si>
-    <t>POSSESSION PRODUCTIONS - Pack -50% OFF</t>
-[...1 lines deleted...]
-  <si>
     <t>NETHERVOID - In Swarms of the Godless Wrath</t>
   </si>
   <si>
     <t>Occult Black Metal</t>
   </si>
   <si>
     <t>KRUK - Endkampf</t>
   </si>
   <si>
     <t>True Lightless Metal of Death</t>
   </si>
   <si>
     <t>KARNA - The Haunted: Age of desruction</t>
   </si>
   <si>
     <t>Black Industrial</t>
   </si>
   <si>
     <t>FURVA AMBIGUITAS - Sacer</t>
   </si>
   <si>
     <t>FURVA AMBIGUITAS - In articulo mortis</t>
   </si>
   <si>
     <t>EKOVE EFRITS - Suicidal rebirth</t>
@@ -3154,89 +3194,161 @@
   <si>
     <t>Death/Thrash Metal</t>
   </si>
   <si>
     <t>BLOODRAIN - Ultimatum &amp; Nomen Nostrum Legio</t>
   </si>
   <si>
     <t>BLACK CANDLE - Smoke and Monoliths</t>
   </si>
   <si>
     <t>Black Dark Metal</t>
   </si>
   <si>
     <t>BALANCE INTERRUPTION - Nuclear war for rescue</t>
   </si>
   <si>
     <t>APHOOM ZHAH - Symbol of new aeon</t>
   </si>
   <si>
     <t>Satanic Thrashing Black Metal</t>
   </si>
   <si>
     <t>666 - Ave Satan!</t>
   </si>
   <si>
-    <t>Century Media Records</t>
+    <t>FUNERAL TEARS - The Last God On The Earth</t>
+  </si>
+  <si>
+    <t>Worship Music</t>
+  </si>
+  <si>
+    <t>FUNERAL TEARS - The Only Way Out</t>
+  </si>
+  <si>
+    <t>THISQUIETARMY - Phantom Limbs / Luftpost</t>
+  </si>
+  <si>
+    <t>Ksenza Records</t>
+  </si>
+  <si>
+    <t>THISQUIETARMY / SLEEPWALKER - 8493</t>
+  </si>
+  <si>
+    <t>Drone Ambient</t>
+  </si>
+  <si>
+    <t>HORDE CASKET - Slab Of Infinite Butchery</t>
+  </si>
+  <si>
+    <t>THAW - St. Phenome Alley</t>
+  </si>
+  <si>
+    <t>GYVATA / PRAGNAVIT - Broliai Karelin Jojo / Ad Gloriam</t>
+  </si>
+  <si>
+    <t>Folk Ambient</t>
+  </si>
+  <si>
+    <t>GJENDOD - Gjendod</t>
+  </si>
+  <si>
+    <t>Hellthrasher Productions</t>
+  </si>
+  <si>
+    <t>IRON WOODS - The Journey To The Paganism</t>
+  </si>
+  <si>
+    <t>GREAT VAST FOREST - Battletales And Songs Of Steel</t>
+  </si>
+  <si>
+    <t>MORCROF - Qvod Dea Et Qvod Eqves Avratvs</t>
+  </si>
+  <si>
+    <t>CANCROID - Tempus Odii</t>
+  </si>
+  <si>
+    <t>VICTIM PATH - Lost in Stellar Dust</t>
+  </si>
+  <si>
+    <t>Fetzner Death Records</t>
+  </si>
+  <si>
+    <t>КОСА - Грехоискушение</t>
+  </si>
+  <si>
+    <t>Propaganda</t>
+  </si>
+  <si>
+    <t>ДЛАНЬ - III</t>
+  </si>
+  <si>
+    <t>Digi-MCD</t>
+  </si>
+  <si>
+    <t>Blackened Metal / Punk</t>
+  </si>
+  <si>
+    <t>Grotesque Sounds</t>
+  </si>
+  <si>
+    <t>SLAGMAUR - Svin</t>
   </si>
   <si>
     <t>ALTAR - Ego Art</t>
   </si>
   <si>
     <t>ALTAR - Youth Against Christ</t>
   </si>
   <si>
     <t>ALTAR - Provoke</t>
   </si>
   <si>
     <t>DOOM:VS - Aeternum Vale</t>
   </si>
   <si>
     <t>DOOM:VS - Earthless</t>
   </si>
   <si>
     <t>A5 Digi-CD</t>
   </si>
   <si>
     <t>GENERAL GRIEVOUS - Mth 6​:​23</t>
   </si>
   <si>
     <t>Extreme Torture Store</t>
   </si>
   <si>
     <t>BLACK HATE - Through The Darkness</t>
   </si>
   <si>
     <t>BLACK HATE - Altalith</t>
   </si>
   <si>
     <t>EGO DEPTHS - Dýrtangle</t>
   </si>
   <si>
-    <t>DARK FUNERAL - Teach Children to Worship Satan</t>
-[...1 lines deleted...]
-  <si>
     <t>BLACK HATE - Los Tres Mundos</t>
   </si>
   <si>
     <t>SPITE EXTREME WING - Kosmokrator (Magnificat II)</t>
   </si>
   <si>
     <t>SPITE EXTREME WING - Non Dvcor, Dvco</t>
   </si>
   <si>
     <t>SPITE EXTREME WING - Magnificat</t>
   </si>
   <si>
     <t>Digi-2CD</t>
   </si>
   <si>
     <t>LOTUS CIRCLE - Caves</t>
   </si>
   <si>
     <t>Drone Doom Metal</t>
   </si>
   <si>
     <t>BLACK FLAME - Necrogenesis: Chants From The Grave</t>
   </si>
   <si>
     <t>HARKANE - Fallen King Simulacrum</t>
@@ -3253,1544 +3365,1529 @@
   <si>
     <t>A5 Digibook-CD</t>
   </si>
   <si>
     <t>EUTHANASIA - Thoughts On Living</t>
   </si>
   <si>
     <t>BLACK FLUX - Dead Sun Ascension</t>
   </si>
   <si>
     <t>Deus Vult Productions</t>
   </si>
   <si>
     <t>ANTRISCH - Expedition I : Dissonanzgrat</t>
   </si>
   <si>
     <t>7" Digi-CD</t>
   </si>
   <si>
     <t>7 Mater</t>
   </si>
   <si>
     <t>ПЛАМЕНЬ - Король жизни и смерти</t>
   </si>
   <si>
-    <t>Digi-MCD</t>
-[...1 lines deleted...]
-  <si>
     <t>АНТИТЕЗИС - Солнцестояние</t>
   </si>
   <si>
     <t>BLACKTHORN - Witch Cult Ternion</t>
   </si>
   <si>
     <t>BLACKTHORN - Codex Archaos</t>
   </si>
   <si>
     <t>ГРОБОВАЯ ДОСКА - Порча</t>
   </si>
   <si>
     <t>TSAVER - Дух вымерших деревень</t>
   </si>
   <si>
     <t>АРКОНА - Храм</t>
   </si>
   <si>
     <t>ГРОБОВАЯ ДОСКА - Страшное дело</t>
   </si>
   <si>
     <t>CRUACHAN - Blood for the Blood God</t>
   </si>
   <si>
-    <t>BUICIDE - Aftermath Existence</t>
-[...4 lines deleted...]
-  <si>
     <t>МЕЩЕРА - Жатва (Акустическая Версия)</t>
   </si>
   <si>
     <t>Acoustic Folk</t>
   </si>
   <si>
     <t>KATALEPSY - Terra Mortuus Est</t>
   </si>
   <si>
     <t>KATALEPSY - Gravenous Hour</t>
   </si>
   <si>
     <t>BLACK SEED - Wings Of Renaissance</t>
   </si>
   <si>
     <t>SEPTORY - Incinerate this World</t>
   </si>
   <si>
     <t>ПЛЕМЯ - Fatum</t>
   </si>
   <si>
     <t>ELUSIVE GOD - The Darkest Flame</t>
   </si>
   <si>
-    <t>TEARS OF MANKIND - К Одиночеству…</t>
+    <t>GOATPREACHER - Unholy Black Magic Ov Fire</t>
+  </si>
+  <si>
+    <t>AHRIMAN - The Early Years</t>
+  </si>
+  <si>
+    <t>Terranis Productions</t>
+  </si>
+  <si>
+    <t>Seance Records</t>
+  </si>
+  <si>
+    <t>NAZXUL - Irkalla</t>
+  </si>
+  <si>
+    <t>KRVNA - Sempinfernus</t>
+  </si>
+  <si>
+    <t>SHUYET - Shuyet</t>
+  </si>
+  <si>
+    <t>RIFT - To Quench the Thirst of Wolves</t>
+  </si>
+  <si>
+    <t>BLACK CRUCIFIXION - Triginta</t>
+  </si>
+  <si>
+    <t>NOCTURNES MIST - Marquis Of Hell</t>
+  </si>
+  <si>
+    <t>ICHOR - The Black Raven</t>
+  </si>
+  <si>
+    <t>ICHOR - God Of Thunder God Of War</t>
+  </si>
+  <si>
+    <t>Avantgarde Music</t>
+  </si>
+  <si>
+    <t>MERKNET - Безвременье мантии сфер</t>
+  </si>
+  <si>
+    <t>WITHOUT GOD - Siberian Tunes: Purple Clouds</t>
+  </si>
+  <si>
+    <t>Stoner Doom Metal</t>
+  </si>
+  <si>
+    <t>SJOTROLLET - Doomed in Black</t>
+  </si>
+  <si>
+    <t>SHATTERED SIGH - Through Dark Veils</t>
+  </si>
+  <si>
+    <t>OLD NIGHT - Ghost Light</t>
+  </si>
+  <si>
+    <t>INTAGLIO - II</t>
+  </si>
+  <si>
+    <t>EIRD - A Voidchaser's Elegy</t>
+  </si>
+  <si>
+    <t>FUNERAL - To Mourn Is A Virtue</t>
+  </si>
+  <si>
+    <t>SUPERSTATIC - Glimmering Veil</t>
+  </si>
+  <si>
+    <t>LAKE OF TEARS - A Crimson Cosmos</t>
+  </si>
+  <si>
+    <t>CODEX NERO - The Great Harvest Of Death</t>
+  </si>
+  <si>
+    <t>GRAVE - Exhumed</t>
+  </si>
+  <si>
+    <t>7" Digi-2CD</t>
+  </si>
+  <si>
+    <t>VOLLMOND - Wolves In Turmoil</t>
+  </si>
+  <si>
+    <t>AMALEKIM - :HVHI</t>
+  </si>
+  <si>
+    <t>LITOSTH - Farther From The Sun</t>
+  </si>
+  <si>
+    <t>PLAAGDRAGER - Rampspoed &amp; Verdriet</t>
+  </si>
+  <si>
+    <t>NAGLFAR - Harvest</t>
+  </si>
+  <si>
+    <t>KALSEROTH - Sepulcher For The Forgotten</t>
+  </si>
+  <si>
+    <t>ФРОНТ - Best XX.XX</t>
+  </si>
+  <si>
+    <t>СМЕРТОКРЕСТ - Сквозь Тайны Времени</t>
+  </si>
+  <si>
+    <t>PURGATORY - Cultus Luciferi - The Splendour Of Chaos</t>
+  </si>
+  <si>
+    <t>Animate Records</t>
+  </si>
+  <si>
+    <t>NECROMANTIA - To The Depths We Descend…</t>
+  </si>
+  <si>
+    <t>Purity Through Fire</t>
+  </si>
+  <si>
+    <t>ASMUND - Воля</t>
+  </si>
+  <si>
+    <t>MORTEM - Death is My Name</t>
+  </si>
+  <si>
+    <t>DEATH VOMIT - Death Vomit</t>
+  </si>
+  <si>
+    <t>ЛЕТАЛЬНЫЙ ИСХОД - Опустошение</t>
+  </si>
+  <si>
+    <t>MENTAL HOME - Vale</t>
+  </si>
+  <si>
+    <t>Digi-CD+DVD</t>
+  </si>
+  <si>
+    <t>ВСПОЛОХ - Мрьтвоземъ</t>
+  </si>
+  <si>
+    <t>Season of Mist</t>
+  </si>
+  <si>
+    <t>VOBISCUM INFERNI - Rex Ossivm</t>
+  </si>
+  <si>
+    <t>Hammer Of Damnation</t>
+  </si>
+  <si>
+    <t>DOMJORD - Sporer</t>
+  </si>
+  <si>
+    <t>The Ajna Offensive</t>
+  </si>
+  <si>
+    <t>LAKE OF TEARS - Headstones</t>
+  </si>
+  <si>
+    <t>КЛИНИКА - Антология</t>
+  </si>
+  <si>
+    <t>CONTEMPTOR - Aequinoctium</t>
+  </si>
+  <si>
+    <t>FORGOT - Г​р​я​н​у​л Гр​о​м</t>
+  </si>
+  <si>
+    <t>ABSURD - Life Beyond The Grave: 1992-1994</t>
+  </si>
+  <si>
+    <t>Deep Dark Forest</t>
+  </si>
+  <si>
+    <t>K. MEIZTER - Travelling Light</t>
+  </si>
+  <si>
+    <t>HORUS CyclicDaemon</t>
+  </si>
+  <si>
+    <t>ХЛАДНА - 30.03.2003</t>
+  </si>
+  <si>
+    <t>Digi-CDr</t>
+  </si>
+  <si>
+    <t>Power Electronics</t>
+  </si>
+  <si>
+    <t>Ufa Muzak</t>
+  </si>
+  <si>
+    <t>EVILWINGED - Crush the Human Factor</t>
+  </si>
+  <si>
+    <t>EVILWINGED - Voice Occult Nethermost</t>
+  </si>
+  <si>
+    <t>DEATHORCHERSTRA - Symphony of Death</t>
+  </si>
+  <si>
+    <t>WOODLAND CHOIR - Serenity Rise</t>
+  </si>
+  <si>
+    <t>VINTERSOLVERV - Frost På Träden</t>
+  </si>
+  <si>
+    <t>MATT HOWDEN - Voyager</t>
+  </si>
+  <si>
+    <t>UGNIAVIJAS - Karo dainos</t>
+  </si>
+  <si>
+    <t>MAEROR TRI - The A.V.E. - Tapes / Live In Nevers</t>
+  </si>
+  <si>
+    <t>Zhelezobeton</t>
+  </si>
+  <si>
+    <t>VAZHES - Сейд</t>
+  </si>
+  <si>
+    <t>:Vegvisir Music:</t>
+  </si>
+  <si>
+    <t>К СВЕТУ ТЬМЫ - Зов Предков</t>
+  </si>
+  <si>
+    <t>FORTHCOMING FIRE - Set The World On Fire</t>
+  </si>
+  <si>
+    <t>Other Voices Records</t>
+  </si>
+  <si>
+    <t>MAJDANEK WALTZ / SAL SOLARIS - Небо Рейха / Небо Над Берлином</t>
+  </si>
+  <si>
+    <t>KultFront</t>
+  </si>
+  <si>
+    <t>ROMOWE RIKOITO - Undēina</t>
+  </si>
+  <si>
+    <t>ESATIS - Vanduo | Molis | Medis</t>
+  </si>
+  <si>
+    <t>DONIS - Ein Saulelė Aplink Dangų</t>
+  </si>
+  <si>
+    <t>MEGALITH LEVITATION - Obscure Fire</t>
+  </si>
+  <si>
+    <t>Psychedelic Doom Metal</t>
+  </si>
+  <si>
+    <t>GRAVA - Weight of a God</t>
+  </si>
+  <si>
+    <t>Sludge Metal</t>
+  </si>
+  <si>
+    <t>ESOTERIC - Epistemological Despondency</t>
+  </si>
+  <si>
+    <t>SUFFER YOURSELF - Axis Of Tortures</t>
+  </si>
+  <si>
+    <t>THE SLUMBERING - When We Forget It Repeats</t>
+  </si>
+  <si>
+    <t>Doom Metal / Noise</t>
+  </si>
+  <si>
+    <t>CAVE DWELLER - Invocations</t>
+  </si>
+  <si>
+    <t>BARUS - Fanges</t>
+  </si>
+  <si>
+    <t>HIVEMIND - The Edict of Elohim</t>
+  </si>
+  <si>
+    <t>THE SLUMBERING - Looking For Sorrow Within One's Fear</t>
+  </si>
+  <si>
+    <t>MOURNING DAWN - Dead End Euphoria</t>
+  </si>
+  <si>
+    <t>DARK AWAKE - Hekateion</t>
+  </si>
+  <si>
+    <t>MOURNING DAWN - The Foam Of Despair</t>
+  </si>
+  <si>
+    <t>ORD &amp; DEMONOLOGISTS - Secret Ceremonies</t>
+  </si>
+  <si>
+    <t>СТОЖАР - Духом свободы,​ разрывая оковы</t>
+  </si>
+  <si>
+    <t>V/A - Blood Of The Dragon: Official tribute album to THERION</t>
+  </si>
+  <si>
+    <t>BLACK SWAN - When The Angels Of Twilight Dance</t>
+  </si>
+  <si>
+    <t>The Oath</t>
+  </si>
+  <si>
+    <t>WALSUNG - Werewolves Of The Fullmoon</t>
+  </si>
+  <si>
+    <t>TRIPTYKON - Melana Chasmata</t>
+  </si>
+  <si>
+    <t>Boxed Set</t>
+  </si>
+  <si>
+    <t>MELAN SELAS - Zephyrean Hymns</t>
+  </si>
+  <si>
+    <t>AUTUMN TEARS - Guardian of the Pale</t>
+  </si>
+  <si>
+    <t>Neoclassical</t>
+  </si>
+  <si>
+    <t>MYSTIFIER - Göetia</t>
+  </si>
+  <si>
+    <t>Mutilation Productions</t>
+  </si>
+  <si>
+    <t>Signal Rex</t>
+  </si>
+  <si>
+    <t>SATURNUS TERRORISM - Pamphlet</t>
+  </si>
+  <si>
+    <t>Epictural Production</t>
+  </si>
+  <si>
+    <t>ATARAXIA - Pomegranate (The Chant Of The Elementals)</t>
+  </si>
+  <si>
+    <t>DIG ME NO GRAVE - Tales Of The Bloody Moon</t>
+  </si>
+  <si>
+    <t>BLACK HEAVEN - Kharmic Wheel</t>
+  </si>
+  <si>
+    <t>DISSOLVING OF PRODIGY - Loučení Se Světem Pozemským</t>
+  </si>
+  <si>
+    <t>ARNA - Dragged To A Lunar Grave</t>
+  </si>
+  <si>
+    <t>THERION - Les Fleurs Du Mal</t>
+  </si>
+  <si>
+    <t>End of The Light</t>
+  </si>
+  <si>
+    <t>МАСТЕР &amp; MARGENTA - По Ту Сторону Сна</t>
+  </si>
+  <si>
+    <t>МАСТЕР - VIII</t>
+  </si>
+  <si>
+    <t>LETHIAN DREAMS - Тень воспоминаний</t>
+  </si>
+  <si>
+    <t>Kattran Records</t>
+  </si>
+  <si>
+    <t>INCURABLE - Self-Burial</t>
+  </si>
+  <si>
+    <t>DENIAL OF EXISTENCE - Carron​​​ero de la existencia</t>
+  </si>
+  <si>
+    <t>INFILTRATION - Nuclear Strike Warning</t>
+  </si>
+  <si>
+    <t>SOL MORTUUS - Yol - Neuer</t>
+  </si>
+  <si>
+    <t>Black Mara</t>
+  </si>
+  <si>
+    <t>Careless Records</t>
+  </si>
+  <si>
+    <t>NEKROMANTHEON - Visions Of Trismegistos</t>
+  </si>
+  <si>
+    <t>YENDRI - Fluch Und Segen</t>
+  </si>
+  <si>
+    <t>ABSURD - Schwarze Bande</t>
+  </si>
+  <si>
+    <t>TOTENRUNE - Towards The Universe</t>
+  </si>
+  <si>
+    <t>PERUNWIT / KRAINA ZIEMI - Roots</t>
+  </si>
+  <si>
+    <t>CONCUBIA NOCTE - Concubia Nocte</t>
+  </si>
+  <si>
+    <t>PRIPEGAL - Na Ostatnim Szlaku</t>
+  </si>
+  <si>
+    <t>MISANTHROPIC ART - Last Hunt</t>
+  </si>
+  <si>
+    <t>GRANSKOG - Carpathian Outlaws - 15 Years Of Bukowinian Pagan Madness</t>
+  </si>
+  <si>
+    <t>AEON WINDS - Storming The Fortress</t>
+  </si>
+  <si>
+    <t>PALE MIST - Through the Labyrinth and into Connectivity</t>
+  </si>
+  <si>
+    <t>SORTS - Schwarze Estnische Schweinerei</t>
+  </si>
+  <si>
+    <t>ГРОБОВАЯ ДОСКА - По душу пьяницы...</t>
+  </si>
+  <si>
+    <t>ГРОБОВАЯ ДОСКА - Боязнь покойников</t>
+  </si>
+  <si>
+    <t>OLD SEA AND MOTHER SERPENT - Plutonian</t>
+  </si>
+  <si>
+    <t>АНСАМБЛЬ ХРИСТА СПАСИТЕЛЯ И МАТЬ СЫРА ЗЕМЛЯ - Ксенофобия</t>
+  </si>
+  <si>
+    <t>Hardcore Punk</t>
+  </si>
+  <si>
+    <t>АНСАМБЛЬ ХРИСТА СПАСИТЕЛЯ И МАТЬ СЫРА ЗЕМЛЯ - Осатаневшая Праведность</t>
+  </si>
+  <si>
+    <t>АНСАМБЛЬ ХРИСТА СПАСИТЕЛЯ И МАТЬ СЫРА ЗЕМЛЯ - Третья Мировая: Полицейский Ад</t>
+  </si>
+  <si>
+    <t>ORDO KARNIVORUM - Noir</t>
+  </si>
+  <si>
+    <t>ZELATOR - Miss Death</t>
+  </si>
+  <si>
+    <t>INTOLITARIAN - Extermination Campaign</t>
+  </si>
+  <si>
+    <t>Noisecore</t>
+  </si>
+  <si>
+    <t>INTOLITARIAN - Berserker Savagery</t>
+  </si>
+  <si>
+    <t>WUDELIGUHI / GRIVERION - Scriptures of Depression</t>
+  </si>
+  <si>
+    <t>BELLS OF DOOM - The Death Of God</t>
+  </si>
+  <si>
+    <t>POWER FROM HELL - The True Metal</t>
+  </si>
+  <si>
+    <t>ATOLL NERAT - Art Of Ancient Seers</t>
+  </si>
+  <si>
+    <t>THE INITIATION - The Roar of the Abyss</t>
+  </si>
+  <si>
+    <t>Digibook-CD</t>
+  </si>
+  <si>
+    <t>ULVDALIR - Ancient Throne of Unholy Ingria</t>
+  </si>
+  <si>
+    <t>RETICULATE - The Lungs Of Depravation</t>
+  </si>
+  <si>
+    <t>FLATULENCE - Deficit</t>
+  </si>
+  <si>
+    <t>ДРУЖИНА - Космоноэтика</t>
+  </si>
+  <si>
+    <t>V/A - Эффект Бабочки. Своя Земля</t>
+  </si>
+  <si>
+    <t>KARMA RASSA - Vesna.... Snova Vesna</t>
+  </si>
+  <si>
+    <t>NARGATHROND - Неизбежность</t>
+  </si>
+  <si>
+    <t>STEINGRAB - Mystik</t>
+  </si>
+  <si>
+    <t>L'HOMME ABSURDE - Belong</t>
+  </si>
+  <si>
+    <t>OLSHANOE - Как Велик И Печален Мир</t>
+  </si>
+  <si>
+    <t>Atmospheric Metal / Ambient</t>
+  </si>
+  <si>
+    <t>BOLVERKSTORM - 9 Steps To Death</t>
+  </si>
+  <si>
+    <t>Industrial Ambient</t>
+  </si>
+  <si>
+    <t>:Vegvisir music:</t>
+  </si>
+  <si>
+    <t>АРКОНА - Кобь</t>
+  </si>
+  <si>
+    <t>NOTHING / ТЕМЕНЬ / ВСПОЛОХ / ВИХРЬ - Ural Megalith</t>
+  </si>
+  <si>
+    <t>LACRIMACORPUS DISSOLVENS - Oath</t>
+  </si>
+  <si>
+    <t>URNA - Mors Imperatrix Mundi</t>
+  </si>
+  <si>
+    <t>DESPONDENT CHANTS - Silence Lingers On My Grave</t>
+  </si>
+  <si>
+    <t>MISTRESS OF THE DEAD - Sepulchral Grief</t>
+  </si>
+  <si>
+    <t>MISTRESS OF THE DEAD - Funeral Within Me</t>
+  </si>
+  <si>
+    <t>MISTRESS OF THE DEAD - Warnings From Beyond</t>
+  </si>
+  <si>
+    <t>MISTRESS OF THE DEAD - Martyrium</t>
+  </si>
+  <si>
+    <t>MISTRESS OF THE DEAD - Weeping Silence Of The Dead</t>
+  </si>
+  <si>
+    <t>MISTRESS OF THE DEAD - Beloveth Forever In My Thoughts</t>
+  </si>
+  <si>
+    <t>MISTRESS OF THE DEAD - Beneath Funeral Flowers</t>
+  </si>
+  <si>
+    <t>MISTRESS OF THE DEAD - The River Of Quietest Death</t>
+  </si>
+  <si>
+    <t>ABYSSPHERE - Эйдолон</t>
+  </si>
+  <si>
+    <t>Endless Desperation</t>
+  </si>
+  <si>
+    <t>ELFFOR - Dra Sad I &amp; II</t>
+  </si>
+  <si>
+    <t>Dark Ambient / Metal</t>
+  </si>
+  <si>
+    <t>MISTRALTH - But A Walking Shadow</t>
+  </si>
+  <si>
+    <t>MISTRALTH - My Grief</t>
+  </si>
+  <si>
+    <t>DISPATCHED - Promised Land​: Dispatched To Hell Part II</t>
+  </si>
+  <si>
+    <t>DISPATCHED - Blackshadows: To Hell Part I / Promised Land: To Hell Part II</t>
+  </si>
+  <si>
+    <t>DISPATCHED - Blackshadows​: Dispatched To Hell Part I</t>
+  </si>
+  <si>
+    <t>NEOLITH - Primal Sins</t>
+  </si>
+  <si>
+    <t>EKOVE EFRITS - Hypermnesia</t>
+  </si>
+  <si>
+    <t>CHALICE OF SUFFERING - For you I die</t>
+  </si>
+  <si>
+    <t>ARRANT SAUDADE - The Peace Of Solitude</t>
+  </si>
+  <si>
+    <t>MISTRESS OF THE DEAD - History Of Tragedy</t>
+  </si>
+  <si>
+    <t>EXXASENS - Back to Earth</t>
+  </si>
+  <si>
+    <t>Space Rock</t>
+  </si>
+  <si>
+    <t>ALGOL - All These Worlds Are Yours</t>
+  </si>
+  <si>
+    <t>LOS COCHINOS - Tequila Berserker</t>
+  </si>
+  <si>
+    <t>Death'n'Roll</t>
+  </si>
+  <si>
+    <t>APOKEFALE - Reveleation: Procreating Abhorrent Depths</t>
+  </si>
+  <si>
+    <t>HeadXplode Records</t>
+  </si>
+  <si>
+    <t>ABYSSFIRE - The Raging Hearts Of Hell</t>
+  </si>
+  <si>
+    <t>MISANTHROPIC ART - The Streams Of Terror</t>
+  </si>
+  <si>
+    <t>S.N.D. Production</t>
+  </si>
+  <si>
+    <t>HORTHODOX - Небеса обесованные</t>
+  </si>
+  <si>
+    <t>COUNTESS - Sermons Of The Infidel</t>
+  </si>
+  <si>
+    <t>GALLHAMMER - Ill Innocence</t>
+  </si>
+  <si>
+    <t>Peaceville Records</t>
+  </si>
+  <si>
+    <t>V/A - HeadXplode Compilation Vol. 2: Second Cut</t>
+  </si>
+  <si>
+    <t>ЛЕТАЛЬНЫЙ ИСХОД - Избыточная смертность</t>
+  </si>
+  <si>
+    <t>SLAGMAUR - Domfeldt</t>
+  </si>
+  <si>
+    <t>Inferna Profundus Records</t>
+  </si>
+  <si>
+    <t>DISADAPTIVE - Apocryphal</t>
+  </si>
+  <si>
+    <t>Svanrenne Music</t>
+  </si>
+  <si>
+    <t>КУВАЛДА - Парад Нечистой Силы</t>
+  </si>
+  <si>
+    <t>PRAGNAVIT - Paústaraga</t>
+  </si>
+  <si>
+    <t>MORCOLAC - A Vampiir Is Born</t>
+  </si>
+  <si>
+    <t>DIABOLI - Pagan Gods Rise</t>
+  </si>
+  <si>
+    <t>ULTAR - At The Gates Of Dusk</t>
+  </si>
+  <si>
+    <t>Rockmark</t>
+  </si>
+  <si>
+    <t>MANIC DEPRESSION - Who Deals The Pain</t>
+  </si>
+  <si>
+    <t>IRON MAIDEN - Senjutsu</t>
+  </si>
+  <si>
+    <t>Parlophone</t>
+  </si>
+  <si>
+    <t>GERM BOMB - Gist Sucked Out</t>
+  </si>
+  <si>
+    <t>Thrash Punk Metal</t>
+  </si>
+  <si>
+    <t>S6R6TH6 - Flawless Pentagram</t>
+  </si>
+  <si>
+    <t>THY FUNERAL - The End Of Life</t>
+  </si>
+  <si>
+    <t>BLACK GOAT - Dominion of Fire</t>
+  </si>
+  <si>
+    <t>Iron, Blood &amp; Death Corp.</t>
+  </si>
+  <si>
+    <t>AETERNAM - Heir of the Rising Sun</t>
+  </si>
+  <si>
+    <t>SS-18 - Cryoholocaust</t>
+  </si>
+  <si>
+    <t>WORMQUIZITOR - Sickness Define: Society</t>
+  </si>
+  <si>
+    <t>AETERNAM - Ruins Of Empires</t>
+  </si>
+  <si>
+    <t>AETERNAM - Moongod</t>
+  </si>
+  <si>
+    <t>ENTOMBED - Wolverine Blues</t>
+  </si>
+  <si>
+    <t>Earache Records</t>
+  </si>
+  <si>
+    <t>СМЕРТОКРЕСТ - Дух Зверя</t>
+  </si>
+  <si>
+    <t>ПЛАМЕНЬ - Магия Крови</t>
+  </si>
+  <si>
+    <t>SMUHA - Nurch</t>
+  </si>
+  <si>
+    <t>HEILUNG - Ofnir</t>
+  </si>
+  <si>
+    <t>FUNERAL CHASM - Omniversal Existence</t>
+  </si>
+  <si>
+    <t>Aesthetic Death Records</t>
+  </si>
+  <si>
+    <t>THE RIVER - Different Dirges '03-'05</t>
+  </si>
+  <si>
+    <t>NAGAARUM - Covid Diaries</t>
+  </si>
+  <si>
+    <t>PANDO - Rites</t>
+  </si>
+  <si>
+    <t>CAVE DWELLER - Walter Goodman (Or The Empty Cabin In The Woods)</t>
+  </si>
+  <si>
+    <t>SUFFER YOURSELF - Rip Tide</t>
+  </si>
+  <si>
+    <t>CRROMBID TRAXORM - Anamnesis Morbi</t>
+  </si>
+  <si>
+    <t>Progressive Death Thrash Metal</t>
+  </si>
+  <si>
+    <t>HALTER - Omnipresence Of Rat Race</t>
+  </si>
+  <si>
+    <t>OAKMORD - We Were Always Alone</t>
+  </si>
+  <si>
+    <t>ADLIGA - Vobrazy</t>
+  </si>
+  <si>
+    <t>GRAVE CIRCLES - Tome I</t>
+  </si>
+  <si>
+    <t>MZ.412 - In Nomine Dei Nostri Satanas Luciferi Excelsi</t>
+  </si>
+  <si>
+    <t>Industrial</t>
+  </si>
+  <si>
+    <t>MZ.412 - Burning The Temple Of God</t>
+  </si>
+  <si>
+    <t>LA BREICHE - Le Rite</t>
+  </si>
+  <si>
+    <t>JAGATH - Devalaya</t>
+  </si>
+  <si>
+    <t>FRANK HALL - I Remember You (Original Soundtrack)</t>
+  </si>
+  <si>
+    <t>LA BREICHE - Le Mal Des Ardents</t>
+  </si>
+  <si>
+    <t>VENOM - The Demolition Years</t>
+  </si>
+  <si>
+    <t>5xDigi-CD Set</t>
+  </si>
+  <si>
+    <t>EYELESS IN GAZA - Act I: The Protagonist</t>
+  </si>
+  <si>
+    <t>MY BLOOD - Мёртвые Строки Агонии</t>
+  </si>
+  <si>
+    <t>DODENKROCHT - The Dying All</t>
+  </si>
+  <si>
+    <t>Auric Records</t>
+  </si>
+  <si>
+    <t>WACHT - La Mort</t>
+  </si>
+  <si>
+    <t>Dark Music</t>
+  </si>
+  <si>
+    <t>MAHAPRALAYA - New H</t>
+  </si>
+  <si>
+    <t>Ritual Ambient</t>
+  </si>
+  <si>
+    <t>SLEEPING VILLAGE - Fragments</t>
+  </si>
+  <si>
+    <t>Ashen Productions</t>
+  </si>
+  <si>
+    <t>ZAKLON - Zychod</t>
+  </si>
+  <si>
+    <t>ДО СКОНУ - Offering</t>
+  </si>
+  <si>
+    <t>ДРЫГВА - Вайдэлот</t>
+  </si>
+  <si>
+    <t>ПЛАМЕНЬ - Анабасис Духа</t>
+  </si>
+  <si>
+    <t>ДО СКОНУ - Hesychian Noise</t>
+  </si>
+  <si>
+    <t>MERKNET - Rotten Omega Ceremony</t>
+  </si>
+  <si>
+    <t>S6R6TH6 - Inverted Triangle</t>
+  </si>
+  <si>
+    <t>ЖЕЛЕЗНЫЙ ПОТОК - Мистик</t>
+  </si>
+  <si>
+    <t>SOLI DIABOLI GLORIA - The Last Blessing (с нашивкой)</t>
+  </si>
+  <si>
+    <t>SOLI DIABOLI GLORIA - The Last Blessing</t>
+  </si>
+  <si>
+    <t>SS-18 - Brighter Than A Thousand Suns</t>
+  </si>
+  <si>
+    <t>Industrial Black Metal</t>
+  </si>
+  <si>
+    <t>LATANU - Eon Hora</t>
+  </si>
+  <si>
+    <t>CHAOSTAR - Anomima</t>
+  </si>
+  <si>
+    <t>DEVORATOR - По Следам Звериного Беса</t>
+  </si>
+  <si>
+    <t>A5 Digi-2CD</t>
+  </si>
+  <si>
+    <t>VERWUSTUNG - Gospel ov fury</t>
+  </si>
+  <si>
+    <t>GENUFLEXION - Apoteosis Fallida</t>
+  </si>
+  <si>
+    <t>NIEZGAL - Stogn ź niebyćcia</t>
+  </si>
+  <si>
+    <t>RAVEN THRONE - Доктрина Ненависти</t>
+  </si>
+  <si>
+    <t>Industrial Blackened Metal</t>
+  </si>
+  <si>
+    <t>KHANDRA - There is no division outside existence</t>
+  </si>
+  <si>
+    <t>RAVEN THRONE - Biaskoncy snieh Času / Niazhasnaje</t>
+  </si>
+  <si>
+    <t>VERWUSTUNG - The Lash ov Nihil</t>
+  </si>
+  <si>
+    <t>GODS TOWER - Steel Says Last</t>
+  </si>
+  <si>
+    <t>Pagan Heavy Metal</t>
+  </si>
+  <si>
+    <t>EXIMPERITUSERQETHHZEBIBSIPTUGAKKATHSULWELIARZAXULUM - W2246​-​0526</t>
+  </si>
+  <si>
+    <t>LEPROUS VORTEX SUN - По направлению к Солнцу, плавящему изнутри кости</t>
+  </si>
+  <si>
+    <t>LATANU - Čorny Manalit</t>
+  </si>
+  <si>
+    <t>ZMROK - Achviara</t>
+  </si>
+  <si>
+    <t>Black Witching Metal</t>
+  </si>
+  <si>
+    <t>ZAKLON - Viatry Karačunavaj nočy</t>
+  </si>
+  <si>
+    <t>OYHRA - Praź Piačory Mistyčnaha Azareńnia / Zaimhlonyja Dali Prynosiać Uspaminy</t>
+  </si>
+  <si>
+    <t>ПСАЛОМ 666 - Символъ Вѣры</t>
+  </si>
+  <si>
+    <t>RAVEN THRONE - Šliacham Zabytych</t>
+  </si>
+  <si>
+    <t>PRAGNAVIT - Skarby Zmiainaha Karala</t>
+  </si>
+  <si>
+    <t>Dark Ritual Folk Ambient</t>
+  </si>
+  <si>
+    <t>TOD HUETET UEBEL - Malícia</t>
+  </si>
+  <si>
+    <t>AKEM MANAH - Demons of the Sabbat</t>
+  </si>
+  <si>
+    <t>Necro Doom Metal</t>
+  </si>
+  <si>
+    <t>KARNA - Forever in Darkness</t>
+  </si>
+  <si>
+    <t>NOLUNTAS - Noluntas Divina</t>
+  </si>
+  <si>
+    <t>Dark Wave</t>
+  </si>
+  <si>
+    <t>DOOR INTO EMPTINESS - Śviata</t>
+  </si>
+  <si>
+    <t>ASGUARD - Dreamslave ... Awakening</t>
+  </si>
+  <si>
+    <t>Melodic Hybrid Metal</t>
+  </si>
+  <si>
+    <t>Metalism</t>
+  </si>
+  <si>
+    <t>ASHAKK XUL - The Primigenial Cult of Fire</t>
+  </si>
+  <si>
+    <t>FERETRO - Exhumed Rite Of Horror</t>
+  </si>
+  <si>
+    <t>МЕРТВО - В плену минувшей злобы</t>
+  </si>
+  <si>
+    <t>PAROXSIHZEM - Abyss Of Excruciating Vexes</t>
+  </si>
+  <si>
+    <t>ANCIENT AGE - O Espelho Da Alma</t>
+  </si>
+  <si>
+    <t>POLTERGEIST - Dead House - Ghostly Tales From The Past</t>
+  </si>
+  <si>
+    <t>TUMORFLESH REJECTION - Irreversible Extraterrestrial Termination</t>
+  </si>
+  <si>
+    <t>EMULSIFIED - Flesh</t>
+  </si>
+  <si>
+    <t>Unopsis Records</t>
+  </si>
+  <si>
+    <t>STRYCHNIA - Reanimated Monstrosity</t>
+  </si>
+  <si>
+    <t>CATATONIC REVULSION - Inverted Cytohistogenesis</t>
+  </si>
+  <si>
+    <t>СТАРУХА - Нет худа без добра</t>
+  </si>
+  <si>
+    <t>DRIPPED - Putrescent Omniscience</t>
+  </si>
+  <si>
+    <t>INDECENCY - Path Of Desecration</t>
+  </si>
+  <si>
+    <t>SATURNO - Thou Art All</t>
+  </si>
+  <si>
+    <t>IMPULSIVE GLUTTONY - Enlightenment Through Narcotic Dissolution</t>
+  </si>
+  <si>
+    <t>WEAKNESS - Demolition</t>
+  </si>
+  <si>
+    <t>EDOMA - Shades Of Cold Despair</t>
+  </si>
+  <si>
+    <t>LA NUIT - MMCCCVII</t>
+  </si>
+  <si>
+    <t>DEMONIC SLAUGHTER - Dignity of Terror</t>
+  </si>
+  <si>
+    <t>Arma Diaboli</t>
+  </si>
+  <si>
+    <t>ACOASMA - Lost In Personal Hell</t>
+  </si>
+  <si>
+    <t>Souls Of Underworld Records</t>
+  </si>
+  <si>
+    <t>GROND - Cosmic Devonian</t>
+  </si>
+  <si>
+    <t>ENCUMBER - The Repentance</t>
+  </si>
+  <si>
+    <t>NEUTRON HAMMER - Damnation's Bringer</t>
+  </si>
+  <si>
+    <t>Primitive Reaction</t>
+  </si>
+  <si>
+    <t>NEUTRON HAMMER - Extermination Kommand</t>
+  </si>
+  <si>
+    <t>AUTUMNAL DISCORD - Episodes</t>
+  </si>
+  <si>
+    <t>DEMONOMANCY - Rites Of Barbaric Demons</t>
+  </si>
+  <si>
+    <t>BOWELS - We don't go the God's way!</t>
+  </si>
+  <si>
+    <t>MURDER CORPORATION - Maniac Desires</t>
+  </si>
+  <si>
+    <t>WINTER BLACKNESS - De Sepulcris Venit Lunarem</t>
+  </si>
+  <si>
+    <t>HEADACHEMAN - One More Death</t>
+  </si>
+  <si>
+    <t>DEGOTTEN - Finsterkult</t>
+  </si>
+  <si>
+    <t>Blackstorm 666</t>
+  </si>
+  <si>
+    <t>PANTHEIST - The Pains Of Sleep</t>
+  </si>
+  <si>
+    <t>OLD LESHY / FROSTY TORMENT / HATEFROST - Zjednoczeni Braterską Krwią</t>
+  </si>
+  <si>
+    <t>KVELE - Konge</t>
+  </si>
+  <si>
+    <t>ANVIL OV KELLIPOTH - Les Corbeaux De La Dispersion / La Fosse De La Destruction</t>
+  </si>
+  <si>
+    <t>DOMINION OF SUFFERING - The Birth Of Hateful Existence</t>
+  </si>
+  <si>
+    <t>Slovak Metal Army</t>
+  </si>
+  <si>
+    <t>SPELL OF DARK - Journey Into The Depts Of Winter</t>
+  </si>
+  <si>
+    <t>ДРУЖИНА - Опричник</t>
+  </si>
+  <si>
+    <t>AD CINEREM - Once Mourned​.​.​.​Now Forgotten</t>
+  </si>
+  <si>
+    <t>НЕБОКРАЙ - Моровая Язва</t>
+  </si>
+  <si>
+    <t>MAYHEMIC - Mortuary Feast Of Skeletons</t>
+  </si>
+  <si>
+    <t>Hell Productions</t>
+  </si>
+  <si>
+    <t>DRACONIS INFERNUM - Blood Of The Iconophile</t>
+  </si>
+  <si>
+    <t>ZXUI MOSKVHA - Descent Into Torment</t>
+  </si>
+  <si>
+    <t>RIPPING FLESH - Conqueror Of Cosmos</t>
+  </si>
+  <si>
+    <t>Technical Brutal Death Metal</t>
+  </si>
+  <si>
+    <t>INCRIMINATED - Hypocricide</t>
+  </si>
+  <si>
+    <t>DEVILRY - Stormbolt</t>
+  </si>
+  <si>
+    <t>ELEGOS - The Awakening Of Evil</t>
+  </si>
+  <si>
+    <t>Epic Metal</t>
+  </si>
+  <si>
+    <t>KUUTAR - Beyond All Light</t>
+  </si>
+  <si>
+    <t>Darker Than Black Records</t>
+  </si>
+  <si>
+    <t>BLACK HOLE GENERATOR - Black Karma</t>
+  </si>
+  <si>
+    <t>Ars Magna Recording</t>
+  </si>
+  <si>
+    <t>PROFANITY - Hatred Hell Within</t>
+  </si>
+  <si>
+    <t>Rising Nemesis Records</t>
+  </si>
+  <si>
+    <t>SPLATTERUMS - Splatter Metal</t>
+  </si>
+  <si>
+    <t>ЖЕЛЕЗНЫЙ КУЛАК - Face of Death</t>
+  </si>
+  <si>
+    <t>COLONOSCOPY - Inhumanely Anaesthetized</t>
+  </si>
+  <si>
+    <t>SLAUGHTER MESSIAH - Morbid Re-Incantations</t>
+  </si>
+  <si>
+    <t>Blackened Speed Metal</t>
+  </si>
+  <si>
+    <t>BATHORY LEGION - Drepe [Handligsförmalat]</t>
+  </si>
+  <si>
+    <t>DOWNCROSS - Current Towards End</t>
+  </si>
+  <si>
+    <t>WOLFENBURG - Krwiożercze Bestie</t>
+  </si>
+  <si>
+    <t>MYSTHERIUM - Zemsta Natury</t>
+  </si>
+  <si>
+    <t>ABWEHR - Forward The Bayonet</t>
+  </si>
+  <si>
+    <t>13TH TEMPLE - Passing Through the Arcane Death</t>
+  </si>
+  <si>
+    <t>KOZELJNIK - Death Gives unto Life</t>
+  </si>
+  <si>
+    <t>АРКОНА - Ночь Велесова</t>
+  </si>
+  <si>
+    <t>DVD</t>
+  </si>
+  <si>
+    <t>NECROPHAGIA - Nightmare Scenarios</t>
+  </si>
+  <si>
+    <t>Red Stream, Inc</t>
+  </si>
+  <si>
+    <t>THE CURE - Greatest Hits</t>
+  </si>
+  <si>
+    <t>Rock</t>
+  </si>
+  <si>
+    <t>Астра</t>
+  </si>
+  <si>
+    <t>PAGAN REIGN - 10 лет живя и славя</t>
+  </si>
+  <si>
+    <t>U.D.O. - Thundervision</t>
+  </si>
+  <si>
+    <t>AFM Record</t>
+  </si>
+  <si>
+    <t>PROFANATICA - The Enemy of Virtue</t>
+  </si>
+  <si>
+    <t>2DVD</t>
+  </si>
+  <si>
+    <t>Deathgasm Records</t>
+  </si>
+  <si>
+    <t>VARATHRON - The Lament of Gods</t>
+  </si>
+  <si>
+    <t>VARATHRON - Walpurgisnacht</t>
+  </si>
+  <si>
+    <t>WEHRMACHT - Biērmächt</t>
+  </si>
+  <si>
+    <t>Tuneforce</t>
+  </si>
+  <si>
+    <t>WEHRMACHT - Shark Attack</t>
+  </si>
+  <si>
+    <t>SEANCE - Fornever Laid To Rest</t>
+  </si>
+  <si>
+    <t>Tune</t>
+  </si>
+  <si>
+    <t>SEANCE - Saltrubbed Eyes</t>
+  </si>
+  <si>
+    <t>HANGING GARDEN - The Garden</t>
+  </si>
+  <si>
+    <t>GAAHLS WYRD - Braiding The Stories</t>
+  </si>
+  <si>
+    <t>...AND OCEANS - The Regeneration Itinerary</t>
+  </si>
+  <si>
+    <t>VLTIMAS - Epic</t>
+  </si>
+  <si>
+    <t>KHOLD - Du D​ø​mmes Til D​ø​d</t>
+  </si>
+  <si>
+    <t>SAOR - Aura</t>
+  </si>
+  <si>
+    <t>SAOR - Amidst The Ruins</t>
+  </si>
+  <si>
+    <t>SAOR - Forgotten Paths</t>
+  </si>
+  <si>
+    <t>SAOR - Guardians</t>
+  </si>
+  <si>
+    <t>SAOR - Roots</t>
+  </si>
+  <si>
+    <t>SAOR - Origins</t>
+  </si>
+  <si>
+    <t>EMBRYONIC AUTOPSY - Origins Of The Deformed</t>
+  </si>
+  <si>
+    <t>CATHUBODUA - Interbellum</t>
+  </si>
+  <si>
+    <t>KRISIUN - Scourge of the Enthroned</t>
+  </si>
+  <si>
+    <t>CRYPTOPSY - An Insatiable Violence</t>
+  </si>
+  <si>
+    <t>PARADISE LOST - Ascension</t>
+  </si>
+  <si>
+    <t>TIAMAT - Skeleton Skeletron</t>
+  </si>
+  <si>
+    <t>GORGUTS - Colored Sands</t>
+  </si>
+  <si>
+    <t>GRAVE - As Rapture Comes</t>
+  </si>
+  <si>
+    <t>...AND OCEANS - As In Gardens, So In Tombs</t>
+  </si>
+  <si>
+    <t>GOD DETHRONED - The World Ablaze</t>
+  </si>
+  <si>
+    <t>ABSCESS - Tormented</t>
+  </si>
+  <si>
+    <t>ANOREXIA NERVOSA - Exile</t>
+  </si>
+  <si>
+    <t>VARATHRON - His Majesty at the Swamp</t>
+  </si>
+  <si>
+    <t>VARATHRON - Crowsreign</t>
+  </si>
+  <si>
+    <t>NEVERMORE - The Politics Of Ecstasy</t>
+  </si>
+  <si>
+    <t>MERCENARY - 11 Dreams</t>
+  </si>
+  <si>
+    <t>TWILIGHT GUARDIANS - Wasteland</t>
+  </si>
+  <si>
+    <t>IMPALED NAZARENE - All That You Fear</t>
+  </si>
+  <si>
+    <t>IMPALED NAZARENE - Pro Patria Finlandia</t>
+  </si>
+  <si>
+    <t>IMPALED NAZARENE - Rapture</t>
+  </si>
+  <si>
+    <t>IMPALED NAZARENE - Ugra-Karma</t>
+  </si>
+  <si>
+    <t>FALLUJAH - Xenotaph</t>
+  </si>
+  <si>
+    <t>OVERKILL - RELIXIV</t>
+  </si>
+  <si>
+    <t>SODOM - The Arsonist</t>
+  </si>
+  <si>
+    <t>KATATONIA - Nightmares As Extensions Of The Waking State</t>
   </si>
   <si>
     <t>Progressive Doom Metal</t>
   </si>
   <si>
-    <t>GOATPREACHER - Unholy Black Magic Ov Fire</t>
-[...1363 lines deleted...]
-  <si>
     <t>SADIST - Something to Pierce</t>
   </si>
   <si>
     <t>SADIST - Firescorched</t>
   </si>
   <si>
     <t>SADIST - Spellbound</t>
   </si>
   <si>
-    <t>KRABATHOR - Lies</t>
-[...1 lines deleted...]
-  <si>
     <t>CATTLE DECAPITATION - Medium Rarities</t>
   </si>
   <si>
     <t>Fono</t>
   </si>
   <si>
     <t>BONEHAMMER - III</t>
   </si>
   <si>
     <t>ATROCITY - Okkult III</t>
   </si>
   <si>
     <t>ARCH ENEMY - Stigmata</t>
   </si>
   <si>
     <t>GRAVE DIGGER - Bone Collector</t>
   </si>
   <si>
     <t>KATLA - Scandinavian Pain</t>
   </si>
   <si>
     <t>ONSLAUGHT - Origins Of Aggression</t>
   </si>
   <si>
     <t>MACHINE HEAD - Unatoned</t>
   </si>
   <si>
     <t>PYRE - Where Obscurity Sways</t>
   </si>
   <si>
     <t>MALEVOLENT CREATION - Envenomed II</t>
   </si>
   <si>
     <t>MALEVOLENT CREATION - In Cold Blood</t>
   </si>
   <si>
     <t>MALEVOLENT CREATION - Eternal</t>
   </si>
   <si>
     <t>VARATHRON - The Confessional of the Black Penitents</t>
   </si>
   <si>
     <t>VARATHRON - Patriarchs Of Evil</t>
   </si>
   <si>
     <t>KORPIKLAANI - Voice Of Wilderness</t>
   </si>
   <si>
-    <t>KORPIKLAANI - Spirit of the Forest</t>
-[...4 lines deleted...]
-  <si>
     <t>ENSLAVED - Isa</t>
   </si>
   <si>
     <t>Progressive Nordic Metal</t>
   </si>
   <si>
     <t>ENSLAVED - Ruun</t>
   </si>
   <si>
     <t>CRESCENT - Carving The Fires Of Akhet</t>
   </si>
   <si>
     <t>GHOST BATH - Rose Thorn Necklace</t>
   </si>
   <si>
     <t>CANDLEMASS - Black Star</t>
   </si>
   <si>
     <t>BMG Russia</t>
   </si>
   <si>
     <t>SENTENCED - Amok</t>
   </si>
   <si>
     <t>GRAVE DIGGER - Lost Tunes from the Vault</t>
@@ -4831,179 +4928,161 @@
   <si>
     <t>BEHEMOTH - The Shit ov God</t>
   </si>
   <si>
     <t>BENEDICTION - Ravage Of Empires</t>
   </si>
   <si>
     <t>CRADLE OF FILTH - The Screaming Of The Valkyries</t>
   </si>
   <si>
     <t>AGONIZER - Birth / The End</t>
   </si>
   <si>
     <t>UNSUN - The End Of Life</t>
   </si>
   <si>
     <t>PRIMORDIAL - Storm Before Calm</t>
   </si>
   <si>
     <t>MY REGIME - Deranged Patterns</t>
   </si>
   <si>
     <t>MY REGIME - Dogmas</t>
   </si>
   <si>
-    <t>THE BLACK DAHLIA MURDER - Everblack</t>
-[...1 lines deleted...]
-  <si>
     <t>THE BLACK DAHLIA MURDER - Deflorate</t>
   </si>
   <si>
-    <t>HYPOCRISY - Virus</t>
-[...1 lines deleted...]
-  <si>
     <t>GOJIRA - The Way of All Flesh</t>
   </si>
   <si>
     <t>SORCERER - In The Shadow Of The Inverted Cross</t>
   </si>
   <si>
     <t>SORCERER - The Crowning of the Fire King</t>
   </si>
   <si>
-    <t>KING DIAMOND - House Of God</t>
+    <t>KING DIAMOND - Give Me Your Soul…Please</t>
   </si>
   <si>
     <t>CRYPTOPSY - The Unspoken King</t>
   </si>
   <si>
     <t>Deathcore</t>
   </si>
   <si>
     <t>DEMIGOD - Shadow Mechanics</t>
   </si>
   <si>
     <t>CANAAN - Brand New Babylon</t>
   </si>
   <si>
+    <t>CRYPTOPSY - And then you'll beg</t>
+  </si>
+  <si>
+    <t>CRYPTOPSY - Whisper Supremacy</t>
+  </si>
+  <si>
     <t>SACROSANCT - Kidron</t>
   </si>
   <si>
     <t>Progressive Heavy Metal</t>
   </si>
   <si>
     <t>VARATHRON - Untrodden Corridors of Hades</t>
   </si>
   <si>
     <t>VARATHRON - The Crimson Temple</t>
   </si>
   <si>
     <t>DIRKSCHNEIDER - Balls To The Wall Reloaded</t>
   </si>
   <si>
     <t>SCOUR - Gold</t>
   </si>
   <si>
     <t>DESTRUCTION - Brith of Malice</t>
   </si>
   <si>
     <t>ENSLAVED - Frost</t>
   </si>
   <si>
     <t>SARCASM - Stellar Stream Obscured</t>
   </si>
   <si>
-    <t>KAMPFAR - Djevelmakt</t>
-[...1 lines deleted...]
-  <si>
     <t>MOONSPELL - The Antidote</t>
   </si>
   <si>
     <t>ПАТРИАРХЬ - Пророк Илия</t>
   </si>
   <si>
     <t>VARATHRON - Discography Box</t>
   </si>
   <si>
     <t>10CD Boxed Set</t>
   </si>
   <si>
-    <t>KING DIAMOND - Voodoo</t>
-[...1 lines deleted...]
-  <si>
     <t>KING DIAMOND - The Spider's Lullabye</t>
   </si>
   <si>
     <t>MORDKAUL - Feeding The Machine</t>
   </si>
   <si>
-    <t>MOONSPELL - Darkness And Hope</t>
-[...1 lines deleted...]
-  <si>
     <t>MOONSPELL - Irreligious</t>
   </si>
   <si>
     <t>AMPUTATE - Abysmal Ascent</t>
   </si>
   <si>
     <t>ZYKLON - Disintegrate</t>
   </si>
   <si>
-    <t>CARPATHIAN FOREST - Morbid Fascination Of Death</t>
-[...1 lines deleted...]
-  <si>
     <t>GOD DETHRONED - The Judas Paradox</t>
   </si>
   <si>
     <t>MARILYN MANSON - One Assassination Under God (Chapter 1)</t>
   </si>
   <si>
     <t>OPETH - The Last Will And Testament</t>
   </si>
   <si>
     <t>NIGHTWISH - Yesterwynde</t>
   </si>
   <si>
     <t>MOONSPELL - Wolfheart</t>
   </si>
   <si>
-    <t>Speed Thrash Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>APOCALYPTICA - Plays Metallica By Four Cellos</t>
   </si>
   <si>
     <t>Modern Classical</t>
   </si>
   <si>
     <t>S.O.T.O. - Divak</t>
   </si>
   <si>
-    <t>ENTWINE - Time of Despair</t>
-[...1 lines deleted...]
-  <si>
     <t>BURN THE PRIEST - Legion: XX</t>
   </si>
   <si>
     <t>ELVIRA MADIGAN - Blackarts</t>
   </si>
   <si>
     <t>LICE - Woe Betide You</t>
   </si>
   <si>
     <t>MELECHESH - As Jerusalem Burns... Al'Intisar</t>
   </si>
   <si>
     <t>KEEP OF KALESSIN - Epistemology</t>
   </si>
   <si>
     <t>POLTERGEIST - Feather Of Truth</t>
   </si>
   <si>
     <t>AUSTRIAN DEATH MACHINE - Quad Brutal</t>
   </si>
   <si>
     <t>SEPULTURA - SepulQuarta</t>
   </si>
   <si>
     <t>ANTHRAX - Worship Music</t>
@@ -5014,80 +5093,80 @@
   <si>
     <t>SATAN - Atom By Atom</t>
   </si>
   <si>
     <t>SATAN - Life Sentence</t>
   </si>
   <si>
     <t>FLOTSAM &amp; JETSAM - Flotsam And Jetsam</t>
   </si>
   <si>
     <t>CRYSTAL VIPER - Tales Of Fire And Ice</t>
   </si>
   <si>
     <t>CRYSTAL VIPER - The Cult</t>
   </si>
   <si>
     <t>CHILDREN OF BODOM - Follow the Reaper</t>
   </si>
   <si>
     <t>IN FLAMES - Colony</t>
   </si>
   <si>
     <t>NIGHTWISH - Once</t>
   </si>
   <si>
-    <t>ALCEST - Les Chants De L'Aurore</t>
-[...1 lines deleted...]
-  <si>
     <t>CAVALERA - Schizophrenia</t>
   </si>
   <si>
     <t>EXODUS - Shovel Headed Kill Machine</t>
   </si>
   <si>
+    <t>NILE - The Underworld Awaits Us All</t>
+  </si>
+  <si>
+    <t>MASTER - Saints Dispelled</t>
+  </si>
+  <si>
     <t>THYRFING - Vansinnesvisor</t>
   </si>
   <si>
     <t>Art Music Group</t>
   </si>
   <si>
     <t>METAL INQUISITOR - Panopticon</t>
   </si>
   <si>
     <t>AURA NOIR - Out to Die</t>
   </si>
   <si>
     <t>U.D.O. - Mastercutor</t>
   </si>
   <si>
     <t>FINNTROLL - Blodsvept</t>
   </si>
   <si>
-    <t>EXUMER - Hostile Defiance</t>
-[...1 lines deleted...]
-  <si>
     <t>ALICE COOPER - Dragontown</t>
   </si>
   <si>
     <t>HOUWITSER - Embrace Damnation</t>
   </si>
   <si>
     <t>VINCENT CROWLEY - Anthology Of Horror</t>
   </si>
   <si>
     <t>SEAR BLISS - Heavenly Down</t>
   </si>
   <si>
     <t>KERRY KING - From Hell I Rise</t>
   </si>
   <si>
     <t>BAT - Under The Crooked Claw</t>
   </si>
   <si>
     <t>Crossover Thrash Metal</t>
   </si>
   <si>
     <t>CRADLE OF FILTH - Hammer Of The Witches</t>
   </si>
   <si>
     <t>CRADLE OF FILTH - Cryptoriana - The Seductiveness Of Decay</t>
@@ -5098,275 +5177,251 @@
   <si>
     <t>DEICIDE - Banished by Sin</t>
   </si>
   <si>
     <t>TRISTITIA - One With Darkness</t>
   </si>
   <si>
     <t>SARCASM - Morninghoul</t>
   </si>
   <si>
     <t>KING DIAMOND - The Graveyard</t>
   </si>
   <si>
     <t>PRIMORDIAL - Spirit The Earth Aflame</t>
   </si>
   <si>
     <t>SCALD - Ancient Doom Metal</t>
   </si>
   <si>
     <t>Nordic Doom Metal</t>
   </si>
   <si>
     <t>THE KOVENANT - Animatronic</t>
   </si>
   <si>
+    <t>GRAVEWORM - Killing Innocence</t>
+  </si>
+  <si>
     <t>GRAVEWORM - As The Angels Reach The Beauty</t>
   </si>
   <si>
-    <t>RAZA DE ODIO - La Nueva Alarma</t>
-[...1 lines deleted...]
-  <si>
     <t>ABORTED - Slaughter &amp; Apparatus: A Methodical Overture</t>
   </si>
   <si>
     <t>MY DYING BRIDE - A Mortal Binding</t>
   </si>
   <si>
     <t>EXHORDER - Mourn The Southern Skies</t>
   </si>
   <si>
     <t>ORDER - Lex Amentiae</t>
   </si>
   <si>
     <t>DAMNATION'S HAMMER - Into The Silent Nebula</t>
   </si>
   <si>
-    <t>SATYRICON - The Age of Nero</t>
-[...1 lines deleted...]
-  <si>
     <t>THERION - Deggial</t>
   </si>
   <si>
     <t>VOIVOD - The Wake</t>
   </si>
   <si>
     <t>AGGRESSION - Frozen Aggressors</t>
   </si>
   <si>
     <t>CREMATORY - Believe</t>
   </si>
   <si>
     <t>CREMATORY - Act Seven</t>
   </si>
   <si>
-    <t>CREMATORY - Awake</t>
-[...1 lines deleted...]
-  <si>
     <t>MACABRE - Carnival Of Killers</t>
   </si>
   <si>
     <t>COBRA SPELL - 666</t>
   </si>
   <si>
     <t>CELTIC FROST - Monotheist</t>
   </si>
   <si>
     <t>UNLEASHED - Warrior</t>
   </si>
   <si>
+    <t>MOONSPELL - Extinct</t>
+  </si>
+  <si>
     <t>W.A.S.P. - Golgotha</t>
   </si>
   <si>
     <t>THE MAGUS - Βυσσοδομώντας</t>
   </si>
   <si>
-    <t>Symphonic Black Metal</t>
-[...1 lines deleted...]
-  <si>
     <t>GAAHL'S WYRD - - GastiR - Ghosts Invited</t>
   </si>
   <si>
     <t>SODOM - 1982</t>
   </si>
   <si>
-    <t>EXUMER - Possessed by Fire</t>
-[...1 lines deleted...]
-  <si>
     <t>VOIVOD - War and Pain</t>
   </si>
   <si>
     <t>SIX FEET UNDER - Warpath</t>
   </si>
   <si>
-    <t>KRISIUN - Ageless Venomous</t>
-[...1 lines deleted...]
-  <si>
     <t>WITHERFALL - A Prelude To Sorrow</t>
   </si>
   <si>
-    <t>KVAEN - The Funeral Pyre</t>
-[...1 lines deleted...]
-  <si>
     <t>DUSKMACHINE - DuskMachine</t>
   </si>
   <si>
+    <t>ENDSTILLE - Kapitulation 2013</t>
+  </si>
+  <si>
     <t>MY DYING BRIDE - Meisterwerk 1</t>
   </si>
   <si>
-    <t>CREMATORY - Illusions</t>
-[...1 lines deleted...]
-  <si>
     <t>CREMATORY - ...Just Dreaming</t>
   </si>
   <si>
     <t>ONSLAUGHT - In Search Of Sanity</t>
   </si>
   <si>
-    <t>EXUMER - The Raging Tides</t>
-[...1 lines deleted...]
-  <si>
     <t>THE KOVENANT - In Times Before The Light</t>
   </si>
   <si>
-    <t>MELECHESH - Sphynx</t>
-[...1 lines deleted...]
-  <si>
     <t>DARKTHRONE - Goatlord</t>
   </si>
   <si>
     <t>KK'S PRIEST - The Sinner Rides Again</t>
   </si>
   <si>
     <t>SADUS - The Shadow Inside</t>
   </si>
   <si>
     <t>Technical Thrash Metal</t>
   </si>
   <si>
     <t>KRISIUN - Forged in Fury</t>
   </si>
   <si>
     <t>HELLRIPPER - The Affair Of The Poisons</t>
   </si>
   <si>
     <t>DIAMOND HEAD - Lightning To The Nations 2020</t>
   </si>
   <si>
     <t>ARKAIK - Nemethia</t>
   </si>
   <si>
     <t>LACRIMAS PROFUNDERE - Bleeding The Stars</t>
   </si>
   <si>
     <t>HJELVIK - Welcome To Hel</t>
   </si>
   <si>
     <t>DIMMU BORGIR - Inspirato Profanus</t>
   </si>
   <si>
     <t>DISMEMBER - The Complete Demos</t>
   </si>
   <si>
     <t>TILL THE DIRT - Outside The Spiral</t>
   </si>
   <si>
     <t>CRYPTOPSY - As Gomorrah Burns</t>
   </si>
   <si>
     <t>CARNIFEX - Necromanteum</t>
   </si>
   <si>
     <t>CARNIFEX - World War X</t>
   </si>
   <si>
+    <t>I - Between Two Worlds</t>
+  </si>
+  <si>
     <t>THE BLACK DAHLIA MURDER - Nightbringers</t>
   </si>
   <si>
-    <t>SUMMONING - Let Mortal Heroes Sing Your Fame</t>
-[...1 lines deleted...]
-  <si>
     <t>ANNIHILATOR - For the Demented</t>
   </si>
   <si>
     <t>SKINLESS - Savagery</t>
   </si>
   <si>
     <t>VLTIMAS - Something Wicked Marches In</t>
   </si>
   <si>
     <t>THE BLACK DAHLIA MURDER - Verminous</t>
   </si>
   <si>
     <t>THE BLACK DAHLIA MURDER - Abysmal</t>
   </si>
   <si>
     <t>THE BLACK DAHLIA MURDER - Miasma</t>
   </si>
   <si>
-    <t>CADAVERIA - Far Away From Comformity</t>
-[...1 lines deleted...]
-  <si>
     <t>DEATHSTARS - Everything Destroys You</t>
   </si>
   <si>
     <t>EVILE - The Unknown</t>
   </si>
   <si>
-    <t>THULCANDRA - Hail The Abyss</t>
+    <t>MANEGARM - Fornaldarsagor</t>
   </si>
   <si>
     <t>KATAKLYSM - Goliath</t>
   </si>
   <si>
     <t>EXMORTUS - Necrophony</t>
   </si>
   <si>
     <t>NUCLEAR ASSAULT - Handle With Care</t>
   </si>
   <si>
     <t>NUCLEAR ASSAULT - Game Over / The Plague</t>
   </si>
   <si>
     <t>IMMORTAL - War Against All</t>
   </si>
   <si>
     <t>ATHEIST - Unquestionable Presence</t>
   </si>
   <si>
     <t>ATHEIST - Elements</t>
   </si>
   <si>
     <t>ATHEIST - Jupiter</t>
   </si>
   <si>
+    <t>CONTROL DENIED - The Fragile Art Of Existence</t>
+  </si>
+  <si>
     <t>ISOLE - Dystopia</t>
   </si>
   <si>
-    <t>MARDUK - Obedience</t>
-[...1 lines deleted...]
-  <si>
     <t>MERCYFUL FATE - Into The Unknown</t>
   </si>
   <si>
     <t>MERCYFUL FATE - Dead Again</t>
   </si>
   <si>
     <t>MERCYFUL FATE - Time</t>
   </si>
   <si>
     <t>HORNED ALMIGHTY - To Fathom The Master's Grand Design</t>
   </si>
   <si>
     <t>DIABOLICAL - Eclipse</t>
   </si>
   <si>
     <t>BESATT - Supreme And True At Night</t>
   </si>
   <si>
     <t>PROTECTOR - Resurrected</t>
   </si>
   <si>
     <t>PROTECTOR - Excessive Outburst Of Depravity</t>
   </si>
   <si>
     <t>PROTECTOR - Summon The Hordes</t>
@@ -5374,1661 +5429,1571 @@
   <si>
     <t>ANGIZIA - 39 Jahre Für Den Leierkastenmann Oder Ein Stück Für Die Judenstadt</t>
   </si>
   <si>
     <t>INCANTATION - Primordial Domination</t>
   </si>
   <si>
     <t>MANES - How The World Came To An End</t>
   </si>
   <si>
     <t>INTO ETERNITY - The Incurable Tragedy</t>
   </si>
   <si>
     <t>VESANIA - Firefrost Arcanum</t>
   </si>
   <si>
     <t>RAVENCULT - Force Of Profanation</t>
   </si>
   <si>
     <t>GEHENNAH - Too Loud To Live, Too Drunk To Die</t>
   </si>
   <si>
     <t>GEHENNAH - Metal Police</t>
   </si>
   <si>
+    <t>OBITUARY - Obituary</t>
+  </si>
+  <si>
     <t>ENTOMBED A.D. - Dead Dawn</t>
   </si>
   <si>
     <t>ENTOMBED A.D. - Back To The Front</t>
   </si>
   <si>
     <t>RIVERSIDE - Wasteland</t>
   </si>
   <si>
     <t>DARK FORTRESS - Venereal Dawn</t>
   </si>
   <si>
+    <t>SKINLESS - Only The Ruthless Remain</t>
+  </si>
+  <si>
     <t>SKELETAL REMAINS - Devouring Mortality</t>
   </si>
   <si>
     <t>ВИКТОР СМОЛЬСКИЙ - Guitar Force</t>
   </si>
   <si>
     <t>CHILDREN OF BODOM - Hatebreeder</t>
   </si>
   <si>
     <t>MERCYFUL FATE - In The Shadows</t>
   </si>
   <si>
     <t>TANKARD - The Beauty And The Beer</t>
   </si>
   <si>
     <t>GAE BOLG - Requiem</t>
   </si>
   <si>
     <t>NATTEFROST - Terrorist - Nekronaut Pt. 1</t>
   </si>
   <si>
     <t>MASTER - Let's Start A War</t>
   </si>
   <si>
     <t>MASTER - Collection Of Souls</t>
   </si>
   <si>
     <t>MASTER - The Spirit Of The West</t>
   </si>
   <si>
     <t>MANOWAR - Warriors Of The World</t>
   </si>
   <si>
+    <t>DIMMU BORGIR - Abrahadabra</t>
+  </si>
+  <si>
     <t>TOXIK - III Works</t>
   </si>
   <si>
     <t>EDGE OF SANITY - Unorthodox</t>
   </si>
   <si>
-    <t>KATATONIA - Discouraged Ones</t>
+    <t>KATATONIA - Brave Murder Day</t>
   </si>
   <si>
     <t>ISOLE - Anesidora</t>
   </si>
   <si>
     <t>SENTENCED - Down</t>
   </si>
   <si>
     <t>KORPIKLAANI - Ukon Wacka</t>
   </si>
   <si>
     <t>KORPIKLAANI - Karkelo</t>
   </si>
   <si>
     <t>KORPIKLAANI - Korven Kuningas</t>
   </si>
   <si>
     <t>KORPIKLAANI - Tervaskanto</t>
   </si>
   <si>
+    <t>PROTECTOR - Cursed And Coronated</t>
+  </si>
+  <si>
+    <t>PROTECTOR - Reanimated Homunculus</t>
+  </si>
+  <si>
+    <t>DESTROYER 666 - Phoenix Rising</t>
+  </si>
+  <si>
+    <t>Mystic Empire Records</t>
+  </si>
+  <si>
+    <t>IN FLAMES - Subterranean</t>
+  </si>
+  <si>
+    <t>IN FLAMES - Lunar Strain</t>
+  </si>
+  <si>
+    <t>DEATH - Human</t>
+  </si>
+  <si>
+    <t>DEATH - Spiritual Healing</t>
+  </si>
+  <si>
+    <t>DETRAKTOR - Full Body Stomp</t>
+  </si>
+  <si>
+    <t>ONSLAUGHT - Sounds Of Violence</t>
+  </si>
+  <si>
+    <t>DEBAUCHERY - Fuck Humanity</t>
+  </si>
+  <si>
+    <t>IN BATTLE - Kingdom Of Fear</t>
+  </si>
+  <si>
+    <t>U.D.O. - Thunderball And Thundervision</t>
+  </si>
+  <si>
+    <t>VREID - V</t>
+  </si>
+  <si>
+    <t>CANDLEMASS - Sweet Evil Sun</t>
+  </si>
+  <si>
+    <t>OBSCENITY - Summoning the Circle</t>
+  </si>
+  <si>
+    <t>PROTECTOR - The Heritage</t>
+  </si>
+  <si>
+    <t>PROTECTOR - A Shedding Of Skin (особые номера)</t>
+  </si>
+  <si>
+    <t>PROTECTOR - Leviathan's Desire</t>
+  </si>
+  <si>
+    <t>ENTRAILS - An Eternal Time of Decay</t>
+  </si>
+  <si>
+    <t>PROTECTOR - Urm the Mad</t>
+  </si>
+  <si>
+    <t>PROTECTOR - Golem</t>
+  </si>
+  <si>
+    <t>PENTAGRAM - Last Rites</t>
+  </si>
+  <si>
+    <t>MONSTROSITY - Spiritual Apocalypse</t>
+  </si>
+  <si>
+    <t>BEHEMOTH - Opvs Contra Natvram</t>
+  </si>
+  <si>
+    <t>DEATH - Scream Bloody Gore</t>
+  </si>
+  <si>
+    <t>SODOM - 40 Years At War: The Greatest Hell Of Sodom</t>
+  </si>
+  <si>
+    <t>BLIND GUARDIAN - The God Machine</t>
+  </si>
+  <si>
+    <t>SOILWORK - Övergivenheten</t>
+  </si>
+  <si>
+    <t>DISBELIEF - Disbelief + Infected</t>
+  </si>
+  <si>
+    <t>DISBELIEF - 66Sick</t>
+  </si>
+  <si>
+    <t>KMFDM - Hell Yeah</t>
+  </si>
+  <si>
+    <t>PROTECTOR - Misanthropy</t>
+  </si>
+  <si>
+    <t>HYPOCRISY - Hell Over Sofia (20 Years Of Chaos And Confusion)</t>
+  </si>
+  <si>
+    <t>DVD+2CD</t>
+  </si>
+  <si>
+    <t>EREB ALTOR - Vargtimman</t>
+  </si>
+  <si>
+    <t>IN FLAMES - A Sense Of Purpose</t>
+  </si>
+  <si>
+    <t>SINISTER - Afterburner</t>
+  </si>
+  <si>
+    <t>OBSCURA - A Valediction</t>
+  </si>
+  <si>
+    <t>DECAPITATED - Cancer Culture</t>
+  </si>
+  <si>
+    <t>CARCASS - Torn Arteries</t>
+  </si>
+  <si>
+    <t>KREATOR - Hate Über Alles</t>
+  </si>
+  <si>
+    <t>GREEN CARNATION - Journey To The End Of The Night</t>
+  </si>
+  <si>
+    <t>AGENT STEEL - Unstoppable Force</t>
+  </si>
+  <si>
+    <t>Speed Metal</t>
+  </si>
+  <si>
+    <t>TIAMAT - Prey</t>
+  </si>
+  <si>
+    <t>NAPALM DEATH - Time Waits for no Slave</t>
+  </si>
+  <si>
+    <t>MORS PRINCIPUM EST - ...And Death Said Live</t>
+  </si>
+  <si>
+    <t>MUNICIPAL WASTE - Electrified Brain</t>
+  </si>
+  <si>
+    <t>TULUS - Old Old Death</t>
+  </si>
+  <si>
+    <t>NOVEMBERS DOOM - Hamartia</t>
+  </si>
+  <si>
+    <t>CULT OF LILITH - Mara</t>
+  </si>
+  <si>
+    <t>KATAKLYSM - Serenity In Fire</t>
+  </si>
+  <si>
+    <t>HATE ETERNAL - Fury &amp; Flames</t>
+  </si>
+  <si>
+    <t>NAPALM DEATH - Utilitarian</t>
+  </si>
+  <si>
+    <t>CULT OF LUNA - A Dawn To Fear</t>
+  </si>
+  <si>
+    <t>URKRAFT - The True Protagonist</t>
+  </si>
+  <si>
+    <t>CANDLEMASS - Lucifer Rising</t>
+  </si>
+  <si>
+    <t>TULUS - Evil 1999</t>
+  </si>
+  <si>
+    <t>CREMATORY - Inglorious Darkness</t>
+  </si>
+  <si>
+    <t>MORS PRINCIPUM EST - Liberate The Unborn Inhumanity</t>
+  </si>
+  <si>
+    <t>SADIST - Hyaena</t>
+  </si>
+  <si>
+    <t>VITAL REMAINS - Icons Of Evil</t>
+  </si>
+  <si>
+    <t>TULUS - Mysterion</t>
+  </si>
+  <si>
+    <t>VITAL REMAINS - Dechristianize</t>
+  </si>
+  <si>
+    <t>DIMMU BORGIR - Puritanical Euphoric Misanthropia</t>
+  </si>
+  <si>
+    <t>BELPHEGOR - The Last Supper &amp; Blutsabbath</t>
+  </si>
+  <si>
+    <t>HATE - Auric Gate of Veles</t>
+  </si>
+  <si>
+    <t>TULUS - Pure Black Energy</t>
+  </si>
+  <si>
+    <t>UNLEASHED - The Hunt For White Christ</t>
+  </si>
+  <si>
+    <t>ME AND THAT MAN - New Man, New Songs, Same Shit. Vol.2</t>
+  </si>
+  <si>
+    <t>Dark Rock</t>
+  </si>
+  <si>
+    <t>BEHEMOTH - In Absentia Dei</t>
+  </si>
+  <si>
+    <t>AMORPHIS - The Beginning of Times</t>
+  </si>
+  <si>
+    <t>AMORPHIS - Skyforger</t>
+  </si>
+  <si>
+    <t>RIVERS OF NIHIL - Where Owls Know My Name</t>
+  </si>
+  <si>
+    <t>ARCH ENEMY - Burning Bridges</t>
+  </si>
+  <si>
+    <t>ARCH ENEMY - Rise Of The Tyrant</t>
+  </si>
+  <si>
+    <t>ANGIZIA - Die Kemenaten Scharlachroter Lichter</t>
+  </si>
+  <si>
+    <t>ANGIZIA - Das Tagebuch Der Hanna Anikin</t>
+  </si>
+  <si>
+    <t>UNLEASHED - No Sign Of Life</t>
+  </si>
+  <si>
+    <t>HATE - Rugia</t>
+  </si>
+  <si>
+    <t>ENTRAILS - Rise of the Reaper</t>
+  </si>
+  <si>
+    <t>ENTRAILS - Obliteration</t>
+  </si>
+  <si>
+    <t>ENTRAILS - Raging Death</t>
+  </si>
+  <si>
+    <t>DARKWOODS MY BETROTHED - Angel Of Carnage Unleashed</t>
+  </si>
+  <si>
+    <t>DARKTHRONE - Plaguewielder</t>
+  </si>
+  <si>
+    <t>DARK FUNERAL - Vobiscum Satanas</t>
+  </si>
+  <si>
+    <t>DARK FUNERAL - The Secrets Of The Black Arts</t>
+  </si>
+  <si>
+    <t>CRADLE OF FILTH - Existence Is Futile</t>
+  </si>
+  <si>
+    <t>ALICE COOPER - Detroit Stories</t>
+  </si>
+  <si>
+    <t>WITCHERY - In His Infernal Majesty's Service</t>
+  </si>
+  <si>
+    <t>OLD MAN'S CHILD - Slaves to the World</t>
+  </si>
+  <si>
+    <t>ARCH ENEMY - Covered in Blood</t>
+  </si>
+  <si>
+    <t>GEHENNA - First Spell (особые номера)</t>
+  </si>
+  <si>
+    <t>KREATOR - Gods of Violence</t>
+  </si>
+  <si>
+    <t>DECAPITATED - The First Damned</t>
+  </si>
+  <si>
+    <t>RIVERS OF NIHIL - The Work</t>
+  </si>
+  <si>
+    <t>SIX FEET UNDER - Graveyard Classics</t>
+  </si>
+  <si>
+    <t>4CD Boxed Set</t>
+  </si>
+  <si>
+    <t>MALEVOLENT CREATION - The 13th Beast</t>
+  </si>
+  <si>
+    <t>AMORPHIS - Magic &amp; Mayhem - Tales From The Early Years</t>
+  </si>
+  <si>
+    <t>BEHEMOTH - Satanica</t>
+  </si>
+  <si>
+    <t>AMON AMARTH - Surtur Rising</t>
+  </si>
+  <si>
+    <t>BLACKMORE'S NIGHT - Nature's Light</t>
+  </si>
+  <si>
+    <t>LAKE OF TEARS - Ominous</t>
+  </si>
+  <si>
+    <t>MOONSPELL - Hermitage</t>
+  </si>
+  <si>
+    <t>UNHOLY - From the Shadows</t>
+  </si>
+  <si>
+    <t>DARKTHRONE - The Underground Resistance</t>
+  </si>
+  <si>
+    <t>SHINING - Oppression MMXVIII</t>
+  </si>
+  <si>
+    <t>SHINING / SRD - Shining Srd</t>
+  </si>
+  <si>
+    <t>DARZAMAT - Transkarpatia</t>
+  </si>
+  <si>
+    <t>ATHEIST - Piece of Time</t>
+  </si>
+  <si>
+    <t>SAMAEL - Blood Ritual</t>
+  </si>
+  <si>
+    <t>ALICE COOPER - A Paranormal Evening With Alice Cooper At The Olympia Paris</t>
+  </si>
+  <si>
+    <t>TOXIK - Think This</t>
+  </si>
+  <si>
+    <t>HATE ETERNAL - Infernus</t>
+  </si>
+  <si>
+    <t>GOATWHORE - Blood For The Master</t>
+  </si>
+  <si>
+    <t>ABIGOR - Verwüstung / Invoke The Dark Age</t>
+  </si>
+  <si>
+    <t>MY DYING BRIDE - The Light At The End Of The World</t>
+  </si>
+  <si>
+    <t>MY DYING BRIDE - 34.788%... Complete</t>
+  </si>
+  <si>
+    <t>HELLHAMMER - Demon Entrails</t>
+  </si>
+  <si>
+    <t>ACCEPT - Restless and Wild</t>
+  </si>
+  <si>
+    <t>1349 - Demonoir</t>
+  </si>
+  <si>
+    <t>ALICE COOPER - Paranormal</t>
+  </si>
+  <si>
+    <t>DESTRUCTION - Inventor Of Evil</t>
+  </si>
+  <si>
+    <t>HYPOCRISY - Abducted</t>
+  </si>
+  <si>
+    <t>DISMEMBER - Like An Everflowing Stream</t>
+  </si>
+  <si>
+    <t>MY DYING BRIDE - The Ghost Of Orion</t>
+  </si>
+  <si>
+    <t>ROTTING CHRIST - Theogonia</t>
+  </si>
+  <si>
+    <t>DISMEMBER - The God That Never Was</t>
+  </si>
+  <si>
+    <t>VADER - Impressions in Blood</t>
+  </si>
+  <si>
+    <t>SUMMONING - Nightshade Forests</t>
+  </si>
+  <si>
+    <t>SUMMONING - Minas Morgul</t>
+  </si>
+  <si>
+    <t>TAAKE - Nattestid....</t>
+  </si>
+  <si>
+    <t>DODHEIMSGARD - Kronet Til Konge</t>
+  </si>
+  <si>
+    <t>ABBATH - Outstrider</t>
+  </si>
+  <si>
+    <t>THEATRE OF TRAGEDY - Remixed</t>
+  </si>
+  <si>
+    <t>Various</t>
+  </si>
+  <si>
+    <t>CARPATHIAN FOREST - Skjend Hans Lik</t>
+  </si>
+  <si>
+    <t>THORNS - Thorns</t>
+  </si>
+  <si>
+    <t>MERCYFUL FATE - 9</t>
+  </si>
+  <si>
+    <t>BURZUM - Sôl austan, Mâni vestan</t>
+  </si>
+  <si>
+    <t>BURZUM - The Ways Of Yore</t>
+  </si>
+  <si>
+    <t>ROTTING CHRIST - Rituals</t>
+  </si>
+  <si>
+    <t>TIAMAT - The Scarred People</t>
+  </si>
+  <si>
+    <t>EXODUS - Pleasures of the Flesh</t>
+  </si>
+  <si>
+    <t>BEHEMOTH - Demigod</t>
+  </si>
+  <si>
+    <t>DARKTHRONE - Old Star</t>
+  </si>
+  <si>
+    <t>1349 - Massive Cauldron Of Chaos</t>
+  </si>
+  <si>
+    <t>CANNIBAL CORPSE - Butchered at Birth</t>
+  </si>
+  <si>
+    <t>CANNIBAL CORPSE - Eaten Back to Life</t>
+  </si>
+  <si>
+    <t>SINISTER - Dark Memorials</t>
+  </si>
+  <si>
+    <t>BURZUM - Umskiptar</t>
+  </si>
+  <si>
+    <t>BURZUM - From The Depths Of Darkness</t>
+  </si>
+  <si>
+    <t>BURZUM - Hliðskjálf</t>
+  </si>
+  <si>
+    <t>BURZUM - Hvis Lyset Tar Oss</t>
+  </si>
+  <si>
+    <t>BURZUM - Filosofem</t>
+  </si>
+  <si>
+    <t>Transcendental Metal</t>
+  </si>
+  <si>
+    <t>BURZUM - Det Som Engang Var</t>
+  </si>
+  <si>
+    <t>LAKE OF TEARS - Forever Autumn</t>
+  </si>
+  <si>
+    <t>SWALLOW THE SUN - When A Shadow Is Forced Into The Light</t>
+  </si>
+  <si>
+    <t>BURZUM - Belus</t>
+  </si>
+  <si>
+    <t>BURZUM - Daudi Baldrs</t>
+  </si>
+  <si>
+    <t>Heathen Ambient</t>
+  </si>
+  <si>
+    <t>BURZUM - Burzum / Aske</t>
+  </si>
+  <si>
+    <t>MYSTICUM - Planet Satan (особые номера)</t>
+  </si>
+  <si>
+    <t>MYSTICUM - Planet Satan</t>
+  </si>
+  <si>
+    <t>ROTTING CHRIST - Their Greatest Spells</t>
+  </si>
+  <si>
+    <t>BATHORY - Requiem</t>
+  </si>
+  <si>
+    <t>SHAPE OF DESPAIR - Shades of...</t>
+  </si>
+  <si>
+    <t>MORBID ANGEL - Kingdoms Disdained</t>
+  </si>
+  <si>
+    <t>THERGOTHON - Stream From The Heavens</t>
+  </si>
+  <si>
+    <t>SLAYER - Hell Awaits</t>
+  </si>
+  <si>
+    <t>IMMORTAL - Damned in Black</t>
+  </si>
+  <si>
+    <t>BEHEMOTH - I Loved You at Your Darkest</t>
+  </si>
+  <si>
+    <t>CANNIBAL CORPSE - Tomb of the Mutilated</t>
+  </si>
+  <si>
+    <t>SLAYER - Show No Mercy</t>
+  </si>
+  <si>
+    <t>LAKE OF TEARS - The Neonai</t>
+  </si>
+  <si>
+    <t>AURA NOIR - Aura Noire</t>
+  </si>
+  <si>
+    <t>БАТЮШКА - Litourgiya</t>
+  </si>
+  <si>
+    <t>MARDUK - Plague Angel</t>
+  </si>
+  <si>
+    <t>CRADLE OF FILTH - Dusk... And Her Embrace - The Original Sin</t>
+  </si>
+  <si>
+    <t>TIAMAT - Judas Christ</t>
+  </si>
+  <si>
+    <t>ANAAL NATHRAKH - Domine Non Es Dignus</t>
+  </si>
+  <si>
+    <t>AMORPHIS - Tales From The Thousand Lakes / Black Winter Day</t>
+  </si>
+  <si>
+    <t>DIMMU BORGIR - In Sorte Diaboli</t>
+  </si>
+  <si>
+    <t>THERION - Sitra Arha</t>
+  </si>
+  <si>
+    <t>MARDUK - Opus Nocturne</t>
+  </si>
+  <si>
+    <t>CANNIBAL CORPSE - Kill</t>
+  </si>
+  <si>
+    <t>BEHEMOTH - The Satanist</t>
+  </si>
+  <si>
+    <t>BEASTCRAFT - Pentagram Sacrifice</t>
+  </si>
+  <si>
+    <t>Picture LP</t>
+  </si>
+  <si>
+    <t>Osmose Productions</t>
+  </si>
+  <si>
+    <t>СТАРУХА - Жить \ Нет худа без добра</t>
+  </si>
+  <si>
+    <t>LP</t>
+  </si>
+  <si>
+    <t>VADER - Necropolis</t>
+  </si>
+  <si>
+    <t>Back on Black</t>
+  </si>
+  <si>
+    <t>DESTRUCTION - Mad Butcher</t>
+  </si>
+  <si>
+    <t>High Roller Records</t>
+  </si>
+  <si>
+    <t>ALCEST - Le Secret</t>
+  </si>
+  <si>
+    <t>Prophecy Productions</t>
+  </si>
+  <si>
+    <t>Order Of The Blood Dog</t>
+  </si>
+  <si>
+    <t>ДРАКУЛА - Соната для Сатаны (Opaque Green)</t>
+  </si>
+  <si>
+    <t>ДРАКУЛА - Соната для Сатаны (Sang De Boeuf)</t>
+  </si>
+  <si>
+    <t>ROSSOMAHAAR - Imperium Tenebrarum</t>
+  </si>
+  <si>
+    <t>FJOSNISSE - Unleashed Hymns</t>
+  </si>
+  <si>
+    <t>DOWNCROSS - White Tower (emerald)</t>
+  </si>
+  <si>
+    <t>SACRILEGIOUS PROFANITY - Genocide Rituals</t>
+  </si>
+  <si>
+    <t>Rabauw</t>
+  </si>
+  <si>
+    <t>Indie Recordings</t>
+  </si>
+  <si>
+    <t>DISSIMULATION / OBTEST - 77</t>
+  </si>
+  <si>
+    <t>Ledo Takas Records</t>
+  </si>
+  <si>
+    <t>AENAON - Mnemosyne</t>
+  </si>
+  <si>
+    <t>DAWN - The Eternal Forest - Demo Years '91-'93</t>
+  </si>
+  <si>
+    <t>DARKTHRONE - Astral Fortress</t>
+  </si>
+  <si>
+    <t>KRUGER - Эмбрион Сатаны (marbled)</t>
+  </si>
+  <si>
+    <t>ДАЙ - Виновен тем, что жив (black)</t>
+  </si>
+  <si>
+    <t>ДАЙ - Виновен тем, что жив (marbled)</t>
+  </si>
+  <si>
+    <t>MENTAL HOME - Vale (marbled)</t>
+  </si>
+  <si>
+    <t>ЖЕЛЕЗНЫЙ ПОТОК - Зовущая Вечность (black)</t>
+  </si>
+  <si>
+    <t>ЖЕЛЕЗНЫЙ ПОТОК - Зовущая Вечность (marbled)</t>
+  </si>
+  <si>
+    <t>КОРРОЗИЯ МЕТАЛЛА - Russian Vodka</t>
+  </si>
+  <si>
+    <t>КТР</t>
+  </si>
+  <si>
+    <t>SWORN - A Journey Told Through Fire</t>
+  </si>
+  <si>
+    <t>TRAIL OF TEARS - Winds Of Disdain</t>
+  </si>
+  <si>
+    <t>12"EP</t>
+  </si>
+  <si>
+    <t>ATARAXIA - Centaurea</t>
+  </si>
+  <si>
+    <t>RID - Lightning Wheel</t>
+  </si>
+  <si>
+    <t>White Horse</t>
+  </si>
+  <si>
+    <t>APPLICATOR 120 - Neue Österreichische Post-Avantgarde</t>
+  </si>
+  <si>
+    <t>Lurch</t>
+  </si>
+  <si>
+    <t>CODE 243 - Urban Guerilla</t>
+  </si>
+  <si>
+    <t>Steinklang Industries</t>
+  </si>
+  <si>
+    <t>CULTO MALDITO - Jódete Jesús</t>
+  </si>
+  <si>
+    <t>Cryptic Visions Arts</t>
+  </si>
+  <si>
+    <t>Life Eternal Productions</t>
+  </si>
+  <si>
+    <t>V.A.R. - …Temná</t>
+  </si>
+  <si>
+    <t>MURRAIN - The Famine</t>
+  </si>
+  <si>
+    <t>DEATHKEY - Emanations Of Binaural Terror</t>
+  </si>
+  <si>
+    <t>KULT OFENZIVY - Symfonie Oceli</t>
+  </si>
+  <si>
+    <t>ТРОЛЛЬ ГНЁТ ЕЛЬ - Девять</t>
+  </si>
+  <si>
+    <t>AZAZEL - Jesus Perversions: Raping The Virgin Mary</t>
+  </si>
+  <si>
+    <t>Werewolf Records</t>
+  </si>
+  <si>
+    <t>COLDBORN - Lingering Voidwards</t>
+  </si>
+  <si>
+    <t>Final Sacrifice Records</t>
+  </si>
+  <si>
+    <t>TRIBULATION - Melancholia</t>
+  </si>
+  <si>
+    <t>PANPHAGE / JARNVIDR - Gøthalandom</t>
+  </si>
+  <si>
+    <t>Ostrogothia Productions</t>
+  </si>
+  <si>
+    <t>NORDREICH - Verschlungene Pfade</t>
+  </si>
+  <si>
+    <t>Raging Bloodlust Records</t>
+  </si>
+  <si>
+    <t>MAVORIM / AD MORTEM - Iudicium Ultimum</t>
+  </si>
+  <si>
+    <t>MAVORIM - Aasfresser</t>
+  </si>
+  <si>
+    <t>SPEAR OF LONGINUS - Nothing Is Forever, And, Forever Is Nothing</t>
+  </si>
+  <si>
+    <t>GRAVE DIGGER - Кровавые поля</t>
+  </si>
+  <si>
+    <t>SABATON - Атака мертвецов</t>
+  </si>
+  <si>
+    <t>SURTR - Pulvis Et Umbra</t>
+  </si>
+  <si>
+    <t>Altsphere Production</t>
+  </si>
+  <si>
+    <t>Виниловый сет - советский Heavy Metal</t>
+  </si>
+  <si>
+    <t>9LP</t>
+  </si>
+  <si>
+    <t>VANDOD - As</t>
+  </si>
+  <si>
+    <t>DEMIURGON - Cult Of Iconoclasm</t>
+  </si>
+  <si>
+    <t>7"EP</t>
+  </si>
+  <si>
+    <t>GOAT TERROR - Unholy March</t>
+  </si>
+  <si>
+    <t>Unpure Records</t>
+  </si>
+  <si>
+    <t>PESTILENTIA / SICKRITES - From the temples below (специальная версия)</t>
+  </si>
+  <si>
+    <t>PESTILENTIA / SICKRITES - From the temples below</t>
+  </si>
+  <si>
+    <t>GODS TOWER - Liar</t>
+  </si>
+  <si>
+    <t>Folk Doom Heavy Metal</t>
+  </si>
+  <si>
+    <t>PESTILENTIA - Death Incantations</t>
+  </si>
+  <si>
+    <t>Arma Diaboli Productions</t>
+  </si>
+  <si>
+    <t>AENAON \ STIELAS STORHETT - Er \ Alter Ego</t>
+  </si>
+  <si>
+    <t>Progressive Blackened Metal</t>
+  </si>
+  <si>
+    <t>10"EP</t>
+  </si>
+  <si>
+    <t>MORK TRE - Necrofolk</t>
+  </si>
+  <si>
+    <t>ANGIZIA - Kokon (Ein Schaurig-Schönes Schachtelstück)</t>
+  </si>
+  <si>
+    <t>Gatefold DLP</t>
+  </si>
+  <si>
+    <t>PRIMORDIAL - Gods To The Godless (Live At Bang Your Head Festival Germany 2015)</t>
+  </si>
+  <si>
+    <t>DLP</t>
+  </si>
+  <si>
+    <t>Metal Blade Records</t>
+  </si>
+  <si>
+    <t>PRIMORDIAL - Redemption At The Puritan's Hand</t>
+  </si>
+  <si>
+    <t>OUTRAGE - The Book Of The Seven Seals</t>
+  </si>
+  <si>
+    <t>Ripping Storm Records</t>
+  </si>
+  <si>
+    <t>PARADISE LOST - Draconian Times MMXI</t>
+  </si>
+  <si>
+    <t>DARK FORTRESS - Seance</t>
+  </si>
+  <si>
+    <t>SAATKRAHE - Les Mémoires D'un Corbeau Mort II</t>
+  </si>
+  <si>
+    <t>АРКОНА - Возрождение</t>
+  </si>
+  <si>
+    <t>АРКОНА - Во Славу Великим</t>
+  </si>
+  <si>
+    <t>ZEPHYROUS - Everlasting Fire</t>
+  </si>
+  <si>
+    <t>Floga Records</t>
+  </si>
+  <si>
+    <t>THE AGONIST - Prisoners</t>
+  </si>
+  <si>
     <t>THE AGONIST - Eye Of Providence</t>
   </si>
   <si>
-    <t>PROTECTOR - Cursed And Coronated</t>
-[...994 lines deleted...]
-  <si>
     <t>Final Agony Records</t>
   </si>
   <si>
     <t>IC REX - Vedenjakaja</t>
   </si>
   <si>
     <t>Temple Of Torturous</t>
   </si>
   <si>
     <t>MUNRUTHEL - ВЕРОломство</t>
   </si>
   <si>
+    <t>Gatefold LP</t>
+  </si>
+  <si>
+    <t>ENDSTILLE - Infektion 1813</t>
+  </si>
+  <si>
+    <t>MAYHEM - Life Eternal</t>
+  </si>
+  <si>
+    <t>Saturnus Productions</t>
+  </si>
+  <si>
     <t>SADISTIK EXEKUTION - Fukk II</t>
   </si>
   <si>
-    <t>Gatefold LP</t>
-[...1 lines deleted...]
-  <si>
     <t>AFM Records</t>
   </si>
   <si>
     <t>Gatefold 4LP</t>
   </si>
   <si>
     <t>BLACK ALTAR - Death Fanaticism</t>
   </si>
   <si>
-    <t>GRAVE - As Rapture Comes</t>
-[...1 lines deleted...]
-  <si>
     <t>ROTTING CHRIST - Lucifer over Athens</t>
   </si>
   <si>
     <t>ICED EARTH - Days of Purgatory</t>
   </si>
   <si>
     <t>Gatefold 3LP</t>
   </si>
   <si>
     <t>ABORTED - Maniacult</t>
   </si>
   <si>
     <t>Gatefold LP+CD</t>
   </si>
   <si>
-    <t>BEHEMOTH - Opvs Contra Natvram (подписанный)</t>
-[...1 lines deleted...]
-  <si>
     <t>CORVUS CORAX - Sverker</t>
   </si>
   <si>
     <t>CORVUS CORAX - Era Metallum</t>
   </si>
   <si>
     <t>Trifold LP</t>
   </si>
   <si>
     <t>АРКОНА - Лепта</t>
   </si>
   <si>
     <t>VENOM - ... Tear Your Soul Apart</t>
   </si>
   <si>
-    <t>THE AGONIST - Once Only Imagined</t>
+    <t>THE AGONIST - Lullabies For The Dormant Mind</t>
   </si>
   <si>
     <t>AMON - Liar in Wait</t>
   </si>
   <si>
     <t>AENAON - Cendres Et Sang</t>
   </si>
   <si>
     <t>Progressive Black Metal</t>
   </si>
   <si>
     <t>DLP Boxed Set</t>
   </si>
   <si>
     <t>LACUNA COIL - The 119th Show</t>
   </si>
   <si>
     <t>3LP Boxed Set</t>
   </si>
   <si>
-    <t>4LP Boxed Set</t>
-[...1 lines deleted...]
-  <si>
     <t>GODS TOWER - Raven Tales (уценка)</t>
   </si>
   <si>
     <t>8LP Box</t>
   </si>
   <si>
     <t>NURSE WITH WOUND - She And Me Fall Together In Free Death</t>
   </si>
   <si>
     <t>Logical Absurd</t>
   </si>
   <si>
     <t>DARK FORTRESS - Seance (iron box)</t>
   </si>
   <si>
     <t>NIDEN DIV. 187 - Impergium / Towards Judgment</t>
   </si>
   <si>
     <t>Dawnbreed Records</t>
   </si>
   <si>
     <t>LP Box</t>
   </si>
   <si>
     <t>NECROMANTIA - Epitaph: The Complete Worx</t>
   </si>
   <si>
     <t>9xLP Boxed Set</t>
   </si>
   <si>
     <t>NECROMANTIA - Epitaph: The Complete Worx (Gold)</t>
   </si>
   <si>
     <t>NORDJEVEL - Gnavh​ò​l</t>
   </si>
   <si>
     <t>DLP+Tape Boxed Set</t>
   </si>
   <si>
     <t>NIGHTBRINGER - Death And The Black Work</t>
   </si>
   <si>
     <t>Forever Plagued Records</t>
   </si>
   <si>
-    <t>POSSESSION PRODUCTIONS - Vinyl Pack -33% off</t>
-[...1 lines deleted...]
-  <si>
     <t>GODS TOWER - Raven Tales</t>
   </si>
   <si>
-    <t>SABBAT - Sabbatical Maniac Vol. 2</t>
+    <t>ZMROK - Blukanni Ǔ Čiemry</t>
   </si>
   <si>
     <t>Tape</t>
   </si>
   <si>
-    <t>Witchhammer Production</t>
-[...5 lines deleted...]
-    <t>Храм Больного Звука</t>
+    <t>DUB BUK - Иду На Ви!</t>
+  </si>
+  <si>
+    <t>Коловорот Records</t>
+  </si>
+  <si>
+    <t>DUB BUK - Місяць Помсти</t>
+  </si>
+  <si>
+    <t>Kolovrat</t>
+  </si>
+  <si>
+    <t>XUL - Зло</t>
+  </si>
+  <si>
+    <t>S.W.O.R.D. – Prakljon</t>
+  </si>
+  <si>
+    <t>KRUK - Śmierć Dzielja Śmierci... Mjorzłaje Piekła</t>
+  </si>
+  <si>
+    <t>UDUMBAL - Ahi Budhnya</t>
+  </si>
+  <si>
+    <t>Black Ambient Metal</t>
+  </si>
+  <si>
+    <t>NORTT - Mournful Monuments 1998-2002</t>
+  </si>
+  <si>
+    <t>Pure Depressive Funeral Black Doom Metal</t>
+  </si>
+  <si>
+    <t>AZAAB - Summoning the Cataclysm</t>
+  </si>
+  <si>
+    <t>CARNAL DISFIGUREMENT - Inhuman Devoured Content from Cranial Cavity</t>
+  </si>
+  <si>
+    <t>Graboid of the Ground Records</t>
+  </si>
+  <si>
+    <t>СИВЫЙ ЯР - Золотые Нити</t>
+  </si>
+  <si>
+    <t>СИВЫЙ ЯР - Над Страшной Пропастью Рдяный Восход</t>
+  </si>
+  <si>
+    <t>BLACKNESS - Crossing the Abyss</t>
+  </si>
+  <si>
+    <t>VALHALLA - On The Way To Gods</t>
+  </si>
+  <si>
+    <t>Beverina Productions</t>
+  </si>
+  <si>
+    <t>VALHALLA - Loss of Benediction</t>
+  </si>
+  <si>
+    <t>CORPUS CHRISTII - The Fire of God</t>
+  </si>
+  <si>
+    <t>WATAIN - Sworn to the Dark</t>
+  </si>
+  <si>
+    <t>Satanic Propaganda Records</t>
   </si>
   <si>
     <t>TAPIAS DE PILATOS - Cementerio de Excomulgados</t>
   </si>
   <si>
     <t>Death Defier Productions</t>
   </si>
   <si>
+    <t>FAUSTBRUHIEL / PESTILENTIA - Šlach u zabyćcio (SKON)</t>
+  </si>
+  <si>
+    <t>Skon</t>
+  </si>
+  <si>
+    <t>ŹNIEŽYVIEŁY – Tolki hniły podych viečnaści (SKON)</t>
+  </si>
+  <si>
+    <t>TANATOR - Tragedy</t>
+  </si>
+  <si>
+    <t>Segacore Records</t>
+  </si>
+  <si>
+    <t>POWDER BURNS - ...на горячей земле</t>
+  </si>
+  <si>
+    <t>REGICIDE - Eternal Siege</t>
+  </si>
+  <si>
+    <t>GUL - Mors Regnat Ubique</t>
+  </si>
+  <si>
+    <t>NIGHT ABYSS - Curse of the Ancient Abyss</t>
+  </si>
+  <si>
+    <t>Заиндевевшая Рябина</t>
+  </si>
+  <si>
+    <t>Crypt of Black Fog</t>
+  </si>
+  <si>
+    <t>ACWEALD - Of Oak, Boulder and the Black Knights</t>
+  </si>
+  <si>
+    <t>ЛЕГИОН - У Окна</t>
+  </si>
+  <si>
+    <t>Legion Records</t>
+  </si>
+  <si>
+    <t>ЛЕГИОН - Дай Мне Имя</t>
+  </si>
+  <si>
+    <t>ЧЁРНЫЙ ОБЕЛИСК - Ещё один день</t>
+  </si>
+  <si>
+    <t>Элиас Records</t>
+  </si>
+  <si>
+    <t>ЧЁРНЫЙ КОФЕ - Golden Lady</t>
+  </si>
+  <si>
+    <t>Мистерия Звука</t>
+  </si>
+  <si>
+    <t>INTOLITARIAN - Suicidal Allegiance</t>
+  </si>
+  <si>
+    <t>ORDINANCE - In Purge There Is No Remission</t>
+  </si>
+  <si>
+    <t>GUL - Ex Sub Terra</t>
+  </si>
+  <si>
+    <t>PAGAN - Reh.8</t>
+  </si>
+  <si>
+    <t>THE BLACK LEAGUE - Ichor</t>
+  </si>
+  <si>
+    <t>EMPTYNESS - Emptyness</t>
+  </si>
+  <si>
+    <t>ANCIENT RITES - Dim Carcosa</t>
+  </si>
+  <si>
+    <t>PERVERSE MONASTYR - Война Против Измамните Религии</t>
+  </si>
+  <si>
+    <t>Division Geistes-Waffe</t>
+  </si>
+  <si>
+    <t>PROFANATICA - Thy Kingdom Cum</t>
+  </si>
+  <si>
+    <t>DARKSPACE - Dark Space II</t>
+  </si>
+  <si>
+    <t>GHASH - The Night's Ordinance</t>
+  </si>
+  <si>
+    <t>Aeon of Horus</t>
+  </si>
+  <si>
+    <t>RAATE - Sielu, Linna</t>
+  </si>
+  <si>
+    <t>Night Birds Records</t>
+  </si>
+  <si>
+    <t>COSMIC STORM / SMOUZ - The First Cosmic Storm / Vypramieńvańnie</t>
+  </si>
+  <si>
+    <t>Decadence Within Records</t>
+  </si>
+  <si>
+    <t>SANATORIUM - Arrival Of The Forgotten Ones</t>
+  </si>
+  <si>
+    <t>GREAT SORROW - I Hope</t>
+  </si>
+  <si>
+    <t>MetalAgen Records</t>
+  </si>
+  <si>
+    <t>SORROWFUL GOD - M.E.P.H.I.S.T.O.</t>
+  </si>
+  <si>
+    <t>POWERWOLF - First 4 Albums Tape Collector's Box</t>
+  </si>
+  <si>
+    <t>4xTape Boxed Set</t>
+  </si>
+  <si>
+    <t>FALLEN HORIZON - To the Horizons Lost</t>
+  </si>
+  <si>
+    <t>LEPRA - Oderint Dúm Métuant</t>
+  </si>
+  <si>
+    <t>Ominous Recordings</t>
+  </si>
+  <si>
+    <t>CELESTIA - A Dying Out Ecstasy</t>
+  </si>
+  <si>
+    <t>Drakkar Productions</t>
+  </si>
+  <si>
+    <t>DEMONIC SLAUGHTER - Cold Disease Of Reality</t>
+  </si>
+  <si>
+    <t>DUSK - Beginning...</t>
+  </si>
+  <si>
+    <t>Wulfrune Worxxx</t>
+  </si>
+  <si>
+    <t>YSENGRIN - Tragedies - Liber Hermetis</t>
+  </si>
+  <si>
+    <t>Occult Metal</t>
+  </si>
+  <si>
+    <t>Vječni Rat</t>
+  </si>
+  <si>
+    <t>DODENKROCHT - A Veneration Of The Dead - Haunting Baroeg Rotterdam April 4th MMXV</t>
+  </si>
+  <si>
+    <t>DENIAL OF GOD - Klabautermanden</t>
+  </si>
+  <si>
+    <t>Black Heavy Metal</t>
+  </si>
+  <si>
+    <t>Misanthropic Propaganda Productions</t>
+  </si>
+  <si>
+    <t>SERPENT NOIR - Sanguis XI</t>
+  </si>
+  <si>
+    <t>Adverse Order Music</t>
+  </si>
+  <si>
+    <t>BESTIAL MOLESTOR - The Malefic Vomit Of Satan</t>
+  </si>
+  <si>
+    <t>Infernal Kommando Records</t>
+  </si>
+  <si>
+    <t>ITER IGNIS - Promo 2005</t>
+  </si>
+  <si>
+    <t>Gravestench Productions</t>
+  </si>
+  <si>
+    <t>PERDITION ORACLE - Litanies Of The Serpent</t>
+  </si>
+  <si>
+    <t>Omega Productions</t>
+  </si>
+  <si>
+    <t>POPCORE EXPERIENCE - Et Currere</t>
+  </si>
+  <si>
+    <t>Music Violence Productions</t>
+  </si>
+  <si>
+    <t>MOURNFUL GUST - She's My Grief</t>
+  </si>
+  <si>
+    <t>AUTUMNAL DISCORD - The Quest</t>
+  </si>
+  <si>
+    <t>Hobgoblin Records</t>
+  </si>
+  <si>
+    <t>ARCHONTES - Saga Of Eternity</t>
+  </si>
+  <si>
+    <t>SPECTER - Images Of The Innocent</t>
+  </si>
+  <si>
+    <t>THOU ART LORD - Eosforos</t>
+  </si>
+  <si>
+    <t>SVARTALV - Winterbound</t>
+  </si>
+  <si>
+    <t>THE DEATHTRIP - Deep Drone Master</t>
+  </si>
+  <si>
+    <t>NEBULHAIM - As Autumn Wanes</t>
+  </si>
+  <si>
+    <t>EMPTY - Omnia Amet Lorem</t>
+  </si>
+  <si>
+    <t>SACRILEGIOUS IMPALEMENT - III - Lux Infera</t>
+  </si>
+  <si>
+    <t>SACRILEGIOUS IMPALEMENT - II - Exalted Spectres</t>
+  </si>
+  <si>
+    <t>SACRILEGIOUS IMPALEMENT - Cultus Nex</t>
+  </si>
+  <si>
+    <t>MORTEM - Filicide</t>
+  </si>
+  <si>
+    <t>CORPSE WORSHIP - Necroresonance</t>
+  </si>
+  <si>
+    <t>ANAL GRIND - Chronic Pornoholic</t>
+  </si>
+  <si>
+    <t>ANAL GRIND - Born To Porn</t>
+  </si>
+  <si>
+    <t>MISANTHROPIC ART - Pest of the Past</t>
+  </si>
+  <si>
+    <t>CRAFT - 5 Tape Set</t>
+  </si>
+  <si>
+    <t>5xTape Set</t>
+  </si>
+  <si>
     <t>Darkness Shall Rise Productions</t>
   </si>
   <si>
-    <t>FAUSTBRUHIEL / PESTILENTIA - Šlach u zabyćcio (SKON)</t>
-[...274 lines deleted...]
-  <si>
     <t>NOCTERNITY - 6 cassettes tape-bundle</t>
   </si>
   <si>
     <t>6xTape Set</t>
   </si>
   <si>
     <t>VENENUM - Venenum</t>
   </si>
   <si>
-    <t>NIAISNY - U Zmroku I Cieniu Śmiarotnym</t>
-[...4 lines deleted...]
-  <si>
     <t>AMON AMARTH - 9 albums collectors cassette box set</t>
   </si>
   <si>
     <t>BLACK GOAT - Percussimus Foedus Cum Morte Et Cum Inferno Fecimus Pactum</t>
   </si>
   <si>
-    <t>STODOR WILZORUM - Trauermystik</t>
-[...1 lines deleted...]
-  <si>
     <t>ABSU - Return Of The Ancients / The Temples Of Offal</t>
   </si>
   <si>
     <t>ROWAN - Rowan</t>
   </si>
   <si>
     <t>ANAEL - Necromantic Rituals</t>
   </si>
   <si>
     <t>ANAEL - On Wings Of Mercury</t>
   </si>
   <si>
     <t>ANAEL - Mare</t>
   </si>
   <si>
     <t>ANAEL - From Arcane Fires</t>
   </si>
   <si>
     <t>ORTHODOXY - Novus Lux Dominus</t>
   </si>
   <si>
     <t>KAOSOPHIA - Τoωαρδσ Τηε Ενδ</t>
   </si>
   <si>
     <t>Wicked Tapestry</t>
   </si>
   <si>
     <t>TULUS - Biography Obscene</t>
   </si>
   <si>
     <t>GEHENNA - First Spell</t>
   </si>
   <si>
     <t>BONEHAMMER / GOATHORNED - Eastern Graves</t>
   </si>
   <si>
     <t>PEK - Infernal Realm Of Chains</t>
   </si>
   <si>
     <t>Осолонь Productions</t>
   </si>
   <si>
-    <t>INFERNAL EXECRATOR - Thy Demonization Conquers</t>
-[...1 lines deleted...]
-  <si>
     <t>De Umbris Productions</t>
   </si>
   <si>
     <t>ESTUANS INTERIUS - Obscura Trance</t>
   </si>
   <si>
     <t>BeBlessedTheCursed</t>
   </si>
   <si>
     <t>FUNEREAL MOON - Rites Of Black Putrefaction</t>
   </si>
   <si>
     <t>PEK - Shut Up and Suffer</t>
   </si>
   <si>
     <t>AASGARD - Ravens Hymns Foreshadows The End</t>
   </si>
   <si>
     <t>Legion Blotan</t>
   </si>
   <si>
     <t>WACHT - Wacht / Fin Cha'l Muond Es Sfrachà</t>
   </si>
   <si>
     <t>Sigillvm Tenebrae Records</t>
   </si>
   <si>
-    <t>KULT OV DEVIANZ - Au sanctuaire des sociopathes dégénérés...</t>
-[...4 lines deleted...]
-  <si>
     <t>PESTILENTIA - Pestilentia</t>
   </si>
   <si>
     <t>GOATHORNED - G.G.G.</t>
   </si>
   <si>
     <t>VINCENT CROWLEY - Beyond Acheron</t>
   </si>
   <si>
     <t>FUNERAL RITES - Logo - XL</t>
   </si>
   <si>
     <t>Майка</t>
   </si>
   <si>
     <t>FUNERAL RITES - Logo - L</t>
   </si>
   <si>
     <t>FUNERAL RITES - Logo - M</t>
   </si>
   <si>
     <t>PRAGNAVIT - Horned God - XL</t>
   </si>
   <si>
     <t>VELD - S.I.N. - M</t>
@@ -7048,89 +7013,83 @@
   <si>
     <t>ACHERON - Rites Of The Black Mass - S</t>
   </si>
   <si>
     <t>BEHEMOTH - Russian Satanist - S</t>
   </si>
   <si>
     <t>PESTILENTIA - Shield - S</t>
   </si>
   <si>
     <t>PESTILENTIA - Shield - M</t>
   </si>
   <si>
     <t>SAOR - Cu Sith - S</t>
   </si>
   <si>
     <t>Musical Hall</t>
   </si>
   <si>
     <t>МОР - Война - L</t>
   </si>
   <si>
     <t>Cod Distribution</t>
   </si>
   <si>
-    <t>WATAIN - Black Metal Militia: Eastern Division - M</t>
-[...1 lines deleted...]
-  <si>
     <t>VARATHRON - His Majesty at the Swamp - S</t>
   </si>
   <si>
     <t>VARATHRON - His Majesty at the Swamp - L</t>
   </si>
   <si>
     <t>WATAIN - Sons of Satan - M</t>
   </si>
   <si>
     <t>WATAIN - Sons of Satan - S</t>
   </si>
   <si>
     <t>ULVER - The Altering Eye // Metastazis - S</t>
   </si>
   <si>
     <t>AETERNUS - Dark Sorcery - S</t>
   </si>
   <si>
     <t>SHINING - Inga Broar Kvar Att Branna - L</t>
   </si>
   <si>
     <t>WALLACHIA - Wallachia - XL</t>
   </si>
   <si>
     <t>Archivist Records</t>
   </si>
   <si>
     <t>MOONSPELL - Under the Moonspell</t>
   </si>
   <si>
     <t>AMON - Feasting the Beast - M</t>
   </si>
   <si>
-    <t>PESTILENTIA - Logo - M</t>
-[...1 lines deleted...]
-  <si>
     <t>PENTAGRAM - Белая - XL</t>
   </si>
   <si>
     <t>Second Skin</t>
   </si>
   <si>
     <t>VELD - Supporter - S</t>
   </si>
   <si>
     <t>VELD - S.I.N. - S</t>
   </si>
   <si>
     <t>ZMROK - Black Witching Metal - XL</t>
   </si>
   <si>
     <t>ZMROK - Black Witching Metal - S</t>
   </si>
   <si>
     <t>PENTAGRAM - Белая - M</t>
   </si>
   <si>
     <t>майка</t>
   </si>
   <si>
     <t>MASACRE - Cortejo Funebre - XL</t>
@@ -7300,176 +7259,161 @@
   <si>
     <t>Набор чарак "Вогненная Вада"</t>
   </si>
   <si>
     <t>рюмки</t>
   </si>
   <si>
     <t>BLOODRAIN - Resurgam</t>
   </si>
   <si>
     <t>значок</t>
   </si>
   <si>
     <t>EVILWINGED - Logo Pin</t>
   </si>
   <si>
     <t>Флаг</t>
   </si>
   <si>
     <t>Baphomet Pentagram</t>
   </si>
   <si>
     <t>PAGAN - White Logo Pin</t>
   </si>
   <si>
-    <t>LITVINY (only victory) / BELARUS supporters</t>
-[...4 lines deleted...]
-  <si>
     <t>ALTAR #1</t>
   </si>
   <si>
     <t>Журнал</t>
   </si>
   <si>
     <t>NEGURA #3</t>
   </si>
   <si>
-    <t>GOTHIC AND MACHINES #3</t>
-[...4 lines deleted...]
-  <si>
     <t>AD ARMA #1</t>
   </si>
   <si>
     <t>PROSELYTISM #1</t>
   </si>
   <si>
     <t>7 GATES #9/2004</t>
   </si>
   <si>
     <t>BYLEC-TUM #9</t>
   </si>
   <si>
     <t>GAZE INTO A GLOOM #6</t>
   </si>
   <si>
     <t>FROST #1</t>
   </si>
   <si>
     <t>MOONLIGHT SHADOWS #2</t>
   </si>
   <si>
     <t>HORRIBLE EYES #3</t>
   </si>
   <si>
     <t>AGONIA WAR'ZINE #3</t>
   </si>
   <si>
     <t>DARK CITY №25/2005</t>
   </si>
   <si>
     <t>RIDDLE OF STEEL #4</t>
   </si>
   <si>
     <t>BLACK CURSE #3</t>
   </si>
   <si>
     <t>UNHOLY CHRONICLES #2</t>
   </si>
   <si>
     <t>CHRONICLES #2</t>
   </si>
   <si>
+    <t>СТЕФАН ГРАБИНСКИЙ - Иллюзии и причуды</t>
+  </si>
+  <si>
+    <t>Книга</t>
+  </si>
+  <si>
+    <t>Мистика</t>
+  </si>
+  <si>
+    <t>Престиж Бук</t>
+  </si>
+  <si>
     <t>ЖАН РЭЙ - Гарри Диксон. Семь вилл</t>
   </si>
   <si>
-    <t>Книга</t>
-[...7 lines deleted...]
-  <si>
     <t>ГОВАРД ЛАВКРАФТ - Ужас в музее</t>
   </si>
   <si>
     <t>Ужасы</t>
   </si>
   <si>
     <t>Эксмо</t>
   </si>
   <si>
     <t>ГЛЕБ ЕЛИСЕЕВ - Лавкрафт</t>
   </si>
   <si>
     <t>Биография</t>
   </si>
   <si>
     <t>Вече</t>
   </si>
   <si>
     <t>НИЛ ГЕЙМАН и др. - Монстры Лавкрафта</t>
   </si>
   <si>
     <t>РОБЕРТ ЧАМБЕРС - Король в жёлтом</t>
   </si>
   <si>
     <t>АСТ</t>
   </si>
   <si>
     <t>УИЛЬЯМ ХЬЁРТСБЕРГ - Сердце Ангела. Преисподняя Ангела</t>
   </si>
   <si>
     <t>ТОМ ПИККИРИЛЛИ - Хор больных детей. Скорбь ноября</t>
   </si>
   <si>
     <t>РОБЕРТ ЭЙКМАН - Холодная рука в моей руке</t>
   </si>
   <si>
     <t>РЭМСИ КЭМПБЕЛЛ - Полуночное солнце</t>
   </si>
   <si>
     <t>КЛАЙВ БАРКЕР - Проклятая Игра</t>
   </si>
   <si>
     <t>ДМИТРИЙ ТИХОНОВ - Чёртовы пальцы</t>
   </si>
   <si>
-    <t>РОБЕРТ ГОВАРД - Соломон Кейн: Клинок Судьбы</t>
-[...4 lines deleted...]
-  <si>
     <t>АДАМ НЭВИЛЛ - Багрянец</t>
   </si>
   <si>
     <t>ДЖОН ХОРНОР ДЖЕЙКОБС - Живой роскошный ад</t>
   </si>
   <si>
     <t>ЭД КУРЦ - И создал из ребра я новый мир</t>
   </si>
   <si>
     <t>ГРЕГ ГИФЬЮН - Сезон крови</t>
   </si>
   <si>
     <t>РИЧАРД ЛАЙМОН - Луна-парк</t>
   </si>
   <si>
     <t>ЭСТЕЛЬ ФАЙ - Вендиго</t>
   </si>
   <si>
     <t>НЕЙТАН БАЛЛИНГРУД - Раны. Земля монстров</t>
   </si>
   <si>
     <t>РОНАЛЬД МАЛФИ - Кость Бледная</t>
   </si>
   <si>
     <t>СКОТТ БЁРНС - Жизнь внутри метала смерти 1987-1997</t>
@@ -7492,50 +7436,56 @@
   <si>
     <t>Эскмо</t>
   </si>
   <si>
     <t>РОМАН ФИШЕР - Через корни к звёздам</t>
   </si>
   <si>
     <t>ГОВАРД ЛАВКРАФТ - Некрономикон. Книга запретных тайн</t>
   </si>
   <si>
     <t>Йорн "Necrobutcher" Стубберуд - Архив Смерти: MAYHEM 1984-1994</t>
   </si>
   <si>
     <t>ГАНС ГЕЙНЦ ЭВЕРС - Метаморфоза Килиана Менке</t>
   </si>
   <si>
     <t>ГОВАРД ЛАВКРАФТ - Хребты Безумия</t>
   </si>
   <si>
     <t>Астрель</t>
   </si>
   <si>
     <t>КАРЛ ХАНС ШТРОБЛЬ - Призраки на болоте</t>
   </si>
   <si>
+    <t>Г.Ф. ЛАВКРАФТ - Немезида</t>
+  </si>
+  <si>
+    <t>Поэзия</t>
+  </si>
+  <si>
     <t>Digi-CD+Книга</t>
   </si>
   <si>
     <t>Змей и Пентаграмма: Официальная хроника NECROMANTIA</t>
   </si>
   <si>
     <t>АЛИСТЕР КРОУЛИ - The Equinox («Голубой Эквинокс»)</t>
   </si>
   <si>
     <t>эзотерика</t>
   </si>
   <si>
     <t>Оккультист</t>
   </si>
   <si>
     <t>ДЭЙВ ВИНСЕНТ - Я - Морбид: Десять уроков об экстремальном метале, кантри и силе свободного волеизъявления</t>
   </si>
   <si>
     <t>КЛАРК ЭШТОН СМИТ - Город Поющего Пламени</t>
   </si>
   <si>
     <t>мистика</t>
   </si>
   <si>
     <t>Лаборатория Фантастики</t>
@@ -7549,50 +7499,53 @@
   <si>
     <t>РИКАРДУ С. АМОРИМ - Волки, которые были людьми: история MOONSPELL</t>
   </si>
   <si>
     <t>СКОТТ ЯН - Настоящий мужик. История парня из Anthrax</t>
   </si>
   <si>
     <t>Бомбора</t>
   </si>
   <si>
     <t>МАРТИН ПОПОФФ - Металлическое сердце: устремляясь ввысь с ACCEPT</t>
   </si>
   <si>
     <t>ЙОГИНИ-ТАНТРА - Главы 1-7</t>
   </si>
   <si>
     <t>Смартбукс</t>
   </si>
   <si>
     <t>MERCYFUL FATE - Мрачные похороны</t>
   </si>
   <si>
     <t>АДАМ NERGAL ДАРСКИЙ ( BEHEMOTH ) - Исповедь Еретика (специальные номера)</t>
   </si>
   <si>
+    <t>BEHEMOTH - Конкистадоры Дьявола</t>
+  </si>
+  <si>
     <t>MORTIIS - Тайны моего Королевства: Назад к неведомым мирам (бокс)</t>
   </si>
   <si>
     <t>Casus Belli Musica</t>
   </si>
   <si>
     <t>ТЕРО ИКЕХЕЙМОНЕН - Колыбель Дьявола: история финского Black Metal (особые номера)</t>
   </si>
   <si>
     <t>ТОМАС ГАБРИЭЛЬ ФИШЕР - Реальна только Смерть: Иллюстрированная история HELLHAMMER и раннего CELTIC FROST 1981-1985</t>
   </si>
   <si>
     <t>СКРИЖАЛИ МЯСНИКА - CANNIBAL CORPSE: Официальная биография (особые номера)</t>
   </si>
   <si>
     <t>Non Serviam: официальная история ROTTING CHRIST (особые номера)</t>
   </si>
   <si>
     <t>Э.А. УОЛЛЕС БАДЖ - Египетская книга мёртвых</t>
   </si>
   <si>
     <t>книга</t>
   </si>
   <si>
     <t>Москва</t>
@@ -7678,101 +7631,85 @@
   <si>
     <t>Progressive Folk Metal</t>
   </si>
   <si>
     <t>TUMULUS - Sredokresie</t>
   </si>
   <si>
     <t>FOLKEARTH - By the sword of my father</t>
   </si>
   <si>
     <t>Stygian Crypt</t>
   </si>
   <si>
     <t>WAMPYRIC BLOODLUST - Reborn</t>
   </si>
   <si>
     <t>JARNVIDR - Passeur des temps</t>
   </si>
   <si>
     <t>RT[DH]X BLEND - Адское пойло</t>
   </si>
   <si>
     <t>бокал</t>
   </si>
   <si>
-    <t>Коробка для CD двойной Jewel Case</t>
-[...8 lines deleted...]
-    <t>Тайвань</t>
+    <t>Title</t>
+  </si>
+  <si>
+    <t>Format</t>
+  </si>
+  <si>
+    <t>Genre</t>
+  </si>
+  <si>
+    <t>Label</t>
   </si>
   <si>
     <t>USD</t>
-  </si>
-[...10 lines deleted...]
-    <t>Label</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
-      <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
-      <charset val="204"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -8068,34187 +8005,34018 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E2013"/>
+  <dimension ref="A1:E2002"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C17" sqref="C17"/>
+      <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="64.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="41.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="87.140625" customWidth="1"/>
+    <col min="2" max="2" width="15.140625" customWidth="1"/>
+    <col min="3" max="3" width="32.28515625" customWidth="1"/>
+    <col min="4" max="4" width="34.140625" customWidth="1"/>
     <col min="5" max="5" width="5.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>2531</v>
+        <v>2510</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2532</v>
+        <v>2511</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>2533</v>
+        <v>2512</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>2534</v>
+        <v>2513</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>2530</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>728</v>
+        <v>1544</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
       <c r="C2" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D2" t="s">
-        <v>729</v>
+        <v>280</v>
       </c>
       <c r="E2">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1933</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="D3" t="s">
-        <v>239</v>
+        <v>41</v>
       </c>
       <c r="E3">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1966</v>
+        <v>1527</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C4" t="s">
-        <v>8</v>
+        <v>112</v>
       </c>
       <c r="D4" t="s">
-        <v>239</v>
+        <v>1520</v>
       </c>
       <c r="E4">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1497</v>
+        <v>753</v>
       </c>
       <c r="B5" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C5" t="s">
-        <v>896</v>
+        <v>96</v>
       </c>
       <c r="D5" t="s">
-        <v>379</v>
+        <v>754</v>
       </c>
       <c r="E5">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>1017</v>
+        <v>1926</v>
       </c>
       <c r="B6" t="s">
         <v>1</v>
       </c>
       <c r="C6" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D6" t="s">
-        <v>976</v>
+        <v>280</v>
       </c>
       <c r="E6">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>2409</v>
+        <v>1952</v>
       </c>
       <c r="B7" t="s">
-        <v>2403</v>
+        <v>1</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>280</v>
       </c>
       <c r="E7">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>464</v>
+        <v>1502</v>
       </c>
       <c r="B8" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C8" t="s">
-        <v>465</v>
+        <v>916</v>
       </c>
       <c r="D8" t="s">
-        <v>325</v>
+        <v>413</v>
       </c>
       <c r="E8">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>2289</v>
+        <v>1030</v>
       </c>
       <c r="B9" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C9" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>2290</v>
+        <v>990</v>
       </c>
       <c r="E9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>1949</v>
+        <v>2391</v>
       </c>
       <c r="B10" t="s">
-        <v>1</v>
+        <v>2387</v>
       </c>
       <c r="C10" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>98</v>
       </c>
       <c r="E10">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>2344</v>
+        <v>498</v>
       </c>
       <c r="B11" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C11" t="s">
+        <v>499</v>
+      </c>
+      <c r="D11" t="s">
+        <v>360</v>
+      </c>
+      <c r="E11">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>1929</v>
+        <v>2279</v>
       </c>
       <c r="B12" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C12" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D12" t="s">
-        <v>263</v>
+        <v>2280</v>
       </c>
       <c r="E12">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>1835</v>
+        <v>1939</v>
       </c>
       <c r="B13" t="s">
         <v>1</v>
       </c>
       <c r="C13" t="s">
-        <v>2</v>
+        <v>132</v>
       </c>
       <c r="D13" t="s">
-        <v>421</v>
+        <v>280</v>
       </c>
       <c r="E13">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>2128</v>
+        <v>2330</v>
       </c>
       <c r="B14" t="s">
-        <v>2129</v>
+        <v>2329</v>
       </c>
       <c r="C14" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1018</v>
+        <v>46</v>
       </c>
       <c r="E14">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>1904</v>
+        <v>1921</v>
       </c>
       <c r="B15" t="s">
         <v>1</v>
       </c>
       <c r="C15" t="s">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>302</v>
       </c>
       <c r="E15">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>1668</v>
+        <v>2110</v>
       </c>
       <c r="B16" t="s">
-        <v>1</v>
+        <v>2111</v>
       </c>
       <c r="C16" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D16" t="s">
-        <v>239</v>
+        <v>66</v>
       </c>
       <c r="E16">
-        <v>7</v>
+        <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>1988</v>
+        <v>1694</v>
       </c>
       <c r="B17" t="s">
         <v>1</v>
       </c>
       <c r="C17" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="D17" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E17">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>1916</v>
+        <v>2369</v>
       </c>
       <c r="B18" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C18" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="D18" t="s">
-        <v>421</v>
+        <v>311</v>
       </c>
       <c r="E18">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>2383</v>
+        <v>622</v>
       </c>
       <c r="B19" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C19" t="s">
-        <v>317</v>
+        <v>132</v>
       </c>
       <c r="D19" t="s">
-        <v>272</v>
+        <v>203</v>
       </c>
       <c r="E19">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>591</v>
+        <v>1546</v>
       </c>
       <c r="B20" t="s">
         <v>1</v>
       </c>
       <c r="C20" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="D20" t="s">
-        <v>150</v>
+        <v>302</v>
       </c>
       <c r="E20">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>841</v>
+        <v>863</v>
       </c>
       <c r="B21" t="s">
         <v>1</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="D21" t="s">
-        <v>842</v>
+        <v>864</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>2269</v>
+        <v>2260</v>
       </c>
       <c r="B22" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C22" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D22" t="s">
-        <v>379</v>
+        <v>413</v>
       </c>
       <c r="E22">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>1131</v>
+        <v>1159</v>
       </c>
       <c r="B23" t="s">
-        <v>1035</v>
+        <v>1072</v>
       </c>
       <c r="C23" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D23" t="s">
-        <v>1132</v>
+        <v>1160</v>
       </c>
       <c r="E23">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>1212</v>
+        <v>1236</v>
       </c>
       <c r="B24" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C24" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D24" t="s">
-        <v>1132</v>
+        <v>1160</v>
       </c>
       <c r="E24">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>500</v>
+        <v>533</v>
       </c>
       <c r="B25" t="s">
         <v>1</v>
       </c>
       <c r="C25" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="D25" t="s">
-        <v>501</v>
+        <v>534</v>
       </c>
       <c r="E25">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
       <c r="B26" t="s">
-        <v>118</v>
+        <v>171</v>
       </c>
       <c r="C26" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D26" t="s">
-        <v>933</v>
+        <v>950</v>
       </c>
       <c r="E26">
         <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>1294</v>
+        <v>1312</v>
       </c>
       <c r="B27" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C27" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D27" t="s">
-        <v>723</v>
+        <v>748</v>
       </c>
       <c r="E27">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>1272</v>
+        <v>1291</v>
       </c>
       <c r="B28" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C28" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
-        <v>1273</v>
+        <v>1292</v>
       </c>
       <c r="E28">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>1932</v>
+        <v>1925</v>
       </c>
       <c r="B29" t="s">
         <v>1</v>
       </c>
       <c r="C29" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="D29" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>153</v>
+        <v>206</v>
       </c>
       <c r="B30" t="s">
         <v>1</v>
       </c>
       <c r="C30" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
       <c r="D30" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E30">
         <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>254</v>
+        <v>294</v>
       </c>
       <c r="B31" t="s">
         <v>1</v>
       </c>
       <c r="C31" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D31" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E31">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>284</v>
+        <v>323</v>
       </c>
       <c r="B32" t="s">
         <v>1</v>
       </c>
       <c r="C32" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D32" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E32">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>283</v>
+        <v>322</v>
       </c>
       <c r="B33" t="s">
         <v>1</v>
       </c>
       <c r="C33" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D33" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E33">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>285</v>
+        <v>324</v>
       </c>
       <c r="B34" t="s">
-        <v>2343</v>
+        <v>2329</v>
       </c>
       <c r="C34" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="D34" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E34">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>285</v>
+        <v>324</v>
       </c>
       <c r="B35" t="s">
         <v>1</v>
       </c>
       <c r="C35" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="D35" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E35">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>2306</v>
+        <v>2294</v>
       </c>
       <c r="B36" t="s">
-        <v>2299</v>
+        <v>2287</v>
       </c>
       <c r="C36" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="D36" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E36">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>2307</v>
+        <v>2295</v>
       </c>
       <c r="B37" t="s">
-        <v>2299</v>
+        <v>2287</v>
       </c>
       <c r="C37" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="D37" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E37">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>2308</v>
+        <v>2296</v>
       </c>
       <c r="B38" t="s">
-        <v>2299</v>
+        <v>2287</v>
       </c>
       <c r="C38" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="D38" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E38">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>2305</v>
+        <v>2293</v>
       </c>
       <c r="B39" t="s">
-        <v>2299</v>
+        <v>2287</v>
       </c>
       <c r="C39" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="D39" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E39">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>2304</v>
+        <v>2292</v>
       </c>
       <c r="B40" t="s">
-        <v>2299</v>
+        <v>2287</v>
       </c>
       <c r="C40" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="D40" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E40">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>1443</v>
+        <v>1451</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>171</v>
       </c>
       <c r="C41" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D41" t="s">
-        <v>1444</v>
+        <v>1452</v>
       </c>
       <c r="E41">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>801</v>
+        <v>13</v>
       </c>
       <c r="B42" t="s">
         <v>1</v>
       </c>
       <c r="C42" t="s">
-        <v>159</v>
+        <v>2</v>
       </c>
       <c r="D42" t="s">
-        <v>802</v>
+        <v>3</v>
       </c>
       <c r="E42">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>803</v>
+        <v>825</v>
       </c>
       <c r="B43" t="s">
         <v>1</v>
       </c>
       <c r="C43" t="s">
-        <v>159</v>
+        <v>40</v>
       </c>
       <c r="D43" t="s">
-        <v>802</v>
+        <v>826</v>
       </c>
       <c r="E43">
         <v>3</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>2181</v>
+        <v>827</v>
       </c>
       <c r="B44" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C44" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>826</v>
       </c>
       <c r="E44">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>2184</v>
+        <v>60</v>
       </c>
       <c r="B45" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C45" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D45" t="s">
-        <v>217</v>
+        <v>62</v>
       </c>
       <c r="E45">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>2407</v>
+        <v>60</v>
       </c>
       <c r="B46" t="s">
-        <v>2403</v>
+        <v>1</v>
       </c>
       <c r="C46" t="s">
-        <v>36</v>
+        <v>61</v>
+      </c>
+      <c r="D46" t="s">
+        <v>62</v>
       </c>
       <c r="E46">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>1467</v>
+        <v>2178</v>
       </c>
       <c r="B47" t="s">
-        <v>118</v>
+        <v>2141</v>
       </c>
       <c r="C47" t="s">
-        <v>292</v>
+        <v>46</v>
       </c>
       <c r="D47" t="s">
-        <v>454</v>
+        <v>262</v>
       </c>
       <c r="E47">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>329</v>
+        <v>2389</v>
       </c>
       <c r="B48" t="s">
-        <v>1</v>
+        <v>2387</v>
       </c>
       <c r="C48" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="E48">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>1353</v>
+        <v>1474</v>
       </c>
       <c r="B49" t="s">
-        <v>769</v>
+        <v>171</v>
       </c>
       <c r="C49" t="s">
-        <v>184</v>
+        <v>330</v>
       </c>
       <c r="D49" t="s">
-        <v>906</v>
+        <v>488</v>
       </c>
       <c r="E49">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>2138</v>
+        <v>363</v>
       </c>
       <c r="B50" t="s">
-        <v>2120</v>
+        <v>1</v>
       </c>
       <c r="C50" t="s">
-        <v>2139</v>
+        <v>224</v>
       </c>
       <c r="D50" t="s">
-        <v>976</v>
+        <v>52</v>
       </c>
       <c r="E50">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>2390</v>
+        <v>1362</v>
       </c>
       <c r="B51" t="s">
-        <v>2343</v>
+        <v>793</v>
       </c>
       <c r="C51" t="s">
-        <v>2391</v>
+        <v>234</v>
       </c>
       <c r="D51" t="s">
-        <v>976</v>
+        <v>924</v>
       </c>
       <c r="E51">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>2035</v>
+        <v>2119</v>
       </c>
       <c r="B52" t="s">
-        <v>2013</v>
+        <v>2099</v>
       </c>
       <c r="C52" t="s">
-        <v>52</v>
+        <v>2120</v>
       </c>
       <c r="D52" t="s">
-        <v>874</v>
+        <v>990</v>
       </c>
       <c r="E52">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>2094</v>
+        <v>2376</v>
       </c>
       <c r="B53" t="s">
-        <v>2085</v>
+        <v>2329</v>
       </c>
       <c r="C53" t="s">
-        <v>2095</v>
+        <v>2377</v>
       </c>
       <c r="D53" t="s">
-        <v>976</v>
+        <v>990</v>
       </c>
       <c r="E53">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>1221</v>
+        <v>2016</v>
       </c>
       <c r="B54" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C54" t="s">
-        <v>49</v>
+        <v>112</v>
       </c>
       <c r="D54" t="s">
-        <v>325</v>
+        <v>894</v>
       </c>
       <c r="E54">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>1327</v>
+        <v>2074</v>
       </c>
       <c r="B55" t="s">
-        <v>769</v>
+        <v>2065</v>
       </c>
       <c r="C55" t="s">
-        <v>165</v>
+        <v>2075</v>
       </c>
       <c r="D55" t="s">
-        <v>1312</v>
+        <v>990</v>
       </c>
       <c r="E55">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>1327</v>
+        <v>1243</v>
       </c>
       <c r="B56" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C56" t="s">
-        <v>165</v>
+        <v>110</v>
       </c>
       <c r="D56" t="s">
-        <v>1312</v>
+        <v>360</v>
       </c>
       <c r="E56">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="B57" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C57" t="s">
-        <v>159</v>
+        <v>216</v>
       </c>
       <c r="D57" t="s">
-        <v>1312</v>
+        <v>1330</v>
       </c>
       <c r="E57">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="B58" t="s">
-        <v>2120</v>
+        <v>1998</v>
       </c>
       <c r="C58" t="s">
-        <v>102</v>
+        <v>216</v>
       </c>
       <c r="D58" t="s">
-        <v>1312</v>
+        <v>1330</v>
       </c>
       <c r="E58">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="B59" t="s">
-        <v>2120</v>
+        <v>793</v>
       </c>
       <c r="C59" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="D59" t="s">
-        <v>1312</v>
+        <v>1330</v>
       </c>
       <c r="E59">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="B60" t="s">
-        <v>769</v>
+        <v>2099</v>
       </c>
       <c r="C60" t="s">
-        <v>159</v>
+        <v>65</v>
       </c>
       <c r="D60" t="s">
-        <v>1312</v>
+        <v>1330</v>
       </c>
       <c r="E60">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>2322</v>
+        <v>1343</v>
       </c>
       <c r="B61" t="s">
-        <v>2299</v>
+        <v>793</v>
       </c>
       <c r="C61" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D61" t="s">
-        <v>2313</v>
+        <v>1330</v>
       </c>
       <c r="E61">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>2364</v>
+        <v>1343</v>
       </c>
       <c r="B62" t="s">
-        <v>2343</v>
+        <v>2099</v>
       </c>
       <c r="C62" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="D62" t="s">
-        <v>2325</v>
+        <v>1330</v>
       </c>
       <c r="E62">
-        <v>4</v>
+        <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>1563</v>
+        <v>2309</v>
       </c>
       <c r="B63" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C63" t="s">
-        <v>211</v>
+        <v>61</v>
       </c>
       <c r="D63" t="s">
-        <v>239</v>
+        <v>2301</v>
       </c>
       <c r="E63">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>885</v>
+        <v>2350</v>
       </c>
       <c r="B64" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C64" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D64" t="s">
-        <v>194</v>
+        <v>2312</v>
       </c>
       <c r="E64">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>598</v>
+        <v>1595</v>
       </c>
       <c r="B65" t="s">
         <v>1</v>
       </c>
       <c r="C65" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D65" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E65">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>1558</v>
+        <v>905</v>
       </c>
       <c r="B66" t="s">
         <v>1</v>
       </c>
       <c r="C66" t="s">
-        <v>1559</v>
+        <v>61</v>
       </c>
       <c r="D66" t="s">
-        <v>421</v>
+        <v>244</v>
       </c>
       <c r="E66">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>1836</v>
+        <v>629</v>
       </c>
       <c r="B67" t="s">
         <v>1</v>
       </c>
       <c r="C67" t="s">
-        <v>1837</v>
+        <v>6</v>
       </c>
       <c r="D67" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E67">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>1676</v>
+        <v>1590</v>
       </c>
       <c r="B68" t="s">
         <v>1</v>
       </c>
       <c r="C68" t="s">
-        <v>78</v>
+        <v>1591</v>
       </c>
       <c r="D68" t="s">
-        <v>239</v>
+        <v>455</v>
       </c>
       <c r="E68">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>1258</v>
+        <v>1846</v>
       </c>
       <c r="B69" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C69" t="s">
-        <v>167</v>
+        <v>1847</v>
       </c>
       <c r="D69" t="s">
-        <v>1122</v>
+        <v>280</v>
       </c>
       <c r="E69">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>2415</v>
+        <v>1701</v>
       </c>
       <c r="B70" t="s">
-        <v>2403</v>
+        <v>1</v>
       </c>
       <c r="C70" t="s">
-        <v>36</v>
+        <v>2</v>
+      </c>
+      <c r="D70" t="s">
+        <v>280</v>
       </c>
       <c r="E70">
-        <v>19</v>
+        <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>1572</v>
+        <v>2397</v>
       </c>
       <c r="B71" t="s">
-        <v>1</v>
+        <v>2387</v>
       </c>
       <c r="C71" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>98</v>
       </c>
       <c r="E71">
-        <v>5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>1073</v>
+        <v>1604</v>
       </c>
       <c r="B72" t="s">
         <v>1</v>
       </c>
       <c r="C72" t="s">
-        <v>55</v>
+        <v>132</v>
       </c>
       <c r="D72" t="s">
-        <v>1074</v>
+        <v>280</v>
       </c>
       <c r="E72">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>777</v>
+        <v>1105</v>
       </c>
       <c r="B73" t="s">
         <v>1</v>
       </c>
       <c r="C73" t="s">
-        <v>778</v>
+        <v>61</v>
       </c>
       <c r="D73" t="s">
-        <v>725</v>
+        <v>1106</v>
       </c>
       <c r="E73">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>1417</v>
+        <v>801</v>
       </c>
       <c r="B74" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C74" t="s">
-        <v>1418</v>
+        <v>802</v>
       </c>
       <c r="D74" t="s">
-        <v>272</v>
+        <v>750</v>
       </c>
       <c r="E74">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>2019</v>
+        <v>1421</v>
       </c>
       <c r="B75" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C75" t="s">
-        <v>162</v>
+        <v>1422</v>
       </c>
       <c r="D75" t="s">
-        <v>2020</v>
+        <v>311</v>
       </c>
       <c r="E75">
-        <v>45</v>
+        <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>1638</v>
+        <v>2003</v>
       </c>
       <c r="B76" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C76" t="s">
-        <v>162</v>
+        <v>56</v>
       </c>
       <c r="D76" t="s">
-        <v>320</v>
+        <v>2004</v>
       </c>
       <c r="E76">
-        <v>9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>1289</v>
+        <v>1307</v>
       </c>
       <c r="B77" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C77" t="s">
-        <v>465</v>
+        <v>499</v>
       </c>
       <c r="D77" t="s">
-        <v>1288</v>
+        <v>1035</v>
       </c>
       <c r="E77">
         <v>8</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>1922</v>
+        <v>1917</v>
       </c>
       <c r="B78" t="s">
-        <v>1035</v>
+        <v>1072</v>
       </c>
       <c r="C78" t="s">
-        <v>1868</v>
+        <v>1874</v>
       </c>
       <c r="D78" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E78">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>1889</v>
+        <v>1893</v>
       </c>
       <c r="B79" t="s">
-        <v>1120</v>
+        <v>1148</v>
       </c>
       <c r="C79" t="s">
-        <v>287</v>
+        <v>326</v>
       </c>
       <c r="D79" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E79">
         <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>1648</v>
+        <v>1674</v>
       </c>
       <c r="B80" t="s">
         <v>1</v>
       </c>
       <c r="C80" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="D80" t="s">
-        <v>421</v>
+        <v>455</v>
       </c>
       <c r="E80">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>1934</v>
+        <v>1927</v>
       </c>
       <c r="B81" t="s">
-        <v>1035</v>
+        <v>1072</v>
       </c>
       <c r="C81" t="s">
-        <v>287</v>
+        <v>326</v>
       </c>
       <c r="D81" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E81">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>1019</v>
+        <v>1057</v>
       </c>
       <c r="B82" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C82" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D82" t="s">
-        <v>3</v>
+        <v>76</v>
       </c>
       <c r="E82">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>1021</v>
+        <v>1059</v>
       </c>
       <c r="B83" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C83" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D83" t="s">
-        <v>3</v>
+        <v>76</v>
       </c>
       <c r="E83">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>1020</v>
+        <v>1058</v>
       </c>
       <c r="B84" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C84" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D84" t="s">
-        <v>3</v>
+        <v>76</v>
       </c>
       <c r="E84">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>2402</v>
+        <v>2386</v>
       </c>
       <c r="B85" t="s">
-        <v>2403</v>
+        <v>2387</v>
       </c>
       <c r="C85" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D85" t="s">
-        <v>217</v>
+        <v>262</v>
       </c>
       <c r="E85">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>2345</v>
+        <v>2331</v>
       </c>
       <c r="B86" t="s">
-        <v>2343</v>
+        <v>2329</v>
       </c>
       <c r="C86" t="s">
-        <v>229</v>
+        <v>274</v>
       </c>
       <c r="D86" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="E86">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>303</v>
+        <v>341</v>
       </c>
       <c r="B87" t="s">
-        <v>2343</v>
+        <v>2329</v>
       </c>
       <c r="C87" t="s">
-        <v>229</v>
+        <v>274</v>
       </c>
       <c r="D87" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="E87">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>1103</v>
+        <v>1132</v>
       </c>
       <c r="B88" t="s">
-        <v>1048</v>
+        <v>1085</v>
       </c>
       <c r="C88" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D88" t="s">
-        <v>1049</v>
+        <v>1086</v>
       </c>
       <c r="E88">
         <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>154</v>
+        <v>207</v>
       </c>
       <c r="B89" t="s">
         <v>1</v>
       </c>
       <c r="C89" t="s">
-        <v>110</v>
+        <v>164</v>
       </c>
       <c r="D89" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E89">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>155</v>
+        <v>208</v>
       </c>
       <c r="B90" t="s">
         <v>1</v>
       </c>
       <c r="C90" t="s">
-        <v>110</v>
+        <v>164</v>
       </c>
       <c r="D90" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E90">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>526</v>
+        <v>23</v>
       </c>
       <c r="B91" t="s">
         <v>1</v>
       </c>
       <c r="C91" t="s">
-        <v>162</v>
+        <v>2</v>
       </c>
       <c r="D91" t="s">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="E91">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>862</v>
+        <v>882</v>
       </c>
       <c r="B92" t="s">
         <v>1</v>
       </c>
       <c r="C92" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D92" t="s">
-        <v>863</v>
+        <v>883</v>
       </c>
       <c r="E92">
         <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>859</v>
+        <v>879</v>
       </c>
       <c r="B93" t="s">
         <v>1</v>
       </c>
       <c r="C93" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D93" t="s">
-        <v>860</v>
+        <v>880</v>
       </c>
       <c r="E93">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>861</v>
+        <v>881</v>
       </c>
       <c r="B94" t="s">
         <v>1</v>
       </c>
       <c r="C94" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D94" t="s">
-        <v>860</v>
+        <v>880</v>
       </c>
       <c r="E94">
         <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>2327</v>
+        <v>2314</v>
       </c>
       <c r="B95" t="s">
-        <v>2299</v>
+        <v>2287</v>
       </c>
       <c r="C95" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D95" t="s">
-        <v>2325</v>
+        <v>2312</v>
       </c>
       <c r="E95">
         <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>2137</v>
+        <v>2118</v>
       </c>
       <c r="B96" t="s">
-        <v>2120</v>
+        <v>2099</v>
       </c>
       <c r="C96" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D96" t="s">
-        <v>976</v>
+        <v>990</v>
       </c>
       <c r="E96">
         <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>2266</v>
+        <v>2258</v>
       </c>
       <c r="B97" t="s">
-        <v>1181</v>
+        <v>1208</v>
       </c>
       <c r="C97" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="D97" t="s">
-        <v>1312</v>
+        <v>1330</v>
       </c>
       <c r="E97">
         <v>111</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>1909</v>
+        <v>1906</v>
       </c>
       <c r="B98" t="s">
         <v>1</v>
       </c>
       <c r="C98" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="D98" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E98">
         <v>8</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>326</v>
+        <v>361</v>
       </c>
       <c r="B99" t="s">
         <v>1</v>
       </c>
       <c r="C99" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D99" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E99">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>1905</v>
+        <v>1904</v>
       </c>
       <c r="B100" t="s">
         <v>1</v>
       </c>
       <c r="C100" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="D100" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E100">
         <v>7</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>1871</v>
+        <v>1877</v>
       </c>
       <c r="B101" t="s">
         <v>1</v>
       </c>
       <c r="C101" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="D101" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E101">
         <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>1999</v>
+        <v>1988</v>
       </c>
       <c r="B102" t="s">
         <v>1</v>
       </c>
       <c r="C102" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="D102" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E102">
         <v>7</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>1870</v>
+        <v>1876</v>
       </c>
       <c r="B103" t="s">
         <v>1</v>
       </c>
       <c r="C103" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="D103" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E103">
         <v>7</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>1607</v>
+        <v>1636</v>
       </c>
       <c r="B104" t="s">
         <v>1</v>
       </c>
       <c r="C104" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D104" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E104">
         <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>925</v>
+        <v>943</v>
       </c>
       <c r="B105" t="s">
-        <v>118</v>
+        <v>171</v>
       </c>
       <c r="C105" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D105" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="E105">
         <v>3</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>1998</v>
+        <v>1987</v>
       </c>
       <c r="B106" t="s">
         <v>1</v>
       </c>
       <c r="C106" t="s">
-        <v>317</v>
+        <v>69</v>
       </c>
       <c r="D106" t="s">
-        <v>421</v>
+        <v>455</v>
       </c>
       <c r="E106">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>2274</v>
+        <v>2265</v>
       </c>
       <c r="B107" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C107" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D107" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="E107">
         <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>2273</v>
+        <v>2264</v>
       </c>
       <c r="B108" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C108" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D108" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="E108">
         <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>2271</v>
+        <v>2262</v>
       </c>
       <c r="B109" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C109" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D109" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="E109">
         <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>2272</v>
+        <v>2263</v>
       </c>
       <c r="B110" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C110" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D110" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="E110">
         <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>2257</v>
+        <v>2250</v>
       </c>
       <c r="B111" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C111" t="s">
-        <v>675</v>
+        <v>705</v>
       </c>
       <c r="D111" t="s">
-        <v>3</v>
+        <v>76</v>
       </c>
       <c r="E111">
         <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>2256</v>
+        <v>2249</v>
       </c>
       <c r="B112" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C112" t="s">
-        <v>675</v>
+        <v>705</v>
       </c>
       <c r="D112" t="s">
-        <v>3</v>
+        <v>76</v>
       </c>
       <c r="E112">
         <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>1903</v>
+        <v>588</v>
       </c>
       <c r="B113" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C113" t="s">
-        <v>1868</v>
+        <v>251</v>
       </c>
       <c r="D113" t="s">
-        <v>1201</v>
+        <v>203</v>
       </c>
       <c r="E113">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>210</v>
+        <v>114</v>
       </c>
       <c r="B114" t="s">
         <v>1</v>
       </c>
       <c r="C114" t="s">
-        <v>211</v>
+        <v>61</v>
       </c>
       <c r="D114" t="s">
-        <v>212</v>
+        <v>115</v>
       </c>
       <c r="E114">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>1471</v>
+        <v>1434</v>
       </c>
       <c r="B115" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C115" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="D115" t="s">
-        <v>400</v>
+        <v>44</v>
       </c>
       <c r="E115">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>557</v>
+        <v>722</v>
       </c>
       <c r="B116" t="s">
         <v>1</v>
       </c>
       <c r="C116" t="s">
         <v>202</v>
       </c>
       <c r="D116" t="s">
-        <v>150</v>
+        <v>723</v>
       </c>
       <c r="E116">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>54</v>
+        <v>2192</v>
       </c>
       <c r="B117" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C117" t="s">
-        <v>55</v>
+        <v>110</v>
       </c>
       <c r="D117" t="s">
-        <v>56</v>
+        <v>280</v>
       </c>
       <c r="E117">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>692</v>
+        <v>964</v>
       </c>
       <c r="B118" t="s">
         <v>1</v>
       </c>
       <c r="C118" t="s">
-        <v>149</v>
+        <v>46</v>
       </c>
       <c r="D118" t="s">
-        <v>693</v>
+        <v>311</v>
       </c>
       <c r="E118">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>2198</v>
+        <v>1768</v>
       </c>
       <c r="B119" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C119" t="s">
-        <v>49</v>
+        <v>1116</v>
       </c>
       <c r="D119" t="s">
-        <v>239</v>
+        <v>455</v>
       </c>
       <c r="E119">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>950</v>
+        <v>1882</v>
       </c>
       <c r="B120" t="s">
         <v>1</v>
       </c>
       <c r="C120" t="s">
-        <v>8</v>
+        <v>112</v>
       </c>
       <c r="D120" t="s">
-        <v>272</v>
+        <v>558</v>
       </c>
       <c r="E120">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>1750</v>
+        <v>1881</v>
       </c>
       <c r="B121" t="s">
-        <v>1</v>
+        <v>2079</v>
       </c>
       <c r="C121" t="s">
-        <v>1084</v>
+        <v>112</v>
       </c>
       <c r="D121" t="s">
-        <v>421</v>
+        <v>286</v>
       </c>
       <c r="E121">
-        <v>5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>1876</v>
+        <v>2078</v>
       </c>
       <c r="B122" t="s">
-        <v>1</v>
+        <v>2079</v>
       </c>
       <c r="C122" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="D122" t="s">
-        <v>525</v>
+        <v>286</v>
       </c>
       <c r="E122">
-        <v>5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>1721</v>
+        <v>1740</v>
       </c>
       <c r="B123" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C123" t="s">
-        <v>415</v>
+        <v>449</v>
       </c>
       <c r="D123" t="s">
-        <v>525</v>
+        <v>558</v>
       </c>
       <c r="E123">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>588</v>
+        <v>619</v>
       </c>
       <c r="B124" t="s">
         <v>1</v>
       </c>
       <c r="C124" t="s">
-        <v>105</v>
+        <v>159</v>
       </c>
       <c r="D124" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E124">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>1628</v>
+        <v>1547</v>
       </c>
       <c r="B125" t="s">
         <v>1</v>
       </c>
       <c r="C125" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="D125" t="s">
-        <v>320</v>
+        <v>455</v>
       </c>
       <c r="E125">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>581</v>
+        <v>1654</v>
       </c>
       <c r="B126" t="s">
         <v>1</v>
       </c>
       <c r="C126" t="s">
-        <v>582</v>
+        <v>2</v>
       </c>
       <c r="D126" t="s">
-        <v>150</v>
+        <v>357</v>
       </c>
       <c r="E126">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>1047</v>
+        <v>612</v>
       </c>
       <c r="B127" t="s">
-        <v>1048</v>
+        <v>1</v>
       </c>
       <c r="C127" t="s">
-        <v>162</v>
+        <v>613</v>
       </c>
       <c r="D127" t="s">
-        <v>1049</v>
+        <v>203</v>
       </c>
       <c r="E127">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>1462</v>
+        <v>1084</v>
       </c>
       <c r="B128" t="s">
-        <v>118</v>
+        <v>1085</v>
       </c>
       <c r="C128" t="s">
-        <v>713</v>
+        <v>56</v>
       </c>
       <c r="D128" t="s">
-        <v>497</v>
+        <v>1086</v>
       </c>
       <c r="E128">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>1015</v>
+        <v>1469</v>
       </c>
       <c r="B129" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C129" t="s">
-        <v>1016</v>
+        <v>738</v>
       </c>
       <c r="D129" t="s">
-        <v>272</v>
+        <v>530</v>
       </c>
       <c r="E129">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>1616</v>
+        <v>1028</v>
       </c>
       <c r="B130" t="s">
         <v>1</v>
       </c>
       <c r="C130" t="s">
-        <v>1617</v>
+        <v>1029</v>
       </c>
       <c r="D130" t="s">
-        <v>1505</v>
+        <v>311</v>
       </c>
       <c r="E130">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>246</v>
+        <v>1643</v>
       </c>
       <c r="B131" t="s">
         <v>1</v>
       </c>
       <c r="C131" t="s">
-        <v>165</v>
+        <v>1644</v>
       </c>
       <c r="D131" t="s">
-        <v>245</v>
+        <v>1510</v>
       </c>
       <c r="E131">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>246</v>
+        <v>287</v>
       </c>
       <c r="B132" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C132" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="D132" t="s">
-        <v>245</v>
+        <v>286</v>
       </c>
       <c r="E132">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>1292</v>
+        <v>287</v>
       </c>
       <c r="B133" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C133" t="s">
-        <v>36</v>
+        <v>216</v>
       </c>
       <c r="D133" t="s">
-        <v>1293</v>
+        <v>286</v>
       </c>
       <c r="E133">
-        <v>5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>2052</v>
+        <v>1310</v>
       </c>
       <c r="B134" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C134" t="s">
-        <v>713</v>
+        <v>98</v>
       </c>
       <c r="D134" t="s">
-        <v>2053</v>
+        <v>1311</v>
       </c>
       <c r="E134">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>743</v>
+        <v>2033</v>
       </c>
       <c r="B135" t="s">
-        <v>744</v>
+        <v>1998</v>
       </c>
       <c r="C135" t="s">
-        <v>229</v>
+        <v>738</v>
       </c>
       <c r="D135" t="s">
-        <v>745</v>
+        <v>2034</v>
       </c>
       <c r="E135">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>583</v>
+        <v>768</v>
       </c>
       <c r="B136" t="s">
-        <v>1</v>
+        <v>769</v>
       </c>
       <c r="C136" t="s">
-        <v>202</v>
+        <v>274</v>
       </c>
       <c r="D136" t="s">
-        <v>150</v>
+        <v>770</v>
       </c>
       <c r="E136">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>857</v>
+        <v>614</v>
       </c>
       <c r="B137" t="s">
         <v>1</v>
       </c>
       <c r="C137" t="s">
-        <v>99</v>
+        <v>251</v>
       </c>
       <c r="D137" t="s">
-        <v>752</v>
+        <v>203</v>
       </c>
       <c r="E137">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>2515</v>
+        <v>877</v>
       </c>
       <c r="B138" t="s">
         <v>1</v>
       </c>
       <c r="C138" t="s">
-        <v>39</v>
+        <v>154</v>
       </c>
       <c r="D138" t="s">
-        <v>65</v>
+        <v>777</v>
       </c>
       <c r="E138">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>1891</v>
+        <v>2499</v>
       </c>
       <c r="B139" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C139" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="D139" t="s">
-        <v>729</v>
+        <v>123</v>
       </c>
       <c r="E139">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>1875</v>
+        <v>1879</v>
       </c>
       <c r="B140" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C140" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="D140" t="s">
-        <v>525</v>
+        <v>280</v>
       </c>
       <c r="E140">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>1535</v>
+        <v>1896</v>
       </c>
       <c r="B141" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C141" t="s">
-        <v>165</v>
+        <v>98</v>
       </c>
       <c r="D141" t="s">
-        <v>239</v>
+        <v>754</v>
       </c>
       <c r="E141">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>409</v>
+        <v>1880</v>
       </c>
       <c r="B142" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C142" t="s">
-        <v>167</v>
+        <v>216</v>
       </c>
       <c r="D142" t="s">
-        <v>377</v>
+        <v>558</v>
       </c>
       <c r="E142">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>2244</v>
+        <v>1569</v>
       </c>
       <c r="B143" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C143" t="s">
-        <v>42</v>
+        <v>216</v>
       </c>
       <c r="D143" t="s">
-        <v>2215</v>
+        <v>280</v>
       </c>
       <c r="E143">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>2351</v>
+        <v>443</v>
       </c>
       <c r="B144" t="s">
-        <v>2352</v>
+        <v>1</v>
       </c>
       <c r="C144" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="D144" t="s">
-        <v>272</v>
+        <v>411</v>
       </c>
       <c r="E144">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>339</v>
+        <v>2237</v>
       </c>
       <c r="B145" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C145" t="s">
-        <v>338</v>
+        <v>104</v>
       </c>
       <c r="D145" t="s">
-        <v>340</v>
+        <v>2205</v>
       </c>
       <c r="E145">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>543</v>
+        <v>2337</v>
       </c>
       <c r="B146" t="s">
-        <v>1</v>
+        <v>2338</v>
       </c>
       <c r="C146" t="s">
-        <v>110</v>
+        <v>46</v>
       </c>
       <c r="D146" t="s">
-        <v>541</v>
+        <v>311</v>
       </c>
       <c r="E146">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>1710</v>
+        <v>373</v>
       </c>
       <c r="B147" t="s">
         <v>1</v>
       </c>
       <c r="C147" t="s">
-        <v>110</v>
+        <v>372</v>
       </c>
       <c r="D147" t="s">
-        <v>525</v>
+        <v>374</v>
       </c>
       <c r="E147">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>847</v>
+        <v>574</v>
       </c>
       <c r="B148" t="s">
         <v>1</v>
       </c>
       <c r="C148" t="s">
-        <v>149</v>
+        <v>164</v>
       </c>
       <c r="D148" t="s">
-        <v>846</v>
+        <v>572</v>
       </c>
       <c r="E148">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>1194</v>
+        <v>1729</v>
       </c>
       <c r="B149" t="s">
-        <v>1024</v>
+        <v>1</v>
       </c>
       <c r="C149" t="s">
-        <v>8</v>
+        <v>164</v>
       </c>
       <c r="D149" t="s">
-        <v>1187</v>
+        <v>558</v>
       </c>
       <c r="E149">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>1284</v>
+        <v>869</v>
       </c>
       <c r="B150" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C150" t="s">
-        <v>99</v>
+        <v>202</v>
       </c>
       <c r="D150" t="s">
-        <v>454</v>
+        <v>868</v>
       </c>
       <c r="E150">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>848</v>
+        <v>1221</v>
       </c>
       <c r="B151" t="s">
-        <v>1</v>
+        <v>1062</v>
       </c>
       <c r="C151" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D151" t="s">
-        <v>849</v>
+        <v>1214</v>
       </c>
       <c r="E151">
-        <v>5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>688</v>
+        <v>1303</v>
       </c>
       <c r="B152" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C152" t="s">
-        <v>115</v>
+        <v>154</v>
       </c>
       <c r="D152" t="s">
-        <v>3</v>
+        <v>488</v>
       </c>
       <c r="E152">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>733</v>
+        <v>718</v>
       </c>
       <c r="B153" t="s">
         <v>1</v>
       </c>
       <c r="C153" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="D153" t="s">
-        <v>734</v>
+        <v>76</v>
       </c>
       <c r="E153">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>1518</v>
+        <v>758</v>
       </c>
       <c r="B154" t="s">
         <v>1</v>
       </c>
       <c r="C154" t="s">
-        <v>159</v>
+        <v>2</v>
       </c>
       <c r="D154" t="s">
-        <v>421</v>
+        <v>759</v>
       </c>
       <c r="E154">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>787</v>
+        <v>811</v>
       </c>
       <c r="B155" t="s">
         <v>1</v>
       </c>
       <c r="C155" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D155" t="s">
-        <v>725</v>
+        <v>750</v>
       </c>
       <c r="E155">
         <v>8</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>786</v>
+        <v>810</v>
       </c>
       <c r="B156" t="s">
         <v>1</v>
       </c>
       <c r="C156" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D156" t="s">
-        <v>725</v>
+        <v>750</v>
       </c>
       <c r="E156">
         <v>8</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>2513</v>
+        <v>2497</v>
       </c>
       <c r="B157" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C157" t="s">
-        <v>955</v>
+        <v>969</v>
       </c>
       <c r="D157" t="s">
-        <v>2514</v>
+        <v>2498</v>
       </c>
       <c r="E157">
         <v>3</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="B158" t="s">
-        <v>1120</v>
+        <v>1148</v>
       </c>
       <c r="C158" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="D158" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="E158">
         <v>4</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="B159" t="s">
         <v>1</v>
       </c>
       <c r="C159" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="D159" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="E159">
         <v>2</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>954</v>
+        <v>968</v>
       </c>
       <c r="B160" t="s">
         <v>1</v>
       </c>
       <c r="C160" t="s">
-        <v>955</v>
+        <v>969</v>
       </c>
       <c r="D160" t="s">
-        <v>956</v>
+        <v>970</v>
       </c>
       <c r="E160">
         <v>4</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>1115</v>
+        <v>1430</v>
       </c>
       <c r="B161" t="s">
-        <v>769</v>
+        <v>171</v>
       </c>
       <c r="C161" t="s">
-        <v>229</v>
+        <v>6</v>
       </c>
       <c r="D161" t="s">
-        <v>267</v>
+        <v>3</v>
       </c>
       <c r="E161">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>251</v>
+        <v>1143</v>
       </c>
       <c r="B162" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C162" t="s">
-        <v>36</v>
+        <v>274</v>
       </c>
       <c r="D162" t="s">
-        <v>248</v>
+        <v>306</v>
       </c>
       <c r="E162">
-        <v>16</v>
+        <v>29</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>706</v>
+        <v>291</v>
       </c>
       <c r="B163" t="s">
         <v>1</v>
       </c>
       <c r="C163" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D163" t="s">
-        <v>707</v>
+        <v>74</v>
       </c>
       <c r="E163">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>2049</v>
+        <v>2030</v>
       </c>
       <c r="B164" t="s">
-        <v>2013</v>
+        <v>1998</v>
       </c>
       <c r="C164" t="s">
-        <v>256</v>
+        <v>296</v>
       </c>
       <c r="D164" t="s">
-        <v>245</v>
+        <v>286</v>
       </c>
       <c r="E164">
         <v>35</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>2049</v>
+        <v>2030</v>
       </c>
       <c r="B165" t="s">
-        <v>2151</v>
+        <v>2131</v>
       </c>
       <c r="C165" t="s">
-        <v>256</v>
+        <v>296</v>
       </c>
       <c r="D165" t="s">
-        <v>245</v>
+        <v>286</v>
       </c>
       <c r="E165">
         <v>99</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>1190</v>
+        <v>1217</v>
       </c>
       <c r="B166" t="s">
-        <v>1024</v>
+        <v>1062</v>
       </c>
       <c r="C166" t="s">
-        <v>256</v>
+        <v>296</v>
       </c>
       <c r="D166" t="s">
-        <v>245</v>
+        <v>286</v>
       </c>
       <c r="E166">
         <v>25</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>258</v>
+        <v>299</v>
       </c>
       <c r="B167" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C167" t="s">
-        <v>256</v>
+        <v>296</v>
       </c>
       <c r="D167" t="s">
-        <v>259</v>
+        <v>297</v>
       </c>
       <c r="E167">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>260</v>
+        <v>295</v>
       </c>
       <c r="B168" t="s">
         <v>1</v>
       </c>
       <c r="C168" t="s">
-        <v>256</v>
+        <v>296</v>
       </c>
       <c r="D168" t="s">
-        <v>257</v>
+        <v>297</v>
       </c>
       <c r="E168">
         <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>255</v>
+        <v>1755</v>
       </c>
       <c r="B169" t="s">
         <v>1</v>
       </c>
       <c r="C169" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="D169" t="s">
-        <v>257</v>
+        <v>357</v>
       </c>
       <c r="E169">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>1737</v>
+        <v>1756</v>
       </c>
       <c r="B170" t="s">
         <v>1</v>
       </c>
       <c r="C170" t="s">
-        <v>216</v>
+        <v>261</v>
       </c>
       <c r="D170" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E170">
         <v>8</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>1738</v>
+        <v>1915</v>
       </c>
       <c r="B171" t="s">
         <v>1</v>
       </c>
       <c r="C171" t="s">
-        <v>216</v>
+        <v>261</v>
       </c>
       <c r="D171" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E171">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>1920</v>
+        <v>1754</v>
       </c>
       <c r="B172" t="s">
         <v>1</v>
       </c>
       <c r="C172" t="s">
-        <v>216</v>
+        <v>261</v>
       </c>
       <c r="D172" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E172">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>1736</v>
+        <v>1261</v>
       </c>
       <c r="B173" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C173" t="s">
-        <v>216</v>
+        <v>65</v>
       </c>
       <c r="D173" t="s">
-        <v>320</v>
+        <v>558</v>
       </c>
       <c r="E173">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>1239</v>
+        <v>265</v>
       </c>
       <c r="B174" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C174" t="s">
-        <v>102</v>
+        <v>2</v>
       </c>
       <c r="D174" t="s">
-        <v>525</v>
+        <v>266</v>
       </c>
       <c r="E174">
-        <v>4</v>
+        <v>16</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="B175" t="s">
         <v>1</v>
       </c>
       <c r="C175" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="D175" t="s">
-        <v>221</v>
+        <v>52</v>
       </c>
       <c r="E175">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>178</v>
+        <v>1568</v>
       </c>
       <c r="B176" t="s">
         <v>1</v>
       </c>
       <c r="C176" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="D176" t="s">
-        <v>20</v>
+        <v>280</v>
       </c>
       <c r="E176">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>1534</v>
+        <v>150</v>
       </c>
       <c r="B177" t="s">
         <v>1</v>
       </c>
       <c r="C177" t="s">
-        <v>102</v>
+        <v>2</v>
       </c>
       <c r="D177" t="s">
-        <v>239</v>
+        <v>133</v>
       </c>
       <c r="E177">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>1328</v>
+        <v>305</v>
       </c>
       <c r="B178" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C178" t="s">
+        <v>274</v>
+      </c>
+      <c r="D178" t="s">
+        <v>306</v>
+      </c>
+      <c r="E178">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>94</v>
+        <v>1982</v>
       </c>
       <c r="B179" t="s">
         <v>1</v>
       </c>
       <c r="C179" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="D179" t="s">
-        <v>75</v>
+        <v>280</v>
       </c>
       <c r="E179">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>266</v>
+        <v>1671</v>
       </c>
       <c r="B180" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C180" t="s">
-        <v>229</v>
+        <v>22</v>
       </c>
       <c r="D180" t="s">
-        <v>267</v>
+        <v>2013</v>
       </c>
       <c r="E180">
-        <v>8</v>
+        <v>45</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>480</v>
+        <v>653</v>
       </c>
       <c r="B181" t="s">
         <v>1</v>
       </c>
       <c r="C181" t="s">
-        <v>473</v>
+        <v>251</v>
       </c>
       <c r="D181" t="s">
-        <v>325</v>
+        <v>203</v>
       </c>
       <c r="E181">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="B182" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C182" t="s">
-        <v>27</v>
+        <v>1598</v>
       </c>
       <c r="D182" t="s">
-        <v>2030</v>
+        <v>357</v>
       </c>
       <c r="E182">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>622</v>
+        <v>604</v>
       </c>
       <c r="B183" t="s">
         <v>1</v>
       </c>
       <c r="C183" t="s">
-        <v>202</v>
+        <v>31</v>
       </c>
       <c r="D183" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E183">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>1626</v>
+        <v>603</v>
       </c>
       <c r="B184" t="s">
         <v>1</v>
       </c>
       <c r="C184" t="s">
-        <v>1566</v>
+        <v>31</v>
       </c>
       <c r="D184" t="s">
-        <v>320</v>
+        <v>203</v>
       </c>
       <c r="E184">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>573</v>
+        <v>600</v>
       </c>
       <c r="B185" t="s">
         <v>1</v>
       </c>
       <c r="C185" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="D185" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E185">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>572</v>
+        <v>405</v>
       </c>
       <c r="B186" t="s">
         <v>1</v>
       </c>
       <c r="C186" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D186" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E186">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>569</v>
+        <v>1210</v>
       </c>
       <c r="B187" t="s">
-        <v>1</v>
+        <v>1072</v>
       </c>
       <c r="C187" t="s">
-        <v>2</v>
+        <v>1211</v>
       </c>
       <c r="D187" t="s">
-        <v>150</v>
+        <v>286</v>
       </c>
       <c r="E187">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>371</v>
+        <v>1458</v>
       </c>
       <c r="B188" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C188" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="D188" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="E188">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>1183</v>
+        <v>2235</v>
       </c>
       <c r="B189" t="s">
-        <v>1035</v>
+        <v>2141</v>
       </c>
       <c r="C189" t="s">
-        <v>1184</v>
+        <v>96</v>
       </c>
       <c r="D189" t="s">
-        <v>245</v>
+        <v>2236</v>
       </c>
       <c r="E189">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>1451</v>
+        <v>377</v>
       </c>
       <c r="B190" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C190" t="s">
-        <v>39</v>
+        <v>372</v>
       </c>
       <c r="D190" t="s">
-        <v>72</v>
+        <v>378</v>
       </c>
       <c r="E190">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>2242</v>
+        <v>2153</v>
       </c>
       <c r="B191" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C191" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="D191" t="s">
-        <v>2243</v>
+        <v>32</v>
       </c>
       <c r="E191">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>343</v>
+        <v>2045</v>
       </c>
       <c r="B192" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C192" t="s">
-        <v>338</v>
+        <v>46</v>
       </c>
       <c r="D192" t="s">
-        <v>344</v>
+        <v>2046</v>
       </c>
       <c r="E192">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>2064</v>
+        <v>654</v>
       </c>
       <c r="B193" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C193" t="s">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="D193" t="s">
-        <v>2065</v>
+        <v>203</v>
       </c>
       <c r="E193">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>623</v>
+        <v>191</v>
       </c>
       <c r="B194" t="s">
         <v>1</v>
       </c>
       <c r="C194" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="D194" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="E194">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>138</v>
+        <v>1027</v>
       </c>
       <c r="B195" t="s">
         <v>1</v>
       </c>
       <c r="C195" t="s">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="D195" t="s">
-        <v>111</v>
+        <v>990</v>
       </c>
       <c r="E195">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>1014</v>
+        <v>2384</v>
       </c>
       <c r="B196" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="C196" t="s">
+        <v>2383</v>
+      </c>
+      <c r="E196">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>2398</v>
+        <v>1195</v>
       </c>
       <c r="B197" t="s">
-        <v>2397</v>
+        <v>793</v>
+      </c>
+      <c r="C197" t="s">
+        <v>261</v>
+      </c>
+      <c r="D197" t="s">
+        <v>381</v>
       </c>
       <c r="E197">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>1168</v>
+        <v>1679</v>
       </c>
       <c r="B198" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C198" t="s">
-        <v>216</v>
+        <v>1680</v>
       </c>
       <c r="D198" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="E198">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>1653</v>
+        <v>301</v>
       </c>
       <c r="B199" t="s">
         <v>1</v>
       </c>
       <c r="C199" t="s">
-        <v>1654</v>
+        <v>159</v>
       </c>
       <c r="D199" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="E199">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>262</v>
+        <v>1972</v>
       </c>
       <c r="B200" t="s">
         <v>1</v>
       </c>
       <c r="C200" t="s">
-        <v>105</v>
+        <v>2</v>
       </c>
       <c r="D200" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E200">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>1984</v>
+        <v>1497</v>
       </c>
       <c r="B201" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C201" t="s">
-        <v>78</v>
+        <v>499</v>
       </c>
       <c r="D201" t="s">
-        <v>263</v>
+        <v>928</v>
       </c>
       <c r="E201">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>1491</v>
+        <v>927</v>
       </c>
       <c r="B202" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C202" t="s">
-        <v>465</v>
+        <v>499</v>
       </c>
       <c r="D202" t="s">
-        <v>910</v>
+        <v>928</v>
       </c>
       <c r="E202">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>909</v>
+        <v>162</v>
       </c>
       <c r="B203" t="s">
         <v>1</v>
       </c>
       <c r="C203" t="s">
-        <v>465</v>
+        <v>46</v>
       </c>
       <c r="D203" t="s">
-        <v>910</v>
+        <v>68</v>
       </c>
       <c r="E203">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>108</v>
+        <v>436</v>
       </c>
       <c r="B204" t="s">
         <v>1</v>
       </c>
       <c r="C204" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D204" t="s">
-        <v>96</v>
+        <v>437</v>
       </c>
       <c r="E204">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>402</v>
+        <v>1994</v>
       </c>
       <c r="B205" t="s">
-        <v>1</v>
+        <v>1995</v>
       </c>
       <c r="C205" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D205" t="s">
-        <v>403</v>
+        <v>1996</v>
       </c>
       <c r="E205">
-        <v>14</v>
+        <v>29</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>2009</v>
+        <v>676</v>
       </c>
       <c r="B206" t="s">
-        <v>2010</v>
+        <v>1</v>
       </c>
       <c r="C206" t="s">
-        <v>8</v>
+        <v>164</v>
       </c>
       <c r="D206" t="s">
-        <v>2011</v>
+        <v>203</v>
       </c>
       <c r="E206">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>645</v>
+        <v>1950</v>
       </c>
       <c r="B207" t="s">
         <v>1</v>
       </c>
       <c r="C207" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="D207" t="s">
-        <v>150</v>
+        <v>302</v>
       </c>
       <c r="E207">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>1964</v>
+        <v>1978</v>
       </c>
       <c r="B208" t="s">
-        <v>1</v>
+        <v>2081</v>
       </c>
       <c r="C208" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D208" t="s">
-        <v>263</v>
+        <v>1330</v>
       </c>
       <c r="E208">
-        <v>7</v>
+        <v>69</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>1990</v>
+        <v>1978</v>
       </c>
       <c r="B209" t="s">
-        <v>2099</v>
+        <v>1</v>
       </c>
       <c r="C209" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D209" t="s">
-        <v>1312</v>
+        <v>293</v>
       </c>
       <c r="E209">
-        <v>69</v>
+        <v>8</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>1990</v>
+        <v>1978</v>
       </c>
       <c r="B210" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C210" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D210" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E210">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>1990</v>
+        <v>1875</v>
       </c>
       <c r="B211" t="s">
-        <v>769</v>
+        <v>236</v>
       </c>
       <c r="C211" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D211" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="E211">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>1869</v>
+        <v>1827</v>
       </c>
       <c r="B212" t="s">
-        <v>186</v>
+        <v>1263</v>
       </c>
       <c r="C212" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D212" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E212">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>1811</v>
+        <v>2297</v>
       </c>
       <c r="B213" t="s">
-        <v>1241</v>
+        <v>2287</v>
       </c>
       <c r="C213" t="s">
-        <v>211</v>
+        <v>9</v>
       </c>
       <c r="D213" t="s">
-        <v>320</v>
+        <v>279</v>
       </c>
       <c r="E213">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>2130</v>
+        <v>1905</v>
       </c>
       <c r="B214" t="s">
-        <v>2120</v>
+        <v>1</v>
       </c>
       <c r="C214" t="s">
-        <v>211</v>
+        <v>61</v>
       </c>
       <c r="D214" t="s">
-        <v>288</v>
+        <v>302</v>
       </c>
       <c r="E214">
-        <v>77</v>
+        <v>7</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>2309</v>
+        <v>1993</v>
       </c>
       <c r="B215" t="s">
-        <v>2299</v>
+        <v>1</v>
       </c>
       <c r="C215" t="s">
-        <v>211</v>
+        <v>9</v>
       </c>
       <c r="D215" t="s">
-        <v>237</v>
+        <v>293</v>
       </c>
       <c r="E215">
-        <v>29</v>
+        <v>8</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>1906</v>
+        <v>1601</v>
       </c>
       <c r="B216" t="s">
         <v>1</v>
       </c>
       <c r="C216" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D216" t="s">
-        <v>263</v>
+        <v>357</v>
       </c>
       <c r="E216">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>2008</v>
+        <v>2466</v>
       </c>
       <c r="B217" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C217" t="s">
-        <v>211</v>
+        <v>98</v>
       </c>
       <c r="D217" t="s">
-        <v>253</v>
+        <v>1330</v>
       </c>
       <c r="E217">
-        <v>8</v>
+        <v>49</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>1569</v>
+        <v>2361</v>
       </c>
       <c r="B218" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C218" t="s">
-        <v>211</v>
+        <v>46</v>
       </c>
       <c r="D218" t="s">
-        <v>320</v>
+        <v>2301</v>
       </c>
       <c r="E218">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>2375</v>
+        <v>1259</v>
       </c>
       <c r="B219" t="s">
-        <v>2343</v>
+        <v>1053</v>
       </c>
       <c r="C219" t="s">
+        <v>96</v>
+      </c>
+      <c r="D219" t="s">
+        <v>924</v>
+      </c>
+      <c r="E219">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>1237</v>
+        <v>1869</v>
       </c>
       <c r="B220" t="s">
-        <v>1051</v>
+        <v>236</v>
       </c>
       <c r="C220" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D220" t="s">
-        <v>906</v>
+        <v>357</v>
       </c>
       <c r="E220">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>1924</v>
+        <v>1602</v>
       </c>
       <c r="B221" t="s">
         <v>1</v>
       </c>
       <c r="C221" t="s">
-        <v>211</v>
+        <v>6</v>
       </c>
       <c r="D221" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E221">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>1862</v>
+        <v>803</v>
       </c>
       <c r="B222" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C222" t="s">
-        <v>211</v>
+        <v>46</v>
       </c>
       <c r="D222" t="s">
-        <v>320</v>
+        <v>750</v>
       </c>
       <c r="E222">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>1570</v>
+        <v>772</v>
       </c>
       <c r="B223" t="s">
         <v>1</v>
       </c>
       <c r="C223" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D223" t="s">
-        <v>320</v>
+        <v>773</v>
       </c>
       <c r="E223">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>779</v>
+        <v>1764</v>
       </c>
       <c r="B224" t="s">
         <v>1</v>
       </c>
       <c r="C224" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D224" t="s">
-        <v>725</v>
+        <v>52</v>
       </c>
       <c r="E224">
         <v>8</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>747</v>
+        <v>2226</v>
       </c>
       <c r="B225" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C225" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D225" t="s">
-        <v>748</v>
+        <v>2227</v>
       </c>
       <c r="E225">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>1746</v>
+        <v>601</v>
       </c>
       <c r="B226" t="s">
         <v>1</v>
       </c>
       <c r="C226" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="D226" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="E226">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>2233</v>
+        <v>692</v>
       </c>
       <c r="B227" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C227" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="D227" t="s">
-        <v>2234</v>
+        <v>203</v>
       </c>
       <c r="E227">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>570</v>
+        <v>2349</v>
       </c>
       <c r="B228" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C228" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="D228" t="s">
-        <v>150</v>
+        <v>2312</v>
       </c>
       <c r="E228">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>661</v>
+        <v>599</v>
       </c>
       <c r="B229" t="s">
         <v>1</v>
       </c>
       <c r="C229" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="D229" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E229">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>2363</v>
+        <v>332</v>
       </c>
       <c r="B230" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C230" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D230" t="s">
-        <v>2325</v>
+        <v>333</v>
       </c>
       <c r="E230">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>568</v>
+        <v>929</v>
       </c>
       <c r="B231" t="s">
         <v>1</v>
       </c>
       <c r="C231" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D231" t="s">
-        <v>150</v>
+        <v>928</v>
       </c>
       <c r="E231">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>1439</v>
+        <v>749</v>
       </c>
       <c r="B232" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C232" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D232" t="s">
-        <v>1440</v>
+        <v>750</v>
       </c>
       <c r="E232">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>294</v>
+        <v>948</v>
       </c>
       <c r="B233" t="s">
         <v>1</v>
       </c>
       <c r="C233" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="D233" t="s">
-        <v>295</v>
+        <v>750</v>
       </c>
       <c r="E233">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>911</v>
+        <v>813</v>
       </c>
       <c r="B234" t="s">
         <v>1</v>
       </c>
       <c r="C234" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D234" t="s">
-        <v>910</v>
+        <v>750</v>
       </c>
       <c r="E234">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>724</v>
+        <v>423</v>
       </c>
       <c r="B235" t="s">
         <v>1</v>
       </c>
       <c r="C235" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D235" t="s">
-        <v>725</v>
+        <v>424</v>
       </c>
       <c r="E235">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>930</v>
+        <v>764</v>
       </c>
       <c r="B236" t="s">
         <v>1</v>
       </c>
       <c r="C236" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D236" t="s">
-        <v>725</v>
+        <v>750</v>
       </c>
       <c r="E236">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>789</v>
+        <v>398</v>
       </c>
       <c r="B237" t="s">
         <v>1</v>
       </c>
       <c r="C237" t="s">
-        <v>8</v>
+        <v>399</v>
       </c>
       <c r="D237" t="s">
-        <v>725</v>
+        <v>389</v>
       </c>
       <c r="E237">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>389</v>
+        <v>446</v>
       </c>
       <c r="B238" t="s">
         <v>1</v>
       </c>
       <c r="C238" t="s">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="D238" t="s">
-        <v>390</v>
+        <v>441</v>
       </c>
       <c r="E238">
         <v>10</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
-        <v>739</v>
+        <v>2106</v>
       </c>
       <c r="B239" t="s">
-        <v>1</v>
+        <v>2099</v>
       </c>
       <c r="C239" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D239" t="s">
-        <v>725</v>
+        <v>1086</v>
       </c>
       <c r="E239">
-        <v>5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
-        <v>364</v>
+        <v>967</v>
       </c>
       <c r="B240" t="s">
         <v>1</v>
       </c>
       <c r="C240" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="D240" t="s">
-        <v>355</v>
+        <v>311</v>
       </c>
       <c r="E240">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>412</v>
+        <v>1025</v>
       </c>
       <c r="B241" t="s">
         <v>1</v>
       </c>
       <c r="C241" t="s">
-        <v>33</v>
+        <v>1026</v>
       </c>
       <c r="D241" t="s">
-        <v>407</v>
+        <v>311</v>
       </c>
       <c r="E241">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>2123</v>
+        <v>1112</v>
       </c>
       <c r="B242" t="s">
-        <v>2120</v>
+        <v>793</v>
       </c>
       <c r="C242" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D242" t="s">
-        <v>1049</v>
+        <v>1107</v>
       </c>
       <c r="E242">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>953</v>
+        <v>2400</v>
       </c>
       <c r="B243" t="s">
-        <v>1</v>
+        <v>2387</v>
       </c>
       <c r="C243" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>98</v>
       </c>
       <c r="E243">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>1012</v>
+        <v>1075</v>
       </c>
       <c r="B244" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C244" t="s">
-        <v>1013</v>
+        <v>9</v>
       </c>
       <c r="D244" t="s">
-        <v>272</v>
+        <v>68</v>
       </c>
       <c r="E244">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="B245" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C245" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D245" t="s">
-        <v>1075</v>
+        <v>1083</v>
       </c>
       <c r="E245">
         <v>16</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
-        <v>2418</v>
+        <v>2360</v>
       </c>
       <c r="B246" t="s">
-        <v>2403</v>
+        <v>2329</v>
       </c>
       <c r="C246" t="s">
-        <v>36</v>
+        <v>46</v>
+      </c>
+      <c r="D246" t="s">
+        <v>2312</v>
       </c>
       <c r="E246">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>1038</v>
+        <v>1338</v>
       </c>
       <c r="B247" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C247" t="s">
-        <v>211</v>
+        <v>46</v>
       </c>
       <c r="D247" t="s">
-        <v>96</v>
+        <v>2039</v>
       </c>
       <c r="E247">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
-        <v>1045</v>
+        <v>1338</v>
       </c>
       <c r="B248" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C248" t="s">
+        <v>46</v>
+      </c>
+      <c r="D248" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E248">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
-        <v>2374</v>
+        <v>2259</v>
       </c>
       <c r="B249" t="s">
-        <v>2343</v>
+        <v>2141</v>
       </c>
       <c r="C249" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D249" t="s">
-        <v>2325</v>
+        <v>871</v>
       </c>
       <c r="E249">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>1325</v>
+        <v>874</v>
       </c>
       <c r="B250" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C250" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D250" t="s">
-        <v>2058</v>
+        <v>875</v>
       </c>
       <c r="E250">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
-        <v>1325</v>
+        <v>765</v>
       </c>
       <c r="B251" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C251" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D251" t="s">
-        <v>1326</v>
+        <v>763</v>
       </c>
       <c r="E251">
         <v>8</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
-        <v>2267</v>
+        <v>876</v>
       </c>
       <c r="B252" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C252" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D252" t="s">
-        <v>851</v>
+        <v>483</v>
       </c>
       <c r="E252">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
-        <v>854</v>
+        <v>1066</v>
       </c>
       <c r="B253" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C253" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D253" t="s">
-        <v>855</v>
+        <v>68</v>
       </c>
       <c r="E253">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
-        <v>740</v>
+        <v>1068</v>
       </c>
       <c r="B254" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C254" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D254" t="s">
-        <v>738</v>
+        <v>68</v>
       </c>
       <c r="E254">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>856</v>
+        <v>1065</v>
       </c>
       <c r="B255" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C255" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D255" t="s">
-        <v>449</v>
+        <v>68</v>
       </c>
       <c r="E255">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>1028</v>
+        <v>1219</v>
       </c>
       <c r="B256" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C256" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
       <c r="D256" t="s">
-        <v>96</v>
+        <v>411</v>
       </c>
       <c r="E256">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
-        <v>1031</v>
+        <v>1488</v>
       </c>
       <c r="B257" t="s">
-        <v>769</v>
+        <v>171</v>
       </c>
       <c r="C257" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="D257" t="s">
-        <v>96</v>
+        <v>1489</v>
       </c>
       <c r="E257">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>1027</v>
+        <v>762</v>
       </c>
       <c r="B258" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C258" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D258" t="s">
-        <v>96</v>
+        <v>763</v>
       </c>
       <c r="E258">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>1192</v>
+        <v>2478</v>
       </c>
       <c r="B259" t="s">
-        <v>769</v>
+        <v>2404</v>
       </c>
       <c r="C259" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D259" t="s">
-        <v>377</v>
+        <v>293</v>
       </c>
       <c r="E259">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
-        <v>1482</v>
+        <v>2477</v>
       </c>
       <c r="B260" t="s">
-        <v>118</v>
+        <v>2404</v>
       </c>
       <c r="C260" t="s">
-        <v>317</v>
+        <v>98</v>
       </c>
       <c r="D260" t="s">
-        <v>1483</v>
+        <v>293</v>
       </c>
       <c r="E260">
-        <v>4</v>
+        <v>29</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
-        <v>737</v>
+        <v>1100</v>
       </c>
       <c r="B261" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C261" t="s">
+        <v>56</v>
+      </c>
+      <c r="D261" t="s">
+        <v>203</v>
+      </c>
+      <c r="E261">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
-        <v>2494</v>
+        <v>1204</v>
       </c>
       <c r="B262" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C262" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D262" t="s">
-        <v>253</v>
+        <v>1205</v>
       </c>
       <c r="E262">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>2493</v>
+        <v>515</v>
       </c>
       <c r="B263" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C263" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="D263" t="s">
-        <v>253</v>
+        <v>360</v>
       </c>
       <c r="E263">
-        <v>29</v>
+        <v>8</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>1066</v>
+        <v>1907</v>
       </c>
       <c r="B264" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C264" t="s">
-        <v>162</v>
+        <v>369</v>
       </c>
       <c r="D264" t="s">
-        <v>150</v>
+        <v>357</v>
       </c>
       <c r="E264">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
-        <v>1177</v>
+        <v>2158</v>
       </c>
       <c r="B265" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C265" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D265" t="s">
-        <v>1178</v>
+        <v>1487</v>
       </c>
       <c r="E265">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
-        <v>482</v>
+        <v>1090</v>
       </c>
       <c r="B266" t="s">
-        <v>1</v>
+        <v>1072</v>
       </c>
       <c r="C266" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D266" t="s">
-        <v>325</v>
+        <v>203</v>
       </c>
       <c r="E266">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
-        <v>1911</v>
+        <v>1090</v>
       </c>
       <c r="B267" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C267" t="s">
-        <v>335</v>
+        <v>40</v>
       </c>
       <c r="D267" t="s">
-        <v>320</v>
+        <v>203</v>
       </c>
       <c r="E267">
-        <v>7</v>
+        <v>39</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
-        <v>1054</v>
+        <v>1089</v>
       </c>
       <c r="B268" t="s">
-        <v>1035</v>
+        <v>793</v>
       </c>
       <c r="C268" t="s">
-        <v>159</v>
+        <v>40</v>
       </c>
       <c r="D268" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E268">
         <v>16</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
-        <v>1054</v>
+        <v>1089</v>
       </c>
       <c r="B269" t="s">
-        <v>2013</v>
+        <v>1998</v>
       </c>
       <c r="C269" t="s">
-        <v>159</v>
+        <v>40</v>
       </c>
       <c r="D269" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E269">
         <v>39</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>1053</v>
+        <v>895</v>
       </c>
       <c r="B270" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C270" t="s">
-        <v>159</v>
+        <v>61</v>
       </c>
       <c r="D270" t="s">
-        <v>150</v>
+        <v>413</v>
       </c>
       <c r="E270">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>1053</v>
+        <v>885</v>
       </c>
       <c r="B271" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C271" t="s">
-        <v>159</v>
+        <v>449</v>
       </c>
       <c r="D271" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="E271">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="B272" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C272" t="s">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="D272" t="s">
-        <v>379</v>
+        <v>2205</v>
       </c>
       <c r="E272">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>865</v>
+        <v>1830</v>
       </c>
       <c r="B273" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C273" t="s">
-        <v>415</v>
+        <v>104</v>
       </c>
       <c r="D273" t="s">
-        <v>72</v>
+        <v>357</v>
       </c>
       <c r="E273">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>865</v>
+        <v>878</v>
       </c>
       <c r="B274" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C274" t="s">
-        <v>78</v>
+        <v>234</v>
       </c>
       <c r="D274" t="s">
-        <v>2215</v>
+        <v>534</v>
       </c>
       <c r="E274">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>1815</v>
+        <v>930</v>
       </c>
       <c r="B275" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C275" t="s">
-        <v>42</v>
+        <v>752</v>
       </c>
       <c r="D275" t="s">
-        <v>320</v>
+        <v>931</v>
       </c>
       <c r="E275">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>858</v>
+        <v>2487</v>
       </c>
       <c r="B276" t="s">
         <v>1</v>
       </c>
       <c r="C276" t="s">
-        <v>184</v>
+        <v>22</v>
       </c>
       <c r="D276" t="s">
-        <v>501</v>
+        <v>130</v>
       </c>
       <c r="E276">
-        <v>19</v>
+        <v>3</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>912</v>
+        <v>721</v>
       </c>
       <c r="B277" t="s">
         <v>1</v>
       </c>
       <c r="C277" t="s">
-        <v>727</v>
+        <v>22</v>
       </c>
       <c r="D277" t="s">
-        <v>913</v>
+        <v>315</v>
       </c>
       <c r="E277">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>2503</v>
+        <v>973</v>
       </c>
       <c r="B278" t="s">
         <v>1</v>
       </c>
       <c r="C278" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D278" t="s">
-        <v>72</v>
+        <v>974</v>
       </c>
       <c r="E278">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
-        <v>691</v>
+        <v>900</v>
       </c>
       <c r="B279" t="s">
         <v>1</v>
       </c>
       <c r="C279" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D279" t="s">
-        <v>276</v>
+        <v>130</v>
       </c>
       <c r="E279">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
-        <v>959</v>
+        <v>2380</v>
       </c>
       <c r="B280" t="s">
-        <v>1</v>
+        <v>2381</v>
       </c>
       <c r="C280" t="s">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="D280" t="s">
-        <v>960</v>
+        <v>130</v>
       </c>
       <c r="E280">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>880</v>
+        <v>1024</v>
       </c>
       <c r="B281" t="s">
         <v>1</v>
       </c>
       <c r="C281" t="s">
-        <v>27</v>
+        <v>418</v>
       </c>
       <c r="D281" t="s">
-        <v>72</v>
+        <v>990</v>
       </c>
       <c r="E281">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>2394</v>
+        <v>638</v>
       </c>
       <c r="B282" t="s">
-        <v>2395</v>
+        <v>1</v>
       </c>
       <c r="C282" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="D282" t="s">
-        <v>72</v>
+        <v>203</v>
       </c>
       <c r="E282">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>1011</v>
+        <v>1275</v>
       </c>
       <c r="B283" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C283" t="s">
-        <v>384</v>
+        <v>1276</v>
       </c>
       <c r="D283" t="s">
-        <v>976</v>
+        <v>1277</v>
       </c>
       <c r="E283">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
-        <v>607</v>
+        <v>733</v>
       </c>
       <c r="B284" t="s">
         <v>1</v>
       </c>
       <c r="C284" t="s">
-        <v>317</v>
+        <v>296</v>
       </c>
       <c r="D284" t="s">
-        <v>150</v>
+        <v>734</v>
       </c>
       <c r="E284">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
-        <v>1908</v>
+        <v>1567</v>
       </c>
       <c r="B285" t="s">
         <v>1</v>
       </c>
       <c r="C285" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D285" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E285">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
-        <v>1255</v>
+        <v>2271</v>
       </c>
       <c r="B286" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C286" t="s">
-        <v>1256</v>
+        <v>46</v>
       </c>
       <c r="D286" t="s">
-        <v>1257</v>
+        <v>950</v>
       </c>
       <c r="E286">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
-        <v>708</v>
+        <v>125</v>
       </c>
       <c r="B287" t="s">
         <v>1</v>
       </c>
       <c r="C287" t="s">
-        <v>256</v>
+        <v>61</v>
       </c>
       <c r="D287" t="s">
-        <v>709</v>
+        <v>126</v>
       </c>
       <c r="E287">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>1533</v>
+        <v>390</v>
       </c>
       <c r="B288" t="s">
         <v>1</v>
       </c>
       <c r="C288" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D288" t="s">
-        <v>239</v>
+        <v>389</v>
       </c>
       <c r="E288">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>2280</v>
+        <v>390</v>
       </c>
       <c r="B289" t="s">
-        <v>2162</v>
+        <v>1998</v>
       </c>
       <c r="C289" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D289" t="s">
-        <v>933</v>
+        <v>389</v>
       </c>
       <c r="E289">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>67</v>
+        <v>886</v>
       </c>
       <c r="B290" t="s">
         <v>1</v>
       </c>
       <c r="C290" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D290" t="s">
-        <v>68</v>
+        <v>887</v>
       </c>
       <c r="E290">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>356</v>
+        <v>1460</v>
       </c>
       <c r="B291" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C291" t="s">
+        <v>6</v>
+      </c>
+      <c r="D291" t="s">
+        <v>130</v>
+      </c>
+      <c r="E291">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>356</v>
+        <v>72</v>
       </c>
       <c r="B292" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C292" t="s">
-        <v>8</v>
+        <v>73</v>
       </c>
       <c r="D292" t="s">
-        <v>355</v>
+        <v>74</v>
       </c>
       <c r="E292">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>866</v>
+        <v>2332</v>
       </c>
       <c r="B293" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C293" t="s">
+        <v>274</v>
+      </c>
+      <c r="D293" t="s">
+        <v>113</v>
+      </c>
+      <c r="E293">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>1453</v>
+        <v>2335</v>
       </c>
       <c r="B294" t="s">
-        <v>118</v>
+        <v>2329</v>
       </c>
       <c r="C294" t="s">
-        <v>19</v>
+        <v>274</v>
       </c>
       <c r="D294" t="s">
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="E294">
         <v>8</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>2346</v>
+        <v>652</v>
       </c>
       <c r="B295" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C295" t="s">
-        <v>229</v>
+        <v>56</v>
       </c>
       <c r="D295" t="s">
-        <v>53</v>
+        <v>203</v>
       </c>
       <c r="E295">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>2349</v>
+        <v>476</v>
       </c>
       <c r="B296" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C296" t="s">
-        <v>229</v>
+        <v>216</v>
       </c>
       <c r="D296" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E296">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>537</v>
+        <v>169</v>
       </c>
       <c r="B297" t="s">
         <v>1</v>
       </c>
       <c r="C297" t="s">
-        <v>162</v>
+        <v>31</v>
       </c>
       <c r="D297" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="E297">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>621</v>
+        <v>147</v>
       </c>
       <c r="B298" t="s">
         <v>1</v>
       </c>
       <c r="C298" t="s">
-        <v>162</v>
+        <v>2</v>
       </c>
       <c r="D298" t="s">
-        <v>150</v>
+        <v>133</v>
       </c>
       <c r="E298">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>442</v>
+        <v>312</v>
       </c>
       <c r="B299" t="s">
         <v>1</v>
       </c>
       <c r="C299" t="s">
-        <v>165</v>
+        <v>2</v>
       </c>
       <c r="D299" t="s">
-        <v>20</v>
+        <v>313</v>
       </c>
       <c r="E299">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>116</v>
+        <v>290</v>
       </c>
       <c r="B300" t="s">
         <v>1</v>
       </c>
       <c r="C300" t="s">
-        <v>2</v>
+        <v>43</v>
       </c>
       <c r="D300" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="E300">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>1060</v>
+        <v>288</v>
       </c>
       <c r="B301" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C301" t="s">
-        <v>110</v>
+        <v>43</v>
       </c>
       <c r="D301" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="E301">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>91</v>
+        <v>953</v>
       </c>
       <c r="B302" t="s">
         <v>1</v>
       </c>
       <c r="C302" t="s">
-        <v>78</v>
+        <v>916</v>
       </c>
       <c r="D302" t="s">
-        <v>75</v>
+        <v>413</v>
       </c>
       <c r="E302">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>273</v>
+        <v>1646</v>
       </c>
       <c r="B303" t="s">
         <v>1</v>
       </c>
       <c r="C303" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D303" t="s">
-        <v>274</v>
+        <v>357</v>
       </c>
       <c r="E303">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>250</v>
+        <v>1965</v>
       </c>
       <c r="B304" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C304" t="s">
-        <v>177</v>
+        <v>110</v>
       </c>
       <c r="D304" t="s">
-        <v>248</v>
+        <v>754</v>
       </c>
       <c r="E304">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>247</v>
+        <v>1968</v>
       </c>
       <c r="B305" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C305" t="s">
-        <v>177</v>
+        <v>46</v>
       </c>
       <c r="D305" t="s">
-        <v>248</v>
+        <v>754</v>
       </c>
       <c r="E305">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>936</v>
+        <v>1966</v>
       </c>
       <c r="B306" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C306" t="s">
-        <v>896</v>
+        <v>1967</v>
       </c>
       <c r="D306" t="s">
-        <v>379</v>
+        <v>754</v>
       </c>
       <c r="E306">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>1620</v>
+        <v>1962</v>
       </c>
       <c r="B307" t="s">
         <v>1</v>
       </c>
       <c r="C307" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="D307" t="s">
-        <v>320</v>
+        <v>754</v>
       </c>
       <c r="E307">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>1977</v>
+        <v>1960</v>
       </c>
       <c r="B308" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C308" t="s">
-        <v>49</v>
+        <v>1961</v>
       </c>
       <c r="D308" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="E308">
         <v>8</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
-        <v>1980</v>
+        <v>1957</v>
       </c>
       <c r="B309" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C309" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D309" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="E309">
         <v>8</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
-        <v>1978</v>
+        <v>1958</v>
       </c>
       <c r="B310" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C310" t="s">
-        <v>1979</v>
+        <v>499</v>
       </c>
       <c r="D310" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="E310">
         <v>8</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
-        <v>1975</v>
+        <v>1959</v>
       </c>
       <c r="B311" t="s">
         <v>1</v>
       </c>
       <c r="C311" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D311" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="E311">
         <v>10</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" t="s">
-        <v>1973</v>
+        <v>1945</v>
       </c>
       <c r="B312" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C312" t="s">
-        <v>1974</v>
+        <v>499</v>
       </c>
       <c r="D312" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="E312">
         <v>8</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" t="s">
-        <v>1970</v>
+        <v>1946</v>
       </c>
       <c r="B313" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C313" t="s">
-        <v>8</v>
+        <v>499</v>
       </c>
       <c r="D313" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="E313">
         <v>8</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" t="s">
-        <v>1971</v>
+        <v>1956</v>
       </c>
       <c r="B314" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C314" t="s">
-        <v>465</v>
+        <v>110</v>
       </c>
       <c r="D314" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="E314">
         <v>8</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" t="s">
-        <v>1972</v>
+        <v>480</v>
       </c>
       <c r="B315" t="s">
         <v>1</v>
       </c>
       <c r="C315" t="s">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="D315" t="s">
-        <v>729</v>
+        <v>302</v>
       </c>
       <c r="E315">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" t="s">
-        <v>1958</v>
+        <v>892</v>
       </c>
       <c r="B316" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C316" t="s">
-        <v>465</v>
+        <v>251</v>
       </c>
       <c r="D316" t="s">
-        <v>729</v>
+        <v>52</v>
       </c>
       <c r="E316">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" t="s">
-        <v>1959</v>
+        <v>681</v>
       </c>
       <c r="B317" t="s">
         <v>1</v>
       </c>
       <c r="C317" t="s">
-        <v>465</v>
+        <v>110</v>
       </c>
       <c r="D317" t="s">
-        <v>729</v>
+        <v>302</v>
       </c>
       <c r="E317">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" t="s">
-        <v>1969</v>
+        <v>2392</v>
       </c>
       <c r="B318" t="s">
-        <v>1</v>
+        <v>2387</v>
       </c>
       <c r="C318" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>98</v>
       </c>
       <c r="E318">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" t="s">
-        <v>446</v>
+        <v>186</v>
       </c>
       <c r="B319" t="s">
         <v>1</v>
       </c>
       <c r="C319" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="D319" t="s">
-        <v>263</v>
+        <v>165</v>
       </c>
       <c r="E319">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" t="s">
-        <v>872</v>
+        <v>35</v>
       </c>
       <c r="B320" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C320" t="s">
-        <v>202</v>
+        <v>6</v>
       </c>
       <c r="D320" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E320">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" t="s">
-        <v>650</v>
+        <v>285</v>
       </c>
       <c r="B321" t="s">
         <v>1</v>
       </c>
       <c r="C321" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
       <c r="D321" t="s">
-        <v>263</v>
+        <v>286</v>
       </c>
       <c r="E321">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" t="s">
-        <v>2410</v>
+        <v>285</v>
       </c>
       <c r="B322" t="s">
-        <v>2403</v>
+        <v>1998</v>
       </c>
       <c r="C322" t="s">
-        <v>36</v>
+        <v>6</v>
+      </c>
+      <c r="D322" t="s">
+        <v>286</v>
       </c>
       <c r="E322">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" t="s">
-        <v>133</v>
+        <v>281</v>
       </c>
       <c r="B323" t="s">
         <v>1</v>
       </c>
       <c r="C323" t="s">
-        <v>2</v>
+        <v>238</v>
       </c>
       <c r="D323" t="s">
-        <v>111</v>
+        <v>232</v>
       </c>
       <c r="E323">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" t="s">
-        <v>1727</v>
+        <v>1617</v>
       </c>
       <c r="B324" t="s">
         <v>1</v>
       </c>
       <c r="C324" t="s">
-        <v>102</v>
+        <v>1276</v>
       </c>
       <c r="D324" t="s">
-        <v>421</v>
+        <v>302</v>
       </c>
       <c r="E324">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" t="s">
-        <v>244</v>
+        <v>1047</v>
       </c>
       <c r="B325" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C325" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D325" t="s">
-        <v>245</v>
+        <v>302</v>
       </c>
       <c r="E325">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" t="s">
-        <v>244</v>
+        <v>1586</v>
       </c>
       <c r="B326" t="s">
-        <v>1</v>
+        <v>1053</v>
       </c>
       <c r="C326" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="D326" t="s">
-        <v>245</v>
+        <v>357</v>
       </c>
       <c r="E326">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" t="s">
-        <v>240</v>
+        <v>1860</v>
       </c>
       <c r="B327" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C327" t="s">
-        <v>188</v>
+        <v>96</v>
       </c>
       <c r="D327" t="s">
-        <v>182</v>
+        <v>302</v>
       </c>
       <c r="E327">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" t="s">
-        <v>1587</v>
+        <v>1817</v>
       </c>
       <c r="B328" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C328" t="s">
-        <v>1256</v>
+        <v>96</v>
       </c>
       <c r="D328" t="s">
-        <v>263</v>
+        <v>357</v>
       </c>
       <c r="E328">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" t="s">
-        <v>1554</v>
+        <v>1953</v>
       </c>
       <c r="B329" t="s">
-        <v>1051</v>
+        <v>1</v>
       </c>
       <c r="C329" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D329" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="E329">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" t="s">
-        <v>1851</v>
+        <v>1954</v>
       </c>
       <c r="B330" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C330" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="D330" t="s">
-        <v>263</v>
+        <v>280</v>
       </c>
       <c r="E330">
         <v>7</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" t="s">
-        <v>1799</v>
+        <v>1992</v>
       </c>
       <c r="B331" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C331" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D331" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="E331">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" t="s">
-        <v>1997</v>
+        <v>1979</v>
       </c>
       <c r="B332" t="s">
         <v>1</v>
       </c>
       <c r="C332" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="D332" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E332">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" t="s">
-        <v>1968</v>
+        <v>1843</v>
       </c>
       <c r="B333" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C333" t="s">
-        <v>2</v>
+        <v>216</v>
       </c>
       <c r="D333" t="s">
-        <v>239</v>
+        <v>357</v>
       </c>
       <c r="E333">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" t="s">
-        <v>1864</v>
+        <v>38</v>
       </c>
       <c r="B334" t="s">
-        <v>1181</v>
+        <v>1</v>
       </c>
       <c r="C334" t="s">
-        <v>2</v>
+        <v>34</v>
       </c>
       <c r="D334" t="s">
-        <v>1201</v>
+        <v>32</v>
       </c>
       <c r="E334">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" t="s">
-        <v>1874</v>
+        <v>714</v>
       </c>
       <c r="B335" t="s">
         <v>1</v>
       </c>
       <c r="C335" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D335" t="s">
-        <v>239</v>
+        <v>76</v>
       </c>
       <c r="E335">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" t="s">
-        <v>2006</v>
+        <v>320</v>
       </c>
       <c r="B336" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C336" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D336" t="s">
-        <v>239</v>
+        <v>130</v>
       </c>
       <c r="E336">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" t="s">
-        <v>2005</v>
+        <v>2154</v>
       </c>
       <c r="B337" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C337" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="D337" t="s">
-        <v>239</v>
+        <v>2155</v>
       </c>
       <c r="E337">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" t="s">
-        <v>2000</v>
+        <v>1736</v>
       </c>
       <c r="B338" t="s">
         <v>1</v>
       </c>
       <c r="C338" t="s">
-        <v>2</v>
+        <v>1615</v>
       </c>
       <c r="D338" t="s">
-        <v>239</v>
+        <v>357</v>
       </c>
       <c r="E338">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" t="s">
-        <v>1955</v>
+        <v>1737</v>
       </c>
       <c r="B339" t="s">
         <v>1</v>
       </c>
       <c r="C339" t="s">
-        <v>2</v>
+        <v>1615</v>
       </c>
       <c r="D339" t="s">
-        <v>239</v>
+        <v>357</v>
       </c>
       <c r="E339">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" t="s">
-        <v>2007</v>
+        <v>1942</v>
       </c>
       <c r="B340" t="s">
         <v>1</v>
       </c>
       <c r="C340" t="s">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="D340" t="s">
-        <v>239</v>
+        <v>455</v>
       </c>
       <c r="E340">
         <v>7</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" t="s">
-        <v>1928</v>
+        <v>806</v>
       </c>
       <c r="B341" t="s">
         <v>1</v>
       </c>
       <c r="C341" t="s">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D341" t="s">
-        <v>239</v>
+        <v>805</v>
       </c>
       <c r="E341">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" t="s">
-        <v>1832</v>
+        <v>2496</v>
       </c>
       <c r="B342" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C342" t="s">
-        <v>165</v>
+        <v>218</v>
       </c>
       <c r="D342" t="s">
-        <v>320</v>
+        <v>130</v>
       </c>
       <c r="E342">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" t="s">
-        <v>684</v>
+        <v>1440</v>
       </c>
       <c r="B343" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C343" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D343" t="s">
-        <v>3</v>
+        <v>1438</v>
       </c>
       <c r="E343">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" t="s">
-        <v>281</v>
+        <v>1537</v>
       </c>
       <c r="B344" t="s">
         <v>1</v>
       </c>
       <c r="C344" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D344" t="s">
-        <v>72</v>
+        <v>280</v>
       </c>
       <c r="E344">
         <v>8</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" t="s">
-        <v>1717</v>
+        <v>1565</v>
       </c>
       <c r="B345" t="s">
         <v>1</v>
       </c>
       <c r="C345" t="s">
-        <v>1585</v>
+        <v>34</v>
       </c>
       <c r="D345" t="s">
-        <v>320</v>
+        <v>1566</v>
       </c>
       <c r="E345">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" t="s">
-        <v>1718</v>
+        <v>1664</v>
       </c>
       <c r="B346" t="s">
         <v>1</v>
       </c>
       <c r="C346" t="s">
-        <v>1585</v>
+        <v>2</v>
       </c>
       <c r="D346" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E346">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" t="s">
-        <v>1609</v>
+        <v>1194</v>
       </c>
       <c r="B347" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C347" t="s">
-        <v>8</v>
+        <v>365</v>
       </c>
       <c r="D347" t="s">
-        <v>263</v>
+        <v>381</v>
       </c>
       <c r="E347">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" t="s">
-        <v>1954</v>
+        <v>1356</v>
       </c>
       <c r="B348" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C348" t="s">
-        <v>8</v>
+        <v>738</v>
       </c>
       <c r="D348" t="s">
-        <v>421</v>
+        <v>1352</v>
       </c>
       <c r="E348">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" t="s">
-        <v>782</v>
+        <v>2212</v>
       </c>
       <c r="B349" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C349" t="s">
-        <v>211</v>
+        <v>46</v>
       </c>
       <c r="D349" t="s">
-        <v>781</v>
+        <v>2213</v>
       </c>
       <c r="E349">
         <v>8</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" t="s">
-        <v>2512</v>
+        <v>1706</v>
       </c>
       <c r="B350" t="s">
         <v>1</v>
       </c>
       <c r="C350" t="s">
-        <v>167</v>
+        <v>65</v>
       </c>
       <c r="D350" t="s">
-        <v>72</v>
+        <v>280</v>
       </c>
       <c r="E350">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" t="s">
-        <v>1429</v>
+        <v>18</v>
       </c>
       <c r="B351" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C351" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D351" t="s">
-        <v>1427</v>
+        <v>3</v>
       </c>
       <c r="E351">
         <v>12</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" t="s">
-        <v>1531</v>
+        <v>912</v>
       </c>
       <c r="B352" t="s">
         <v>1</v>
       </c>
       <c r="C352" t="s">
-        <v>115</v>
+        <v>31</v>
       </c>
       <c r="D352" t="s">
-        <v>1532</v>
+        <v>76</v>
       </c>
       <c r="E352">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" t="s">
-        <v>1639</v>
+        <v>717</v>
       </c>
       <c r="B353" t="s">
         <v>1</v>
       </c>
       <c r="C353" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
       <c r="D353" t="s">
-        <v>320</v>
+        <v>76</v>
       </c>
       <c r="E353">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" t="s">
-        <v>1167</v>
+        <v>570</v>
       </c>
       <c r="B354" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C354" t="s">
-        <v>331</v>
+        <v>65</v>
       </c>
       <c r="D354" t="s">
-        <v>347</v>
+        <v>203</v>
       </c>
       <c r="E354">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" t="s">
-        <v>1347</v>
+        <v>698</v>
       </c>
       <c r="B355" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C355" t="s">
-        <v>713</v>
+        <v>31</v>
       </c>
       <c r="D355" t="s">
-        <v>1343</v>
+        <v>76</v>
       </c>
       <c r="E355">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
-        <v>2222</v>
+        <v>873</v>
       </c>
       <c r="B356" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C356" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D356" t="s">
-        <v>2223</v>
+        <v>864</v>
       </c>
       <c r="E356">
         <v>8</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
-        <v>1682</v>
+        <v>1302</v>
       </c>
       <c r="B357" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C357" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D357" t="s">
-        <v>239</v>
+        <v>488</v>
       </c>
       <c r="E357">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" t="s">
-        <v>892</v>
+        <v>1396</v>
       </c>
       <c r="B358" t="s">
-        <v>1</v>
+        <v>1148</v>
       </c>
       <c r="C358" t="s">
-        <v>2</v>
+        <v>1211</v>
       </c>
       <c r="D358" t="s">
-        <v>3</v>
+        <v>1150</v>
       </c>
       <c r="E358">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" t="s">
-        <v>687</v>
+        <v>2481</v>
       </c>
       <c r="B359" t="s">
         <v>1</v>
       </c>
       <c r="C359" t="s">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="D359" t="s">
+        <v>203</v>
+      </c>
+      <c r="E359">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" t="s">
-        <v>539</v>
+        <v>1661</v>
       </c>
       <c r="B360" t="s">
         <v>1</v>
       </c>
       <c r="C360" t="s">
-        <v>102</v>
+        <v>216</v>
       </c>
       <c r="D360" t="s">
-        <v>150</v>
+        <v>302</v>
       </c>
       <c r="E360">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" t="s">
-        <v>667</v>
+        <v>1784</v>
       </c>
       <c r="B361" t="s">
         <v>1</v>
       </c>
       <c r="C361" t="s">
-        <v>2</v>
+        <v>216</v>
       </c>
       <c r="D361" t="s">
-        <v>3</v>
+        <v>280</v>
       </c>
       <c r="E361">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
-        <v>694</v>
+        <v>442</v>
       </c>
       <c r="B362" t="s">
         <v>1</v>
       </c>
       <c r="C362" t="s">
-        <v>2</v>
+        <v>96</v>
       </c>
       <c r="D362" t="s">
-        <v>3</v>
+        <v>411</v>
       </c>
       <c r="E362">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
-        <v>853</v>
+        <v>440</v>
       </c>
       <c r="B363" t="s">
         <v>1</v>
       </c>
       <c r="C363" t="s">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="D363" t="s">
-        <v>842</v>
+        <v>441</v>
       </c>
       <c r="E363">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
-        <v>1283</v>
+        <v>2402</v>
       </c>
       <c r="B364" t="s">
-        <v>769</v>
+        <v>2387</v>
       </c>
       <c r="C364" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>454</v>
+        <v>6</v>
       </c>
       <c r="E364">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
-        <v>1389</v>
+        <v>703</v>
       </c>
       <c r="B365" t="s">
-        <v>1120</v>
+        <v>1</v>
       </c>
       <c r="C365" t="s">
-        <v>1184</v>
+        <v>31</v>
       </c>
       <c r="D365" t="s">
-        <v>1122</v>
+        <v>76</v>
       </c>
       <c r="E365">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" t="s">
-        <v>2497</v>
+        <v>841</v>
       </c>
       <c r="B366" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C366" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D366" t="s">
-        <v>150</v>
+        <v>550</v>
       </c>
       <c r="E366">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" t="s">
-        <v>1635</v>
+        <v>319</v>
       </c>
       <c r="B367" t="s">
         <v>1</v>
       </c>
       <c r="C367" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="D367" t="s">
-        <v>263</v>
+        <v>76</v>
       </c>
       <c r="E367">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" t="s">
-        <v>1764</v>
+        <v>1705</v>
       </c>
       <c r="B368" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C368" t="s">
-        <v>165</v>
+        <v>132</v>
       </c>
       <c r="D368" t="s">
-        <v>239</v>
+        <v>357</v>
       </c>
       <c r="E368">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" t="s">
-        <v>408</v>
+        <v>2035</v>
       </c>
       <c r="B369" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C369" t="s">
-        <v>33</v>
+        <v>1365</v>
       </c>
       <c r="D369" t="s">
-        <v>377</v>
+        <v>2036</v>
       </c>
       <c r="E369">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
-        <v>406</v>
+        <v>1128</v>
       </c>
       <c r="B370" t="s">
-        <v>1</v>
+        <v>1085</v>
       </c>
       <c r="C370" t="s">
-        <v>33</v>
+        <v>202</v>
       </c>
       <c r="D370" t="s">
-        <v>407</v>
+        <v>1086</v>
       </c>
       <c r="E370">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
-        <v>2420</v>
+        <v>2047</v>
       </c>
       <c r="B371" t="s">
-        <v>2403</v>
+        <v>1998</v>
       </c>
       <c r="C371" t="s">
-        <v>19</v>
+        <v>46</v>
+      </c>
+      <c r="D371" t="s">
+        <v>2048</v>
       </c>
       <c r="E371">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
-        <v>673</v>
+        <v>1494</v>
       </c>
       <c r="B372" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C372" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="D372" t="s">
-        <v>3</v>
+        <v>76</v>
       </c>
       <c r="E372">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
-        <v>819</v>
+        <v>728</v>
       </c>
       <c r="B373" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C373" t="s">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="D373" t="s">
-        <v>517</v>
+        <v>729</v>
       </c>
       <c r="E373">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" t="s">
-        <v>280</v>
+        <v>2490</v>
       </c>
       <c r="B374" t="s">
-        <v>1</v>
+        <v>368</v>
       </c>
       <c r="C374" t="s">
+        <v>744</v>
+      </c>
+      <c r="D374" t="s">
+        <v>2491</v>
+      </c>
+      <c r="E374">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
-        <v>1681</v>
+        <v>688</v>
       </c>
       <c r="B375" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C375" t="s">
-        <v>74</v>
+        <v>689</v>
       </c>
       <c r="D375" t="s">
-        <v>320</v>
+        <v>203</v>
       </c>
       <c r="E375">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
-        <v>2054</v>
+        <v>1239</v>
       </c>
       <c r="B376" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C376" t="s">
-        <v>1356</v>
+        <v>110</v>
       </c>
       <c r="D376" t="s">
-        <v>2055</v>
+        <v>360</v>
       </c>
       <c r="E376">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
-        <v>1099</v>
+        <v>100</v>
       </c>
       <c r="B377" t="s">
-        <v>1048</v>
+        <v>1</v>
       </c>
       <c r="C377" t="s">
-        <v>149</v>
+        <v>101</v>
       </c>
       <c r="D377" t="s">
-        <v>1049</v>
+        <v>102</v>
       </c>
       <c r="E377">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" t="s">
-        <v>2066</v>
+        <v>231</v>
       </c>
       <c r="B378" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C378" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D378" t="s">
-        <v>2067</v>
+        <v>232</v>
       </c>
       <c r="E378">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" t="s">
-        <v>1488</v>
+        <v>254</v>
       </c>
       <c r="B379" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C379" t="s">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="D379" t="s">
-        <v>3</v>
+        <v>255</v>
       </c>
       <c r="E379">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" t="s">
-        <v>1217</v>
+        <v>1157</v>
       </c>
       <c r="B380" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C380" t="s">
-        <v>162</v>
+        <v>46</v>
       </c>
       <c r="D380" t="s">
-        <v>325</v>
+        <v>1083</v>
       </c>
       <c r="E380">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" t="s">
-        <v>699</v>
+        <v>426</v>
       </c>
       <c r="B381" t="s">
         <v>1</v>
       </c>
       <c r="C381" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="D381" t="s">
-        <v>700</v>
+        <v>91</v>
       </c>
       <c r="E381">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" t="s">
-        <v>2506</v>
+        <v>1757</v>
       </c>
       <c r="B382" t="s">
-        <v>334</v>
+        <v>1</v>
       </c>
       <c r="C382" t="s">
-        <v>719</v>
+        <v>218</v>
       </c>
       <c r="D382" t="s">
-        <v>2507</v>
+        <v>302</v>
       </c>
       <c r="E382">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" t="s">
-        <v>657</v>
+        <v>910</v>
       </c>
       <c r="B383" t="s">
         <v>1</v>
       </c>
       <c r="C383" t="s">
-        <v>658</v>
+        <v>34</v>
       </c>
       <c r="D383" t="s">
-        <v>150</v>
+        <v>76</v>
       </c>
       <c r="E383">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" t="s">
-        <v>1216</v>
+        <v>548</v>
       </c>
       <c r="B384" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C384" t="s">
-        <v>49</v>
+        <v>164</v>
       </c>
       <c r="D384" t="s">
-        <v>325</v>
+        <v>538</v>
       </c>
       <c r="E384">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" t="s">
-        <v>38</v>
+        <v>402</v>
       </c>
       <c r="B385" t="s">
         <v>1</v>
       </c>
       <c r="C385" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
       <c r="D385" t="s">
-        <v>40</v>
+        <v>286</v>
       </c>
       <c r="E385">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" t="s">
-        <v>181</v>
+        <v>2248</v>
       </c>
       <c r="B386" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C386" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="D386" t="s">
-        <v>182</v>
+        <v>76</v>
       </c>
       <c r="E386">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" t="s">
-        <v>205</v>
+        <v>184</v>
       </c>
       <c r="B387" t="s">
         <v>1</v>
       </c>
       <c r="C387" t="s">
-        <v>206</v>
+        <v>31</v>
       </c>
       <c r="D387" t="s">
-        <v>207</v>
+        <v>165</v>
       </c>
       <c r="E387">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" t="s">
-        <v>1129</v>
+        <v>727</v>
       </c>
       <c r="B388" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C388" t="s">
+        <v>9</v>
+      </c>
+      <c r="D388" t="s">
+        <v>536</v>
+      </c>
+      <c r="E388">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" t="s">
-        <v>392</v>
+        <v>2162</v>
       </c>
       <c r="B389" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C389" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="D389" t="s">
-        <v>26</v>
+        <v>1051</v>
       </c>
       <c r="E389">
         <v>10</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" t="s">
-        <v>890</v>
+        <v>2113</v>
       </c>
       <c r="B390" t="s">
-        <v>1</v>
+        <v>2114</v>
       </c>
       <c r="C390" t="s">
-        <v>115</v>
+        <v>251</v>
       </c>
       <c r="D390" t="s">
-        <v>3</v>
+        <v>286</v>
       </c>
       <c r="E390">
-        <v>4</v>
+        <v>49</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" t="s">
-        <v>515</v>
+        <v>2112</v>
       </c>
       <c r="B391" t="s">
-        <v>1</v>
+        <v>2099</v>
       </c>
       <c r="C391" t="s">
-        <v>110</v>
+        <v>251</v>
       </c>
       <c r="D391" t="s">
-        <v>505</v>
+        <v>286</v>
       </c>
       <c r="E391">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" t="s">
-        <v>368</v>
+        <v>2201</v>
       </c>
       <c r="B392" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C392" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="D392" t="s">
-        <v>245</v>
+        <v>2202</v>
       </c>
       <c r="E392">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" t="s">
-        <v>2255</v>
+        <v>2352</v>
       </c>
       <c r="B393" t="s">
-        <v>2162</v>
+        <v>2329</v>
       </c>
       <c r="C393" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D393" t="s">
-        <v>3</v>
+        <v>2312</v>
       </c>
       <c r="E393">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" t="s">
-        <v>131</v>
+        <v>1316</v>
       </c>
       <c r="B394" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C394" t="s">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="D394" t="s">
-        <v>111</v>
+        <v>262</v>
       </c>
       <c r="E394">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" t="s">
-        <v>698</v>
+        <v>1682</v>
       </c>
       <c r="B395" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C395" t="s">
-        <v>211</v>
+        <v>40</v>
       </c>
       <c r="D395" t="s">
-        <v>503</v>
+        <v>357</v>
       </c>
       <c r="E395">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" t="s">
-        <v>2132</v>
+        <v>1985</v>
       </c>
       <c r="B396" t="s">
-        <v>2133</v>
+        <v>1</v>
       </c>
       <c r="C396" t="s">
-        <v>202</v>
+        <v>40</v>
       </c>
       <c r="D396" t="s">
-        <v>245</v>
+        <v>302</v>
       </c>
       <c r="E396">
-        <v>49</v>
+        <v>7</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" t="s">
-        <v>2131</v>
+        <v>1892</v>
       </c>
       <c r="B397" t="s">
-        <v>2120</v>
+        <v>793</v>
       </c>
       <c r="C397" t="s">
-        <v>202</v>
+        <v>40</v>
       </c>
       <c r="D397" t="s">
-        <v>245</v>
+        <v>357</v>
       </c>
       <c r="E397">
-        <v>39</v>
+        <v>11</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" t="s">
-        <v>2211</v>
+        <v>1681</v>
       </c>
       <c r="B398" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C398" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D398" t="s">
-        <v>2212</v>
+        <v>357</v>
       </c>
       <c r="E398">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" t="s">
-        <v>2366</v>
+        <v>1603</v>
       </c>
       <c r="B399" t="s">
-        <v>2343</v>
+        <v>793</v>
       </c>
       <c r="C399" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D399" t="s">
-        <v>2325</v>
+        <v>357</v>
       </c>
       <c r="E399">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" t="s">
-        <v>1298</v>
+        <v>2252</v>
       </c>
       <c r="B400" t="s">
-        <v>769</v>
+        <v>2253</v>
       </c>
       <c r="C400" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D400" t="s">
-        <v>217</v>
+        <v>2254</v>
       </c>
       <c r="E400">
-        <v>8</v>
+        <v>69</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" t="s">
-        <v>1656</v>
+        <v>1719</v>
       </c>
       <c r="B401" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C401" t="s">
-        <v>159</v>
+        <v>65</v>
       </c>
       <c r="D401" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="E401">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" t="s">
-        <v>1994</v>
+        <v>1703</v>
       </c>
       <c r="B402" t="s">
         <v>1</v>
       </c>
       <c r="C402" t="s">
-        <v>159</v>
+        <v>65</v>
       </c>
       <c r="D402" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E402">
         <v>7</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" t="s">
-        <v>1888</v>
+        <v>1702</v>
       </c>
       <c r="B403" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C403" t="s">
-        <v>159</v>
+        <v>65</v>
       </c>
       <c r="D403" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="E403">
-        <v>11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
-        <v>1655</v>
+        <v>1862</v>
       </c>
       <c r="B404" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C404" t="s">
-        <v>159</v>
+        <v>122</v>
       </c>
       <c r="D404" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E404">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
       <c r="B405" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C405" t="s">
-        <v>159</v>
+        <v>202</v>
       </c>
       <c r="D405" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="E405">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" t="s">
-        <v>2259</v>
+        <v>1599</v>
       </c>
       <c r="B406" t="s">
-        <v>2260</v>
+        <v>1</v>
       </c>
       <c r="C406" t="s">
-        <v>8</v>
+        <v>69</v>
       </c>
       <c r="D406" t="s">
-        <v>2168</v>
+        <v>302</v>
       </c>
       <c r="E406">
-        <v>69</v>
+        <v>4</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" t="s">
-        <v>1698</v>
+        <v>75</v>
       </c>
       <c r="B407" t="s">
         <v>1</v>
       </c>
       <c r="C407" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="D407" t="s">
-        <v>263</v>
+        <v>76</v>
       </c>
       <c r="E407">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" t="s">
-        <v>1678</v>
+        <v>4</v>
       </c>
       <c r="B408" t="s">
         <v>1</v>
       </c>
       <c r="C408" t="s">
-        <v>102</v>
+        <v>2</v>
       </c>
       <c r="D408" t="s">
-        <v>263</v>
+        <v>3</v>
       </c>
       <c r="E408">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" t="s">
-        <v>1679</v>
+        <v>0</v>
       </c>
       <c r="B409" t="s">
         <v>1</v>
       </c>
       <c r="C409" t="s">
-        <v>102</v>
+        <v>2</v>
       </c>
       <c r="D409" t="s">
-        <v>263</v>
+        <v>3</v>
       </c>
       <c r="E409">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" t="s">
-        <v>1677</v>
+        <v>1358</v>
       </c>
       <c r="B410" t="s">
-        <v>1</v>
+        <v>1148</v>
       </c>
       <c r="C410" t="s">
-        <v>102</v>
+        <v>1359</v>
       </c>
       <c r="D410" t="s">
-        <v>263</v>
+        <v>924</v>
       </c>
       <c r="E410">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" t="s">
-        <v>1697</v>
+        <v>1095</v>
       </c>
       <c r="B411" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C411" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="D411" t="s">
-        <v>263</v>
+        <v>203</v>
       </c>
       <c r="E411">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" t="s">
-        <v>1853</v>
+        <v>172</v>
       </c>
       <c r="B412" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C412" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="D412" t="s">
-        <v>320</v>
+        <v>165</v>
       </c>
       <c r="E412">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" t="s">
-        <v>1552</v>
+        <v>205</v>
       </c>
       <c r="B413" t="s">
         <v>1</v>
       </c>
       <c r="C413" t="s">
-        <v>149</v>
+        <v>6</v>
       </c>
       <c r="D413" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E413">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" t="s">
-        <v>1567</v>
+        <v>205</v>
       </c>
       <c r="B414" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C414" t="s">
-        <v>317</v>
+        <v>6</v>
       </c>
       <c r="D414" t="s">
-        <v>263</v>
+        <v>203</v>
       </c>
       <c r="E414">
-        <v>4</v>
+        <v>16</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" t="s">
-        <v>5</v>
+        <v>1539</v>
       </c>
       <c r="B415" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C415" t="s">
-        <v>6</v>
+        <v>180</v>
       </c>
       <c r="D415" t="s">
-        <v>3</v>
+        <v>1520</v>
       </c>
       <c r="E415">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" t="s">
-        <v>1349</v>
+        <v>1618</v>
       </c>
       <c r="B416" t="s">
-        <v>1120</v>
+        <v>1</v>
       </c>
       <c r="C416" t="s">
-        <v>1350</v>
+        <v>164</v>
       </c>
       <c r="D416" t="s">
-        <v>906</v>
+        <v>280</v>
       </c>
       <c r="E416">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" t="s">
-        <v>1059</v>
+        <v>1735</v>
       </c>
       <c r="B417" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C417" t="s">
-        <v>49</v>
+        <v>164</v>
       </c>
       <c r="D417" t="s">
-        <v>150</v>
+        <v>357</v>
       </c>
       <c r="E417">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" t="s">
-        <v>119</v>
+        <v>1614</v>
       </c>
       <c r="B418" t="s">
         <v>1</v>
       </c>
       <c r="C418" t="s">
-        <v>2</v>
+        <v>1615</v>
       </c>
       <c r="D418" t="s">
-        <v>111</v>
+        <v>280</v>
       </c>
       <c r="E418">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" t="s">
-        <v>152</v>
+        <v>1619</v>
       </c>
       <c r="B419" t="s">
         <v>1</v>
       </c>
       <c r="C419" t="s">
-        <v>19</v>
+        <v>164</v>
       </c>
       <c r="D419" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E419">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" t="s">
-        <v>152</v>
+        <v>1659</v>
       </c>
       <c r="B420" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C420" t="s">
-        <v>19</v>
+        <v>132</v>
       </c>
       <c r="D420" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E420">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" t="s">
-        <v>1716</v>
+        <v>1660</v>
       </c>
       <c r="B421" t="s">
         <v>1</v>
       </c>
       <c r="C421" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="D421" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="E421">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" t="s">
-        <v>1584</v>
+        <v>807</v>
       </c>
       <c r="B422" t="s">
         <v>1</v>
       </c>
       <c r="C422" t="s">
-        <v>1585</v>
+        <v>738</v>
       </c>
       <c r="D422" t="s">
-        <v>239</v>
+        <v>750</v>
       </c>
       <c r="E422">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
-        <v>1633</v>
+        <v>1854</v>
       </c>
       <c r="B423" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C423" t="s">
-        <v>74</v>
+        <v>164</v>
       </c>
       <c r="D423" t="s">
-        <v>239</v>
+        <v>1227</v>
       </c>
       <c r="E423">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
-        <v>1634</v>
+        <v>1858</v>
       </c>
       <c r="B424" t="s">
-        <v>1</v>
+        <v>1072</v>
       </c>
       <c r="C424" t="s">
-        <v>74</v>
+        <v>234</v>
       </c>
       <c r="D424" t="s">
-        <v>239</v>
+        <v>1227</v>
       </c>
       <c r="E424">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
-        <v>783</v>
+        <v>2037</v>
       </c>
       <c r="B425" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C425" t="s">
-        <v>713</v>
+        <v>46</v>
       </c>
       <c r="D425" t="s">
-        <v>725</v>
+        <v>2038</v>
       </c>
       <c r="E425">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" t="s">
-        <v>1844</v>
+        <v>93</v>
       </c>
       <c r="B426" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C426" t="s">
-        <v>110</v>
+        <v>15</v>
       </c>
       <c r="D426" t="s">
-        <v>1201</v>
+        <v>94</v>
       </c>
       <c r="E426">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" t="s">
-        <v>1849</v>
+        <v>193</v>
       </c>
       <c r="B427" t="s">
-        <v>1035</v>
+        <v>1</v>
       </c>
       <c r="C427" t="s">
-        <v>184</v>
+        <v>31</v>
       </c>
       <c r="D427" t="s">
-        <v>1201</v>
+        <v>165</v>
       </c>
       <c r="E427">
         <v>10</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" t="s">
-        <v>2056</v>
+        <v>508</v>
       </c>
       <c r="B428" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C428" t="s">
+        <v>110</v>
+      </c>
+      <c r="D428" t="s">
+        <v>360</v>
+      </c>
+      <c r="E428">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
-        <v>29</v>
+        <v>1698</v>
       </c>
       <c r="B429" t="s">
         <v>1</v>
       </c>
       <c r="C429" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="D429" t="s">
-        <v>31</v>
+        <v>280</v>
       </c>
       <c r="E429">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
-        <v>140</v>
+        <v>1199</v>
       </c>
       <c r="B430" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C430" t="s">
-        <v>2</v>
+        <v>372</v>
       </c>
       <c r="D430" t="s">
-        <v>111</v>
+        <v>381</v>
       </c>
       <c r="E430">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
-        <v>474</v>
+        <v>2398</v>
       </c>
       <c r="B431" t="s">
-        <v>1</v>
+        <v>2387</v>
       </c>
       <c r="C431" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>98</v>
       </c>
       <c r="E431">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
-        <v>1672</v>
+        <v>2087</v>
       </c>
       <c r="B432" t="s">
-        <v>1</v>
+        <v>2079</v>
       </c>
       <c r="C432" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D432" t="s">
-        <v>239</v>
+        <v>1086</v>
       </c>
       <c r="E432">
-        <v>7</v>
+        <v>45</v>
       </c>
     </row>
     <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" t="s">
-        <v>1172</v>
+        <v>2128</v>
       </c>
       <c r="B433" t="s">
-        <v>769</v>
+        <v>2121</v>
       </c>
       <c r="C433" t="s">
-        <v>338</v>
+        <v>46</v>
       </c>
       <c r="D433" t="s">
-        <v>347</v>
+        <v>1086</v>
       </c>
       <c r="E433">
-        <v>12</v>
+        <v>129</v>
       </c>
     </row>
     <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" t="s">
-        <v>2416</v>
+        <v>1780</v>
       </c>
       <c r="B434" t="s">
-        <v>2403</v>
+        <v>2079</v>
       </c>
       <c r="C434" t="s">
-        <v>36</v>
+        <v>46</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1086</v>
       </c>
       <c r="E434">
-        <v>9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" t="s">
-        <v>2108</v>
+        <v>1891</v>
       </c>
       <c r="B435" t="s">
-        <v>2103</v>
+        <v>1</v>
       </c>
       <c r="C435" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D435" t="s">
-        <v>1049</v>
+        <v>302</v>
       </c>
       <c r="E435">
-        <v>45</v>
+        <v>7</v>
       </c>
     </row>
     <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" t="s">
-        <v>2148</v>
+        <v>1890</v>
       </c>
       <c r="B436" t="s">
-        <v>2140</v>
+        <v>1</v>
       </c>
       <c r="C436" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D436" t="s">
-        <v>1049</v>
+        <v>302</v>
       </c>
       <c r="E436">
-        <v>129</v>
+        <v>7</v>
       </c>
     </row>
     <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" t="s">
-        <v>1761</v>
+        <v>19</v>
       </c>
       <c r="B437" t="s">
-        <v>2103</v>
+        <v>1</v>
       </c>
       <c r="C437" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="D437" t="s">
-        <v>1049</v>
+        <v>3</v>
       </c>
       <c r="E437">
-        <v>45</v>
+        <v>12</v>
       </c>
     </row>
     <row r="438" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A438" t="s">
-        <v>1030</v>
+        <v>470</v>
       </c>
       <c r="B438" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C438" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D438" t="s">
-        <v>96</v>
+        <v>471</v>
       </c>
       <c r="E438">
         <v>12</v>
       </c>
     </row>
     <row r="439" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A439" t="s">
-        <v>1887</v>
+        <v>2196</v>
       </c>
       <c r="B439" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C439" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D439" t="s">
-        <v>263</v>
+        <v>1520</v>
       </c>
       <c r="E439">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="440" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
-        <v>1886</v>
+        <v>2018</v>
       </c>
       <c r="B440" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C440" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D440" t="s">
-        <v>263</v>
+        <v>1318</v>
       </c>
       <c r="E440">
-        <v>7</v>
+        <v>49</v>
       </c>
     </row>
     <row r="441" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
-        <v>436</v>
+        <v>1722</v>
       </c>
       <c r="B441" t="s">
         <v>1</v>
       </c>
       <c r="C441" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D441" t="s">
-        <v>437</v>
+        <v>302</v>
       </c>
       <c r="E441">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="442" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A442" t="s">
-        <v>2204</v>
+        <v>1951</v>
       </c>
       <c r="B442" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C442" t="s">
-        <v>162</v>
+        <v>61</v>
       </c>
       <c r="D442" t="s">
-        <v>2203</v>
+        <v>293</v>
       </c>
       <c r="E442">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="443" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A443" t="s">
-        <v>2037</v>
+        <v>1889</v>
       </c>
       <c r="B443" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C443" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D443" t="s">
-        <v>1300</v>
+        <v>302</v>
       </c>
       <c r="E443">
-        <v>49</v>
+        <v>7</v>
       </c>
     </row>
     <row r="444" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A444" t="s">
-        <v>1703</v>
+        <v>1911</v>
       </c>
       <c r="B444" t="s">
         <v>1</v>
       </c>
       <c r="C444" t="s">
+        <v>98</v>
+      </c>
+      <c r="D444" t="s">
+        <v>293</v>
+      </c>
+      <c r="E444">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="445" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A445" t="s">
-        <v>1965</v>
+        <v>1888</v>
       </c>
       <c r="B445" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C445" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D445" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="E445">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="446" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A446" t="s">
-        <v>1915</v>
+        <v>2358</v>
       </c>
       <c r="B446" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C446" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D446" t="s">
-        <v>253</v>
+        <v>2312</v>
       </c>
       <c r="E446">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="447" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A447" t="s">
-        <v>1885</v>
+        <v>1914</v>
       </c>
       <c r="B447" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C447" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D447" t="s">
-        <v>320</v>
+        <v>1227</v>
       </c>
       <c r="E447">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="448" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A448" t="s">
-        <v>2372</v>
+        <v>2017</v>
       </c>
       <c r="B448" t="s">
-        <v>2343</v>
+        <v>1998</v>
       </c>
       <c r="C448" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D448" t="s">
-        <v>2325</v>
+        <v>66</v>
       </c>
       <c r="E448">
-        <v>4</v>
+        <v>49</v>
       </c>
     </row>
     <row r="449" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A449" t="s">
-        <v>1919</v>
+        <v>774</v>
       </c>
       <c r="B449" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C449" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D449" t="s">
-        <v>1201</v>
+        <v>775</v>
       </c>
       <c r="E449">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="450" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A450" t="s">
-        <v>2036</v>
+        <v>1593</v>
       </c>
       <c r="B450" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C450" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="D450" t="s">
-        <v>1018</v>
+        <v>1594</v>
       </c>
       <c r="E450">
-        <v>49</v>
+        <v>19</v>
       </c>
     </row>
     <row r="451" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A451" t="s">
-        <v>1856</v>
+        <v>50</v>
       </c>
       <c r="B451" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C451" t="s">
-        <v>1617</v>
+        <v>51</v>
       </c>
       <c r="D451" t="s">
-        <v>320</v>
+        <v>52</v>
       </c>
       <c r="E451">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A452" t="s">
-        <v>749</v>
+        <v>448</v>
       </c>
       <c r="B452" t="s">
         <v>1</v>
       </c>
       <c r="C452" t="s">
+        <v>449</v>
+      </c>
+      <c r="D452" t="s">
+        <v>130</v>
+      </c>
+      <c r="E452">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="453" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A453" t="s">
-        <v>1561</v>
+        <v>1809</v>
       </c>
       <c r="B453" t="s">
         <v>1</v>
       </c>
       <c r="C453" t="s">
-        <v>115</v>
+        <v>6</v>
       </c>
       <c r="D453" t="s">
-        <v>1562</v>
+        <v>280</v>
       </c>
       <c r="E453">
-        <v>19</v>
+        <v>7</v>
       </c>
     </row>
     <row r="454" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A454" t="s">
-        <v>414</v>
+        <v>1828</v>
       </c>
       <c r="B454" t="s">
         <v>1</v>
       </c>
       <c r="C454" t="s">
-        <v>415</v>
+        <v>6</v>
       </c>
       <c r="D454" t="s">
-        <v>72</v>
+        <v>280</v>
       </c>
       <c r="E454">
         <v>8</v>
       </c>
     </row>
     <row r="455" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A455" t="s">
-        <v>1791</v>
+        <v>1810</v>
       </c>
       <c r="B455" t="s">
         <v>1</v>
       </c>
       <c r="C455" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D455" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E455">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="456" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A456" t="s">
-        <v>1790</v>
+        <v>1145</v>
       </c>
       <c r="B456" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C456" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D456" t="s">
-        <v>239</v>
+        <v>76</v>
       </c>
       <c r="E456">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="457" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A457" t="s">
-        <v>1813</v>
+        <v>1145</v>
       </c>
       <c r="B457" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C457" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D457" t="s">
-        <v>239</v>
+        <v>76</v>
       </c>
       <c r="E457">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="458" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A458" t="s">
-        <v>1812</v>
+        <v>2344</v>
       </c>
       <c r="B458" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C458" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D458" t="s">
-        <v>239</v>
+        <v>2345</v>
       </c>
       <c r="E458">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="459" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A459" t="s">
-        <v>1792</v>
+        <v>591</v>
       </c>
       <c r="B459" t="s">
         <v>1</v>
       </c>
       <c r="C459" t="s">
-        <v>19</v>
+        <v>261</v>
       </c>
       <c r="D459" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E459">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="460" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A460" t="s">
-        <v>1900</v>
+        <v>2042</v>
       </c>
       <c r="B460" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C460" t="s">
-        <v>216</v>
+        <v>1165</v>
       </c>
       <c r="D460" t="s">
-        <v>263</v>
+        <v>389</v>
       </c>
       <c r="E460">
-        <v>8</v>
+        <v>29</v>
       </c>
     </row>
     <row r="461" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
-        <v>1117</v>
+        <v>1169</v>
       </c>
       <c r="B461" t="s">
-        <v>2162</v>
+        <v>1148</v>
       </c>
       <c r="C461" t="s">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="D461" t="s">
-        <v>3</v>
+        <v>262</v>
       </c>
       <c r="E461">
-        <v>12</v>
+        <v>39</v>
       </c>
     </row>
     <row r="462" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A462" t="s">
-        <v>1117</v>
+        <v>1746</v>
       </c>
       <c r="B462" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C462" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="D462" t="s">
-        <v>3</v>
+        <v>357</v>
       </c>
       <c r="E462">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="463" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A463" t="s">
-        <v>2358</v>
+        <v>867</v>
       </c>
       <c r="B463" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C463" t="s">
-        <v>19</v>
+        <v>202</v>
       </c>
       <c r="D463" t="s">
-        <v>2359</v>
+        <v>868</v>
       </c>
       <c r="E463">
         <v>5</v>
       </c>
     </row>
     <row r="464" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
-        <v>560</v>
+        <v>1813</v>
       </c>
       <c r="B464" t="s">
-        <v>1</v>
+        <v>236</v>
       </c>
       <c r="C464" t="s">
-        <v>216</v>
+        <v>1309</v>
       </c>
       <c r="D464" t="s">
-        <v>150</v>
+        <v>558</v>
       </c>
       <c r="E464">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="465" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
-        <v>2061</v>
+        <v>1842</v>
       </c>
       <c r="B465" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C465" t="s">
-        <v>1137</v>
+        <v>6</v>
       </c>
       <c r="D465" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="E465">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="466" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A466" t="s">
-        <v>1141</v>
+        <v>1899</v>
       </c>
       <c r="B466" t="s">
-        <v>1120</v>
+        <v>793</v>
       </c>
       <c r="C466" t="s">
-        <v>159</v>
+        <v>6</v>
       </c>
       <c r="D466" t="s">
-        <v>217</v>
+        <v>357</v>
       </c>
       <c r="E466">
-        <v>39</v>
+        <v>8</v>
       </c>
     </row>
     <row r="467" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A467" t="s">
-        <v>1728</v>
+        <v>756</v>
       </c>
       <c r="B467" t="s">
         <v>1</v>
       </c>
       <c r="C467" t="s">
-        <v>317</v>
+        <v>101</v>
       </c>
       <c r="D467" t="s">
-        <v>320</v>
+        <v>488</v>
       </c>
       <c r="E467">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="468" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A468" t="s">
-        <v>845</v>
+        <v>715</v>
       </c>
       <c r="B468" t="s">
         <v>1</v>
       </c>
       <c r="C468" t="s">
-        <v>149</v>
+        <v>31</v>
       </c>
       <c r="D468" t="s">
-        <v>846</v>
+        <v>76</v>
       </c>
       <c r="E468">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
-        <v>1795</v>
+        <v>25</v>
       </c>
       <c r="B469" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C469" t="s">
-        <v>1291</v>
+        <v>6</v>
       </c>
       <c r="D469" t="s">
-        <v>525</v>
+        <v>3</v>
       </c>
       <c r="E469">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="470" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
-        <v>1831</v>
+        <v>2485</v>
       </c>
       <c r="B470" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C470" t="s">
-        <v>19</v>
+        <v>159</v>
       </c>
       <c r="D470" t="s">
-        <v>320</v>
+        <v>413</v>
       </c>
       <c r="E470">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="471" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
-        <v>1894</v>
+        <v>526</v>
       </c>
       <c r="B471" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C471" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="D471" t="s">
-        <v>320</v>
+        <v>527</v>
       </c>
       <c r="E471">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="472" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A472" t="s">
-        <v>731</v>
+        <v>263</v>
       </c>
       <c r="B472" t="s">
         <v>1</v>
       </c>
       <c r="C472" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="D472" t="s">
-        <v>454</v>
+        <v>264</v>
       </c>
       <c r="E472">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="473" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A473" t="s">
-        <v>685</v>
+        <v>1464</v>
       </c>
       <c r="B473" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C473" t="s">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="D473" t="s">
-        <v>3</v>
+        <v>1465</v>
       </c>
       <c r="E473">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="474" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A474" t="s">
-        <v>4</v>
+        <v>1684</v>
       </c>
       <c r="B474" t="s">
         <v>1</v>
       </c>
       <c r="C474" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D474" t="s">
-        <v>3</v>
+        <v>357</v>
       </c>
       <c r="E474">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="475" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A475" t="s">
-        <v>0</v>
+        <v>1616</v>
       </c>
       <c r="B475" t="s">
         <v>1</v>
       </c>
       <c r="C475" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D475" t="s">
-        <v>3</v>
+        <v>280</v>
       </c>
       <c r="E475">
         <v>8</v>
       </c>
     </row>
     <row r="476" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A476" t="s">
-        <v>2501</v>
+        <v>177</v>
       </c>
       <c r="B476" t="s">
         <v>1</v>
       </c>
       <c r="C476" t="s">
-        <v>105</v>
+        <v>164</v>
       </c>
       <c r="D476" t="s">
-        <v>379</v>
+        <v>165</v>
       </c>
       <c r="E476">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="477" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A477" t="s">
-        <v>493</v>
+        <v>2064</v>
       </c>
       <c r="B477" t="s">
-        <v>1</v>
+        <v>2065</v>
       </c>
       <c r="C477" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="D477" t="s">
-        <v>494</v>
+        <v>262</v>
       </c>
       <c r="E477">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="478" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A478" t="s">
-        <v>218</v>
+        <v>2214</v>
       </c>
       <c r="B478" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C478" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D478" t="s">
-        <v>219</v>
+        <v>941</v>
       </c>
       <c r="E478">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="479" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A479" t="s">
-        <v>1457</v>
+        <v>1449</v>
       </c>
       <c r="B479" t="s">
-        <v>118</v>
+        <v>171</v>
       </c>
       <c r="C479" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="D479" t="s">
-        <v>1458</v>
+        <v>1450</v>
       </c>
       <c r="E479">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="480" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A480" t="s">
-        <v>1658</v>
+        <v>1459</v>
       </c>
       <c r="B480" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C480" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D480" t="s">
-        <v>320</v>
+        <v>92</v>
       </c>
       <c r="E480">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="481" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A481" t="s">
-        <v>1586</v>
+        <v>1229</v>
       </c>
       <c r="B481" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C481" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D481" t="s">
-        <v>239</v>
+        <v>76</v>
       </c>
       <c r="E481">
         <v>8</v>
       </c>
     </row>
     <row r="482" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A482" t="s">
-        <v>124</v>
+        <v>2221</v>
       </c>
       <c r="B482" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C482" t="s">
-        <v>110</v>
+        <v>2222</v>
       </c>
       <c r="D482" t="s">
-        <v>111</v>
+        <v>2223</v>
       </c>
       <c r="E482">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="483" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A483" t="s">
-        <v>2084</v>
+        <v>949</v>
       </c>
       <c r="B483" t="s">
-        <v>2085</v>
+        <v>1</v>
       </c>
       <c r="C483" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D483" t="s">
-        <v>217</v>
+        <v>950</v>
       </c>
       <c r="E483">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="484" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A484" t="s">
-        <v>1828</v>
+        <v>408</v>
       </c>
       <c r="B484" t="s">
         <v>1</v>
       </c>
       <c r="C484" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="D484" t="s">
-        <v>239</v>
+        <v>74</v>
       </c>
       <c r="E484">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="485" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A485" t="s">
-        <v>2224</v>
+        <v>1282</v>
       </c>
       <c r="B485" t="s">
-        <v>2162</v>
+        <v>1072</v>
       </c>
       <c r="C485" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
       <c r="D485" t="s">
-        <v>923</v>
+        <v>488</v>
       </c>
       <c r="E485">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="486" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A486" t="s">
-        <v>1441</v>
+        <v>1805</v>
       </c>
       <c r="B486" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C486" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="D486" t="s">
-        <v>1442</v>
+        <v>455</v>
       </c>
       <c r="E486">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="487" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A487" t="s">
-        <v>1452</v>
+        <v>1626</v>
       </c>
       <c r="B487" t="s">
-        <v>118</v>
+        <v>793</v>
       </c>
       <c r="C487" t="s">
-        <v>211</v>
+        <v>2</v>
       </c>
       <c r="D487" t="s">
-        <v>28</v>
+        <v>357</v>
       </c>
       <c r="E487">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="488" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A488" t="s">
-        <v>1203</v>
+        <v>1928</v>
       </c>
       <c r="B488" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C488" t="s">
         <v>2</v>
       </c>
       <c r="D488" t="s">
-        <v>3</v>
+        <v>455</v>
       </c>
       <c r="E488">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="489" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A489" t="s">
-        <v>2229</v>
+        <v>2001</v>
       </c>
       <c r="B489" t="s">
-        <v>2162</v>
+        <v>1998</v>
       </c>
       <c r="C489" t="s">
-        <v>2230</v>
+        <v>2</v>
       </c>
       <c r="D489" t="s">
-        <v>2231</v>
+        <v>2002</v>
       </c>
       <c r="E489">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="490" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A490" t="s">
-        <v>932</v>
+        <v>1592</v>
       </c>
       <c r="B490" t="s">
         <v>1</v>
       </c>
       <c r="C490" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D490" t="s">
-        <v>933</v>
+        <v>302</v>
       </c>
       <c r="E490">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="491" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A491" t="s">
-        <v>374</v>
+        <v>1811</v>
       </c>
       <c r="B491" t="s">
         <v>1</v>
       </c>
       <c r="C491" t="s">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D491" t="s">
-        <v>248</v>
+        <v>280</v>
       </c>
       <c r="E491">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="492" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A492" t="s">
-        <v>1263</v>
+        <v>611</v>
       </c>
       <c r="B492" t="s">
-        <v>1035</v>
+        <v>1</v>
       </c>
       <c r="C492" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="D492" t="s">
-        <v>454</v>
+        <v>203</v>
       </c>
       <c r="E492">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="493" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A493" t="s">
-        <v>1785</v>
+        <v>1483</v>
       </c>
       <c r="B493" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C493" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="D493" t="s">
-        <v>421</v>
+        <v>864</v>
       </c>
       <c r="E493">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="494" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A494" t="s">
-        <v>1594</v>
+        <v>45</v>
       </c>
       <c r="B494" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C494" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D494" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
       <c r="E494">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="495" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A495" t="s">
-        <v>1935</v>
+        <v>1397</v>
       </c>
       <c r="B495" t="s">
-        <v>769</v>
+        <v>2079</v>
       </c>
       <c r="C495" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D495" t="s">
-        <v>421</v>
+        <v>2095</v>
       </c>
       <c r="E495">
-        <v>10</v>
+        <v>29</v>
       </c>
     </row>
     <row r="496" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A496" t="s">
-        <v>2017</v>
+        <v>1397</v>
       </c>
       <c r="B496" t="s">
-        <v>2013</v>
+        <v>1398</v>
       </c>
       <c r="C496" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D496" t="s">
-        <v>2018</v>
+        <v>748</v>
       </c>
       <c r="E496">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="497" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A497" t="s">
-        <v>1560</v>
+        <v>700</v>
       </c>
       <c r="B497" t="s">
         <v>1</v>
       </c>
       <c r="C497" t="s">
-        <v>78</v>
+        <v>180</v>
       </c>
       <c r="D497" t="s">
-        <v>263</v>
+        <v>76</v>
       </c>
       <c r="E497">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="498" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A498" t="s">
-        <v>1793</v>
+        <v>1328</v>
       </c>
       <c r="B498" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C498" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D498" t="s">
-        <v>239</v>
+        <v>550</v>
       </c>
       <c r="E498">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="499" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A499" t="s">
-        <v>580</v>
+        <v>1763</v>
       </c>
       <c r="B499" t="s">
         <v>1</v>
       </c>
       <c r="C499" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D499" t="s">
-        <v>150</v>
+        <v>1566</v>
       </c>
       <c r="E499">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="500" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A500" t="s">
-        <v>1477</v>
+        <v>371</v>
       </c>
       <c r="B500" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C500" t="s">
-        <v>55</v>
+        <v>372</v>
       </c>
       <c r="D500" t="s">
-        <v>842</v>
+        <v>297</v>
       </c>
       <c r="E500">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="501" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A501" t="s">
-        <v>1390</v>
+        <v>1728</v>
       </c>
       <c r="B501" t="s">
-        <v>2103</v>
+        <v>793</v>
       </c>
       <c r="C501" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="D501" t="s">
-        <v>2115</v>
+        <v>1227</v>
       </c>
       <c r="E501">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="502" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A502" t="s">
-        <v>1390</v>
+        <v>124</v>
       </c>
       <c r="B502" t="s">
-        <v>1391</v>
+        <v>1</v>
       </c>
       <c r="C502" t="s">
-        <v>8</v>
+        <v>122</v>
       </c>
       <c r="D502" t="s">
-        <v>723</v>
+        <v>123</v>
       </c>
       <c r="E502">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A503" t="s">
-        <v>669</v>
+        <v>121</v>
       </c>
       <c r="B503" t="s">
         <v>1</v>
       </c>
       <c r="C503" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D503" t="s">
-        <v>3</v>
+        <v>123</v>
       </c>
       <c r="E503">
         <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A504" t="s">
-        <v>1310</v>
+        <v>1596</v>
       </c>
       <c r="B504" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C504" t="s">
-        <v>49</v>
+        <v>98</v>
       </c>
       <c r="D504" t="s">
-        <v>517</v>
+        <v>302</v>
       </c>
       <c r="E504">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="505" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A505" t="s">
-        <v>1745</v>
+        <v>199</v>
       </c>
       <c r="B505" t="s">
         <v>1</v>
       </c>
       <c r="C505" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D505" t="s">
-        <v>1532</v>
+        <v>130</v>
       </c>
       <c r="E505">
         <v>8</v>
       </c>
     </row>
     <row r="506" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A506" t="s">
-        <v>337</v>
+        <v>1218</v>
       </c>
       <c r="B506" t="s">
-        <v>1</v>
+        <v>1053</v>
       </c>
       <c r="C506" t="s">
-        <v>338</v>
+        <v>6</v>
       </c>
       <c r="D506" t="s">
-        <v>257</v>
+        <v>130</v>
       </c>
       <c r="E506">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="507" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A507" t="s">
-        <v>1709</v>
+        <v>1793</v>
       </c>
       <c r="B507" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C507" t="s">
-        <v>74</v>
+        <v>40</v>
       </c>
       <c r="D507" t="s">
-        <v>1201</v>
+        <v>302</v>
       </c>
       <c r="E507">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="508" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A508" t="s">
-        <v>66</v>
+        <v>1989</v>
       </c>
       <c r="B508" t="s">
         <v>1</v>
       </c>
       <c r="C508" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="D508" t="s">
-        <v>65</v>
+        <v>302</v>
       </c>
       <c r="E508">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="509" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A509" t="s">
-        <v>63</v>
+        <v>1732</v>
       </c>
       <c r="B509" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C509" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="D509" t="s">
-        <v>65</v>
+        <v>357</v>
       </c>
       <c r="E509">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="510" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A510" t="s">
-        <v>1564</v>
+        <v>1868</v>
       </c>
       <c r="B510" t="s">
         <v>1</v>
       </c>
       <c r="C510" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D510" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E510">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="511" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A511" t="s">
-        <v>146</v>
+        <v>1624</v>
       </c>
       <c r="B511" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C511" t="s">
-        <v>19</v>
+        <v>132</v>
       </c>
       <c r="D511" t="s">
-        <v>72</v>
+        <v>357</v>
       </c>
       <c r="E511">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="512" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A512" t="s">
-        <v>1191</v>
+        <v>1323</v>
       </c>
       <c r="B512" t="s">
-        <v>1051</v>
+        <v>793</v>
       </c>
       <c r="C512" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D512" t="s">
-        <v>72</v>
+        <v>1324</v>
       </c>
       <c r="E512">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A513" t="s">
-        <v>1901</v>
+        <v>1833</v>
       </c>
       <c r="B513" t="s">
         <v>1</v>
       </c>
       <c r="C513" t="s">
-        <v>159</v>
+        <v>20</v>
       </c>
       <c r="D513" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E513">
         <v>7</v>
       </c>
     </row>
     <row r="514" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A514" t="s">
-        <v>2002</v>
+        <v>1832</v>
       </c>
       <c r="B514" t="s">
-        <v>1</v>
+        <v>236</v>
       </c>
       <c r="C514" t="s">
-        <v>159</v>
+        <v>20</v>
       </c>
       <c r="D514" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E514">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="515" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A515" t="s">
-        <v>1713</v>
+        <v>1022</v>
       </c>
       <c r="B515" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C515" t="s">
-        <v>159</v>
+        <v>1023</v>
       </c>
       <c r="D515" t="s">
-        <v>320</v>
+        <v>990</v>
       </c>
       <c r="E515">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="516" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A516" t="s">
-        <v>1963</v>
+        <v>468</v>
       </c>
       <c r="B516" t="s">
         <v>1</v>
       </c>
       <c r="C516" t="s">
-        <v>159</v>
+        <v>46</v>
       </c>
       <c r="D516" t="s">
-        <v>263</v>
+        <v>469</v>
       </c>
       <c r="E516">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="517" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A517" t="s">
-        <v>1996</v>
+        <v>1930</v>
       </c>
       <c r="B517" t="s">
         <v>1</v>
       </c>
       <c r="C517" t="s">
-        <v>159</v>
+        <v>6</v>
       </c>
       <c r="D517" t="s">
-        <v>263</v>
+        <v>357</v>
       </c>
       <c r="E517">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="518" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A518" t="s">
-        <v>1592</v>
+        <v>1930</v>
       </c>
       <c r="B518" t="s">
-        <v>769</v>
+        <v>2079</v>
       </c>
       <c r="C518" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="D518" t="s">
-        <v>320</v>
+        <v>2000</v>
       </c>
       <c r="E518">
-        <v>11</v>
+        <v>45</v>
       </c>
     </row>
     <row r="519" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A519" t="s">
-        <v>1305</v>
+        <v>1733</v>
       </c>
       <c r="B519" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C519" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D519" t="s">
-        <v>1306</v>
+        <v>357</v>
       </c>
       <c r="E519">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="520" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A520" t="s">
-        <v>1820</v>
+        <v>1933</v>
       </c>
       <c r="B520" t="s">
         <v>1</v>
       </c>
       <c r="C520" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D520" t="s">
-        <v>263</v>
+        <v>455</v>
       </c>
       <c r="E520">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="521" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A521" t="s">
-        <v>1819</v>
+        <v>1299</v>
       </c>
       <c r="B521" t="s">
-        <v>186</v>
+        <v>793</v>
       </c>
       <c r="C521" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D521" t="s">
-        <v>263</v>
+        <v>488</v>
       </c>
       <c r="E521">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="522" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A522" t="s">
-        <v>1009</v>
+        <v>1298</v>
       </c>
       <c r="B522" t="s">
-        <v>1</v>
+        <v>1072</v>
       </c>
       <c r="C522" t="s">
-        <v>1010</v>
+        <v>65</v>
       </c>
       <c r="D522" t="s">
-        <v>976</v>
+        <v>488</v>
       </c>
       <c r="E522">
-        <v>4</v>
+        <v>19</v>
       </c>
     </row>
     <row r="523" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A523" t="s">
-        <v>434</v>
+        <v>1297</v>
       </c>
       <c r="B523" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C523" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="D523" t="s">
-        <v>435</v>
+        <v>488</v>
       </c>
       <c r="E523">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="524" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A524" t="s">
-        <v>1944</v>
+        <v>472</v>
       </c>
       <c r="B524" t="s">
         <v>1</v>
       </c>
       <c r="C524" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D524" t="s">
-        <v>320</v>
+        <v>473</v>
       </c>
       <c r="E524">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="525" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A525" t="s">
-        <v>1937</v>
+        <v>458</v>
       </c>
       <c r="B525" t="s">
-        <v>2103</v>
+        <v>1</v>
       </c>
       <c r="C525" t="s">
-        <v>19</v>
+        <v>180</v>
       </c>
       <c r="D525" t="s">
-        <v>2014</v>
+        <v>76</v>
       </c>
       <c r="E525">
-        <v>45</v>
+        <v>6</v>
       </c>
     </row>
     <row r="526" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A526" t="s">
-        <v>1937</v>
+        <v>2014</v>
       </c>
       <c r="B526" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C526" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D526" t="s">
-        <v>320</v>
+        <v>2015</v>
       </c>
       <c r="E526">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="527" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A527" t="s">
-        <v>1714</v>
+        <v>1220</v>
       </c>
       <c r="B527" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C527" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="D527" t="s">
-        <v>320</v>
+        <v>441</v>
       </c>
       <c r="E527">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="528" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A528" t="s">
-        <v>1940</v>
+        <v>822</v>
       </c>
       <c r="B528" t="s">
-        <v>1</v>
+        <v>236</v>
       </c>
       <c r="C528" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D528" t="s">
-        <v>421</v>
+        <v>750</v>
       </c>
       <c r="E528">
         <v>8</v>
       </c>
     </row>
     <row r="529" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A529" t="s">
-        <v>1280</v>
+        <v>691</v>
       </c>
       <c r="B529" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C529" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D529" t="s">
-        <v>454</v>
+        <v>203</v>
       </c>
       <c r="E529">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="530" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
-        <v>1279</v>
+        <v>198</v>
       </c>
       <c r="B530" t="s">
-        <v>1035</v>
+        <v>1</v>
       </c>
       <c r="C530" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D530" t="s">
-        <v>454</v>
+        <v>130</v>
       </c>
       <c r="E530">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="531" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A531" t="s">
-        <v>1278</v>
+        <v>2220</v>
       </c>
       <c r="B531" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C531" t="s">
-        <v>102</v>
+        <v>916</v>
       </c>
       <c r="D531" t="s">
-        <v>454</v>
+        <v>434</v>
       </c>
       <c r="E531">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="532" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A532" t="s">
-        <v>438</v>
+        <v>1375</v>
       </c>
       <c r="B532" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C532" t="s">
-        <v>19</v>
+        <v>330</v>
       </c>
       <c r="D532" t="s">
-        <v>439</v>
+        <v>1376</v>
       </c>
       <c r="E532">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="533" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A533" t="s">
-        <v>424</v>
+        <v>1938</v>
       </c>
       <c r="B533" t="s">
         <v>1</v>
       </c>
       <c r="C533" t="s">
-        <v>127</v>
+        <v>46</v>
       </c>
       <c r="D533" t="s">
-        <v>3</v>
+        <v>293</v>
       </c>
       <c r="E533">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="534" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A534" t="s">
-        <v>672</v>
+        <v>227</v>
       </c>
       <c r="B534" t="s">
         <v>1</v>
       </c>
       <c r="C534" t="s">
-        <v>2</v>
+        <v>43</v>
       </c>
       <c r="D534" t="s">
-        <v>3</v>
+        <v>203</v>
       </c>
       <c r="E534">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="535" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A535" t="s">
-        <v>2033</v>
+        <v>1470</v>
       </c>
       <c r="B535" t="s">
-        <v>2013</v>
+        <v>171</v>
       </c>
       <c r="C535" t="s">
-        <v>55</v>
+        <v>202</v>
       </c>
       <c r="D535" t="s">
-        <v>2034</v>
+        <v>1471</v>
       </c>
       <c r="E535">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="536" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A536" t="s">
-        <v>1193</v>
+        <v>872</v>
       </c>
       <c r="B536" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C536" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D536" t="s">
-        <v>407</v>
+        <v>2231</v>
       </c>
       <c r="E536">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="537" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A537" t="s">
-        <v>798</v>
+        <v>872</v>
       </c>
       <c r="B537" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C537" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D537" t="s">
-        <v>725</v>
+        <v>871</v>
       </c>
       <c r="E537">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="538" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A538" t="s">
-        <v>660</v>
+        <v>1153</v>
       </c>
       <c r="B538" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C538" t="s">
-        <v>8</v>
+        <v>372</v>
       </c>
       <c r="D538" t="s">
-        <v>150</v>
+        <v>1154</v>
       </c>
       <c r="E538">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="539" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A539" t="s">
-        <v>145</v>
+        <v>1185</v>
       </c>
       <c r="B539" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C539" t="s">
-        <v>8</v>
+        <v>296</v>
       </c>
       <c r="D539" t="s">
-        <v>72</v>
+        <v>366</v>
       </c>
       <c r="E539">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="540" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A540" t="s">
-        <v>2228</v>
+        <v>1060</v>
       </c>
       <c r="B540" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C540" t="s">
-        <v>896</v>
+        <v>154</v>
       </c>
       <c r="D540" t="s">
-        <v>400</v>
+        <v>232</v>
       </c>
       <c r="E540">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="541" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A541" t="s">
-        <v>1367</v>
+        <v>1061</v>
       </c>
       <c r="B541" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C541" t="s">
-        <v>292</v>
+        <v>154</v>
       </c>
       <c r="D541" t="s">
-        <v>1368</v>
+        <v>232</v>
       </c>
       <c r="E541">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="542" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A542" t="s">
-        <v>1946</v>
+        <v>915</v>
       </c>
       <c r="B542" t="s">
         <v>1</v>
       </c>
       <c r="C542" t="s">
-        <v>8</v>
+        <v>916</v>
       </c>
       <c r="D542" t="s">
-        <v>253</v>
+        <v>917</v>
       </c>
       <c r="E542">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A543" t="s">
-        <v>176</v>
+        <v>450</v>
       </c>
       <c r="B543" t="s">
         <v>1</v>
       </c>
       <c r="C543" t="s">
-        <v>177</v>
+        <v>46</v>
       </c>
       <c r="D543" t="s">
-        <v>150</v>
+        <v>451</v>
       </c>
       <c r="E543">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="544" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A544" t="s">
-        <v>1463</v>
+        <v>925</v>
       </c>
       <c r="B544" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C544" t="s">
-        <v>149</v>
+        <v>96</v>
       </c>
       <c r="D544" t="s">
-        <v>1464</v>
+        <v>926</v>
       </c>
       <c r="E544">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="545" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A545" t="s">
-        <v>852</v>
+        <v>1021</v>
       </c>
       <c r="B545" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C545" t="s">
-        <v>8</v>
+        <v>972</v>
       </c>
       <c r="D545" t="s">
-        <v>2238</v>
+        <v>990</v>
       </c>
       <c r="E545">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="546" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A546" t="s">
-        <v>852</v>
+        <v>1426</v>
       </c>
       <c r="B546" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C546" t="s">
-        <v>8</v>
+        <v>972</v>
       </c>
       <c r="D546" t="s">
-        <v>851</v>
+        <v>990</v>
       </c>
       <c r="E546">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="547" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A547" t="s">
-        <v>1125</v>
+        <v>1020</v>
       </c>
       <c r="B547" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C547" t="s">
-        <v>338</v>
+        <v>972</v>
       </c>
       <c r="D547" t="s">
-        <v>1126</v>
+        <v>990</v>
       </c>
       <c r="E547">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="548" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A548" t="s">
-        <v>1158</v>
+        <v>971</v>
       </c>
       <c r="B548" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C548" t="s">
-        <v>256</v>
+        <v>972</v>
       </c>
       <c r="D548" t="s">
-        <v>332</v>
+        <v>311</v>
       </c>
       <c r="E548">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="549" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A549" t="s">
-        <v>1022</v>
+        <v>965</v>
       </c>
       <c r="B549" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C549" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="D549" t="s">
-        <v>182</v>
+        <v>311</v>
       </c>
       <c r="E549">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="550" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A550" t="s">
-        <v>1023</v>
+        <v>616</v>
       </c>
       <c r="B550" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C550" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="D550" t="s">
-        <v>182</v>
+        <v>203</v>
       </c>
       <c r="E550">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="551" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A551" t="s">
-        <v>895</v>
+        <v>1498</v>
       </c>
       <c r="B551" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C551" t="s">
-        <v>896</v>
+        <v>46</v>
       </c>
       <c r="D551" t="s">
-        <v>897</v>
+        <v>359</v>
       </c>
       <c r="E551">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="552" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A552" t="s">
-        <v>416</v>
+        <v>786</v>
       </c>
       <c r="B552" t="s">
         <v>1</v>
       </c>
       <c r="C552" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D552" t="s">
-        <v>417</v>
+        <v>359</v>
       </c>
       <c r="E552">
         <v>10</v>
       </c>
     </row>
     <row r="553" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A553" t="s">
-        <v>907</v>
+        <v>2346</v>
       </c>
       <c r="B553" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C553" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D553" t="s">
-        <v>908</v>
+        <v>359</v>
       </c>
       <c r="E553">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="554" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A554" t="s">
-        <v>1008</v>
+        <v>2347</v>
       </c>
       <c r="B554" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C554" t="s">
-        <v>958</v>
+        <v>46</v>
       </c>
       <c r="D554" t="s">
-        <v>976</v>
+        <v>359</v>
       </c>
       <c r="E554">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="555" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A555" t="s">
-        <v>1422</v>
+        <v>936</v>
       </c>
       <c r="B555" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C555" t="s">
-        <v>958</v>
+        <v>46</v>
       </c>
       <c r="D555" t="s">
-        <v>976</v>
+        <v>1142</v>
       </c>
       <c r="E555">
-        <v>5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="556" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A556" t="s">
-        <v>1007</v>
+        <v>935</v>
       </c>
       <c r="B556" t="s">
         <v>1</v>
       </c>
       <c r="C556" t="s">
-        <v>958</v>
+        <v>46</v>
       </c>
       <c r="D556" t="s">
-        <v>976</v>
+        <v>359</v>
       </c>
       <c r="E556">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="557" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A557" t="s">
-        <v>957</v>
+        <v>935</v>
       </c>
       <c r="B557" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C557" t="s">
-        <v>958</v>
+        <v>46</v>
       </c>
       <c r="D557" t="s">
-        <v>272</v>
+        <v>1142</v>
       </c>
       <c r="E557">
-        <v>5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="558" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A558" t="s">
-        <v>951</v>
+        <v>358</v>
       </c>
       <c r="B558" t="s">
         <v>1</v>
       </c>
       <c r="C558" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D558" t="s">
-        <v>272</v>
+        <v>359</v>
       </c>
       <c r="E558">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="559" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A559" t="s">
-        <v>585</v>
+        <v>2010</v>
       </c>
       <c r="B559" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C559" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D559" t="s">
-        <v>150</v>
+        <v>1142</v>
       </c>
       <c r="E559">
-        <v>6</v>
+        <v>59</v>
       </c>
     </row>
     <row r="560" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A560" t="s">
-        <v>1492</v>
+        <v>1478</v>
       </c>
       <c r="B560" t="s">
-        <v>118</v>
+        <v>171</v>
       </c>
       <c r="C560" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D560" t="s">
-        <v>322</v>
+        <v>750</v>
       </c>
       <c r="E560">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="561" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A561" t="s">
-        <v>761</v>
+        <v>249</v>
       </c>
       <c r="B561" t="s">
         <v>1</v>
       </c>
       <c r="C561" t="s">
+        <v>250</v>
+      </c>
+      <c r="D561" t="s">
+        <v>203</v>
+      </c>
+      <c r="E561">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="562" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A562" t="s">
-        <v>2360</v>
+        <v>648</v>
       </c>
       <c r="B562" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C562" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D562" t="s">
-        <v>322</v>
+        <v>203</v>
       </c>
       <c r="E562">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="563" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A563" t="s">
-        <v>2361</v>
+        <v>617</v>
       </c>
       <c r="B563" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C563" t="s">
-        <v>8</v>
+        <v>216</v>
       </c>
       <c r="D563" t="s">
-        <v>322</v>
+        <v>203</v>
       </c>
       <c r="E563">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="564" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A564" t="s">
-        <v>918</v>
+        <v>1442</v>
       </c>
       <c r="B564" t="s">
-        <v>2013</v>
+        <v>171</v>
       </c>
       <c r="C564" t="s">
+        <v>31</v>
+      </c>
+      <c r="D564" t="s">
+        <v>165</v>
+      </c>
+      <c r="E564">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="565" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A565" t="s">
-        <v>917</v>
+        <v>183</v>
       </c>
       <c r="B565" t="s">
         <v>1</v>
       </c>
       <c r="C565" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D565" t="s">
-        <v>322</v>
+        <v>165</v>
       </c>
       <c r="E565">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="566" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A566" t="s">
-        <v>917</v>
+        <v>58</v>
       </c>
       <c r="B566" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C566" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D566" t="s">
-        <v>1114</v>
+        <v>44</v>
       </c>
       <c r="E566">
-        <v>45</v>
+        <v>12</v>
       </c>
     </row>
     <row r="567" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A567" t="s">
-        <v>321</v>
+        <v>59</v>
       </c>
       <c r="B567" t="s">
         <v>1</v>
       </c>
       <c r="C567" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D567" t="s">
-        <v>322</v>
+        <v>44</v>
       </c>
       <c r="E567">
         <v>12</v>
       </c>
     </row>
     <row r="568" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A568" t="s">
-        <v>2027</v>
+        <v>55</v>
       </c>
       <c r="B568" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C568" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D568" t="s">
-        <v>1114</v>
+        <v>44</v>
       </c>
       <c r="E568">
-        <v>59</v>
+        <v>14</v>
       </c>
     </row>
     <row r="569" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A569" t="s">
-        <v>1902</v>
+        <v>57</v>
       </c>
       <c r="B569" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C569" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="D569" t="s">
-        <v>525</v>
+        <v>44</v>
       </c>
       <c r="E569">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="570" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A570" t="s">
-        <v>1472</v>
+        <v>2142</v>
       </c>
       <c r="B570" t="s">
-        <v>118</v>
+        <v>2141</v>
       </c>
       <c r="C570" t="s">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="D570" t="s">
-        <v>725</v>
+        <v>2143</v>
       </c>
       <c r="E570">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="571" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A571" t="s">
-        <v>200</v>
+        <v>2144</v>
       </c>
       <c r="B571" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C571" t="s">
-        <v>201</v>
+        <v>110</v>
       </c>
       <c r="D571" t="s">
-        <v>150</v>
+        <v>2145</v>
       </c>
       <c r="E571">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="572" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A572" t="s">
-        <v>617</v>
+        <v>421</v>
       </c>
       <c r="B572" t="s">
         <v>1</v>
       </c>
       <c r="C572" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="D572" t="s">
-        <v>150</v>
+        <v>422</v>
       </c>
       <c r="E572">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="573" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A573" t="s">
-        <v>586</v>
+        <v>2215</v>
       </c>
       <c r="B573" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C573" t="s">
-        <v>165</v>
+        <v>46</v>
       </c>
       <c r="D573" t="s">
-        <v>150</v>
+        <v>2216</v>
       </c>
       <c r="E573">
         <v>6</v>
       </c>
     </row>
     <row r="574" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A574" t="s">
-        <v>1432</v>
+        <v>1018</v>
       </c>
       <c r="B574" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C574" t="s">
-        <v>2</v>
+        <v>1019</v>
       </c>
       <c r="D574" t="s">
-        <v>111</v>
+        <v>990</v>
       </c>
       <c r="E574">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="575" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A575" t="s">
-        <v>130</v>
+        <v>975</v>
       </c>
       <c r="B575" t="s">
         <v>1</v>
       </c>
       <c r="C575" t="s">
-        <v>2</v>
+        <v>976</v>
       </c>
       <c r="D575" t="s">
-        <v>111</v>
+        <v>311</v>
       </c>
       <c r="E575">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="576" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A576" t="s">
-        <v>387</v>
+        <v>957</v>
       </c>
       <c r="B576" t="s">
         <v>1</v>
       </c>
       <c r="C576" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D576" t="s">
-        <v>388</v>
+        <v>311</v>
       </c>
       <c r="E576">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="577" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A577" t="s">
-        <v>1005</v>
+        <v>592</v>
       </c>
       <c r="B577" t="s">
         <v>1</v>
       </c>
       <c r="C577" t="s">
-        <v>1006</v>
+        <v>61</v>
       </c>
       <c r="D577" t="s">
-        <v>976</v>
+        <v>203</v>
       </c>
       <c r="E577">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="578" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A578" t="s">
-        <v>961</v>
+        <v>1716</v>
       </c>
       <c r="B578" t="s">
         <v>1</v>
       </c>
       <c r="C578" t="s">
-        <v>962</v>
+        <v>449</v>
       </c>
       <c r="D578" t="s">
-        <v>272</v>
+        <v>558</v>
       </c>
       <c r="E578">
         <v>5</v>
       </c>
     </row>
     <row r="579" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A579" t="s">
-        <v>943</v>
+        <v>393</v>
       </c>
       <c r="B579" t="s">
         <v>1</v>
       </c>
       <c r="C579" t="s">
+        <v>372</v>
+      </c>
+      <c r="D579" t="s">
+        <v>195</v>
+      </c>
+      <c r="E579">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="580" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A580" t="s">
-        <v>561</v>
+        <v>229</v>
       </c>
       <c r="B580" t="s">
         <v>1</v>
       </c>
       <c r="C580" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="D580" t="s">
-        <v>150</v>
+        <v>52</v>
       </c>
       <c r="E580">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="581" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A581" t="s">
-        <v>1695</v>
+        <v>116</v>
       </c>
       <c r="B581" t="s">
         <v>1</v>
       </c>
       <c r="C581" t="s">
-        <v>415</v>
+        <v>6</v>
       </c>
       <c r="D581" t="s">
-        <v>525</v>
+        <v>117</v>
       </c>
       <c r="E581">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="582" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A582" t="s">
-        <v>359</v>
+        <v>1795</v>
       </c>
       <c r="B582" t="s">
         <v>1</v>
       </c>
       <c r="C582" t="s">
-        <v>338</v>
+        <v>261</v>
       </c>
       <c r="D582" t="s">
-        <v>142</v>
+        <v>302</v>
       </c>
       <c r="E582">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="583" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A583" t="s">
-        <v>179</v>
+        <v>201</v>
       </c>
       <c r="B583" t="s">
         <v>1</v>
       </c>
       <c r="C583" t="s">
-        <v>13</v>
+        <v>202</v>
       </c>
       <c r="D583" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="E583">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="584" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A584" t="s">
-        <v>57</v>
+        <v>1447</v>
       </c>
       <c r="B584" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C584" t="s">
-        <v>19</v>
+        <v>202</v>
       </c>
       <c r="D584" t="s">
-        <v>58</v>
+        <v>203</v>
       </c>
       <c r="E584">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="585" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A585" t="s">
-        <v>1774</v>
+        <v>1067</v>
       </c>
       <c r="B585" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C585" t="s">
-        <v>216</v>
+        <v>154</v>
       </c>
       <c r="D585" t="s">
-        <v>263</v>
+        <v>68</v>
       </c>
       <c r="E585">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="586" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A586" t="s">
-        <v>148</v>
+        <v>1077</v>
       </c>
       <c r="B586" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C586" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D586" t="s">
-        <v>150</v>
+        <v>68</v>
       </c>
       <c r="E586">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="587" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A587" t="s">
-        <v>1437</v>
+        <v>602</v>
       </c>
       <c r="B587" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C587" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="D587" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E587">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="588" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A588" t="s">
-        <v>1029</v>
+        <v>1124</v>
       </c>
       <c r="B588" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C588" t="s">
-        <v>99</v>
+        <v>54</v>
       </c>
       <c r="D588" t="s">
-        <v>96</v>
+        <v>232</v>
       </c>
       <c r="E588">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="589" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A589" t="s">
-        <v>1040</v>
+        <v>1301</v>
       </c>
       <c r="B589" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C589" t="s">
-        <v>99</v>
+        <v>738</v>
       </c>
       <c r="D589" t="s">
-        <v>96</v>
+        <v>488</v>
       </c>
       <c r="E589">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="590" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A590" t="s">
-        <v>571</v>
+        <v>1016</v>
       </c>
       <c r="B590" t="s">
         <v>1</v>
       </c>
       <c r="C590" t="s">
-        <v>149</v>
+        <v>1017</v>
       </c>
       <c r="D590" t="s">
-        <v>150</v>
+        <v>311</v>
       </c>
       <c r="E590">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="591" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A591" t="s">
-        <v>1095</v>
+        <v>1484</v>
       </c>
       <c r="B591" t="s">
-        <v>769</v>
+        <v>171</v>
       </c>
       <c r="C591" t="s">
-        <v>60</v>
+        <v>1485</v>
       </c>
       <c r="D591" t="s">
-        <v>182</v>
+        <v>113</v>
       </c>
       <c r="E591">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="592" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A592" t="s">
-        <v>1282</v>
+        <v>1293</v>
       </c>
       <c r="B592" t="s">
-        <v>769</v>
+        <v>1072</v>
       </c>
       <c r="C592" t="s">
-        <v>713</v>
+        <v>1294</v>
       </c>
       <c r="D592" t="s">
-        <v>454</v>
+        <v>488</v>
       </c>
       <c r="E592">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="593" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A593" t="s">
-        <v>1003</v>
+        <v>1103</v>
       </c>
       <c r="B593" t="s">
-        <v>1</v>
+        <v>1053</v>
       </c>
       <c r="C593" t="s">
-        <v>1004</v>
+        <v>96</v>
       </c>
       <c r="D593" t="s">
-        <v>272</v>
+        <v>232</v>
       </c>
       <c r="E593">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="594" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A594" t="s">
-        <v>1478</v>
+        <v>1647</v>
       </c>
       <c r="B594" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C594" t="s">
-        <v>1479</v>
+        <v>40</v>
       </c>
       <c r="D594" t="s">
-        <v>53</v>
+        <v>558</v>
       </c>
       <c r="E594">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="595" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A595" t="s">
-        <v>1274</v>
+        <v>181</v>
       </c>
       <c r="B595" t="s">
-        <v>1035</v>
+        <v>1</v>
       </c>
       <c r="C595" t="s">
-        <v>1275</v>
+        <v>31</v>
       </c>
       <c r="D595" t="s">
-        <v>454</v>
+        <v>165</v>
       </c>
       <c r="E595">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="596" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A596" t="s">
-        <v>1321</v>
+        <v>170</v>
       </c>
       <c r="B596" t="s">
-        <v>1322</v>
+        <v>171</v>
       </c>
       <c r="C596" t="s">
-        <v>1275</v>
+        <v>31</v>
       </c>
       <c r="D596" t="s">
-        <v>1288</v>
+        <v>165</v>
       </c>
       <c r="E596">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="597" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A597" t="s">
-        <v>1069</v>
+        <v>1536</v>
       </c>
       <c r="B597" t="s">
-        <v>1051</v>
+        <v>1</v>
       </c>
       <c r="C597" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="D597" t="s">
-        <v>182</v>
+        <v>280</v>
       </c>
       <c r="E597">
         <v>7</v>
       </c>
     </row>
     <row r="598" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A598" t="s">
-        <v>1621</v>
+        <v>2243</v>
       </c>
       <c r="B598" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C598" t="s">
-        <v>159</v>
+        <v>61</v>
       </c>
       <c r="D598" t="s">
-        <v>525</v>
+        <v>413</v>
       </c>
       <c r="E598">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="599" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A599" t="s">
-        <v>128</v>
+        <v>2191</v>
       </c>
       <c r="B599" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C599" t="s">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="D599" t="s">
-        <v>111</v>
+        <v>432</v>
       </c>
       <c r="E599">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="600" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A600" t="s">
-        <v>117</v>
+        <v>1437</v>
       </c>
       <c r="B600" t="s">
-        <v>118</v>
+        <v>171</v>
       </c>
       <c r="C600" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="D600" t="s">
-        <v>111</v>
+        <v>1438</v>
       </c>
       <c r="E600">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="601" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A601" t="s">
-        <v>197</v>
+        <v>1454</v>
       </c>
       <c r="B601" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C601" t="s">
-        <v>162</v>
+        <v>216</v>
       </c>
       <c r="D601" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="E601">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="602" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A602" t="s">
-        <v>2001</v>
+        <v>852</v>
       </c>
       <c r="B602" t="s">
         <v>1</v>
       </c>
       <c r="C602" t="s">
-        <v>1686</v>
+        <v>61</v>
       </c>
       <c r="D602" t="s">
-        <v>263</v>
+        <v>789</v>
       </c>
       <c r="E602">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="603" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A603" t="s">
-        <v>1199</v>
+        <v>245</v>
       </c>
       <c r="B603" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C603" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D603" t="s">
-        <v>745</v>
+        <v>203</v>
       </c>
       <c r="E603">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="604" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A604" t="s">
-        <v>2250</v>
+        <v>233</v>
       </c>
       <c r="B604" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C604" t="s">
-        <v>55</v>
+        <v>234</v>
       </c>
       <c r="D604" t="s">
-        <v>379</v>
+        <v>235</v>
       </c>
       <c r="E604">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="605" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A605" t="s">
-        <v>2197</v>
+        <v>2100</v>
       </c>
       <c r="B605" t="s">
-        <v>2162</v>
+        <v>2099</v>
       </c>
       <c r="C605" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D605" t="s">
-        <v>398</v>
+        <v>1086</v>
       </c>
       <c r="E605">
-        <v>8</v>
+        <v>35</v>
       </c>
     </row>
     <row r="606" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A606" t="s">
-        <v>1426</v>
+        <v>1717</v>
       </c>
       <c r="B606" t="s">
-        <v>118</v>
+        <v>2099</v>
       </c>
       <c r="C606" t="s">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="D606" t="s">
-        <v>1427</v>
+        <v>1086</v>
       </c>
       <c r="E606">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="607" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A607" t="s">
-        <v>1447</v>
+        <v>713</v>
       </c>
       <c r="B607" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C607" t="s">
-        <v>165</v>
+        <v>180</v>
       </c>
       <c r="D607" t="s">
-        <v>248</v>
+        <v>76</v>
       </c>
       <c r="E607">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="608" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A608" t="s">
-        <v>830</v>
+        <v>713</v>
       </c>
       <c r="B608" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C608" t="s">
-        <v>55</v>
+        <v>180</v>
       </c>
       <c r="D608" t="s">
-        <v>764</v>
+        <v>76</v>
       </c>
       <c r="E608">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="609" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A609" t="s">
-        <v>195</v>
+        <v>547</v>
       </c>
       <c r="B609" t="s">
         <v>1</v>
       </c>
       <c r="C609" t="s">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="D609" t="s">
-        <v>150</v>
+        <v>538</v>
       </c>
       <c r="E609">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="610" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A610" t="s">
-        <v>183</v>
+        <v>1627</v>
       </c>
       <c r="B610" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C610" t="s">
-        <v>184</v>
+        <v>308</v>
       </c>
       <c r="D610" t="s">
-        <v>185</v>
+        <v>1227</v>
       </c>
       <c r="E610">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="611" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A611" t="s">
-        <v>683</v>
+        <v>1581</v>
       </c>
       <c r="B611" t="s">
         <v>1</v>
       </c>
       <c r="C611" t="s">
-        <v>127</v>
+        <v>1582</v>
       </c>
       <c r="D611" t="s">
-        <v>3</v>
+        <v>280</v>
       </c>
       <c r="E611">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="612" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A612" t="s">
-        <v>683</v>
+        <v>1583</v>
       </c>
       <c r="B612" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C612" t="s">
-        <v>127</v>
+        <v>1582</v>
       </c>
       <c r="D612" t="s">
-        <v>3</v>
+        <v>280</v>
       </c>
       <c r="E612">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="613" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A613" t="s">
-        <v>514</v>
+        <v>1345</v>
       </c>
       <c r="B613" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C613" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D613" t="s">
-        <v>505</v>
+        <v>1346</v>
       </c>
       <c r="E613">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="614" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A614" t="s">
-        <v>1595</v>
+        <v>1778</v>
       </c>
       <c r="B614" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C614" t="s">
-        <v>269</v>
+        <v>6</v>
       </c>
       <c r="D614" t="s">
-        <v>1201</v>
+        <v>558</v>
       </c>
       <c r="E614">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="615" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A615" t="s">
-        <v>1549</v>
+        <v>1777</v>
       </c>
       <c r="B615" t="s">
         <v>1</v>
       </c>
       <c r="C615" t="s">
-        <v>1550</v>
+        <v>6</v>
       </c>
       <c r="D615" t="s">
-        <v>239</v>
+        <v>558</v>
       </c>
       <c r="E615">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="616" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A616" t="s">
-        <v>1551</v>
+        <v>1822</v>
       </c>
       <c r="B616" t="s">
         <v>1</v>
       </c>
       <c r="C616" t="s">
-        <v>1550</v>
+        <v>6</v>
       </c>
       <c r="D616" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E616">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="617" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A617" t="s">
-        <v>1336</v>
+        <v>1886</v>
       </c>
       <c r="B617" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C617" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D617" t="s">
-        <v>1337</v>
+        <v>280</v>
       </c>
       <c r="E617">
-        <v>19</v>
+        <v>7</v>
       </c>
     </row>
     <row r="618" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A618" t="s">
-        <v>1759</v>
+        <v>1887</v>
       </c>
       <c r="B618" t="s">
         <v>1</v>
       </c>
       <c r="C618" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D618" t="s">
-        <v>525</v>
+        <v>280</v>
       </c>
       <c r="E618">
         <v>6</v>
       </c>
     </row>
     <row r="619" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A619" t="s">
-        <v>1758</v>
+        <v>1885</v>
       </c>
       <c r="B619" t="s">
         <v>1</v>
       </c>
       <c r="C619" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D619" t="s">
-        <v>525</v>
+        <v>280</v>
       </c>
       <c r="E619">
         <v>6</v>
       </c>
     </row>
     <row r="620" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A620" t="s">
-        <v>1806</v>
+        <v>215</v>
       </c>
       <c r="B620" t="s">
         <v>1</v>
       </c>
       <c r="C620" t="s">
-        <v>19</v>
+        <v>216</v>
       </c>
       <c r="D620" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E620">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="621" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A621" t="s">
-        <v>1883</v>
+        <v>1838</v>
       </c>
       <c r="B621" t="s">
         <v>1</v>
       </c>
       <c r="C621" t="s">
-        <v>19</v>
+        <v>159</v>
       </c>
       <c r="D621" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E621">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="622" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A622" t="s">
-        <v>1884</v>
+        <v>1184</v>
       </c>
       <c r="B622" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C622" t="s">
-        <v>19</v>
+        <v>369</v>
       </c>
       <c r="D622" t="s">
-        <v>239</v>
+        <v>366</v>
       </c>
       <c r="E622">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="623" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A623" t="s">
-        <v>1882</v>
+        <v>1190</v>
       </c>
       <c r="B623" t="s">
-        <v>1</v>
+        <v>1072</v>
       </c>
       <c r="C623" t="s">
-        <v>19</v>
+        <v>238</v>
       </c>
       <c r="D623" t="s">
-        <v>239</v>
+        <v>381</v>
       </c>
       <c r="E623">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="624" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A624" t="s">
-        <v>1619</v>
+        <v>42</v>
       </c>
       <c r="B624" t="s">
         <v>1</v>
       </c>
       <c r="C624" t="s">
-        <v>289</v>
+        <v>43</v>
       </c>
       <c r="D624" t="s">
-        <v>239</v>
+        <v>44</v>
       </c>
       <c r="E624">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="625" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A625" t="s">
-        <v>164</v>
+        <v>383</v>
       </c>
       <c r="B625" t="s">
         <v>1</v>
       </c>
       <c r="C625" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="D625" t="s">
-        <v>150</v>
+        <v>381</v>
       </c>
       <c r="E625">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="626" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A626" t="s">
-        <v>1823</v>
+        <v>2275</v>
       </c>
       <c r="B626" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C626" t="s">
-        <v>105</v>
+        <v>61</v>
       </c>
       <c r="D626" t="s">
-        <v>239</v>
+        <v>2276</v>
       </c>
       <c r="E626">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="627" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A627" t="s">
-        <v>1157</v>
+        <v>952</v>
       </c>
       <c r="B627" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C627" t="s">
-        <v>335</v>
+        <v>2</v>
       </c>
       <c r="D627" t="s">
-        <v>332</v>
+        <v>413</v>
       </c>
       <c r="E627">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="628" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A628" t="s">
-        <v>1163</v>
+        <v>1081</v>
       </c>
       <c r="B628" t="s">
-        <v>1035</v>
+        <v>793</v>
       </c>
       <c r="C628" t="s">
-        <v>188</v>
+        <v>96</v>
       </c>
       <c r="D628" t="s">
-        <v>347</v>
+        <v>441</v>
       </c>
       <c r="E628">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="629" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A629" t="s">
-        <v>349</v>
+        <v>546</v>
       </c>
       <c r="B629" t="s">
         <v>1</v>
       </c>
       <c r="C629" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D629" t="s">
-        <v>347</v>
+        <v>538</v>
       </c>
       <c r="E629">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="630" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A630" t="s">
-        <v>2285</v>
+        <v>1747</v>
       </c>
       <c r="B630" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C630" t="s">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="D630" t="s">
-        <v>2286</v>
+        <v>357</v>
       </c>
       <c r="E630">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="631" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A631" t="s">
-        <v>935</v>
+        <v>1167</v>
       </c>
       <c r="B631" t="s">
-        <v>1</v>
+        <v>1062</v>
       </c>
       <c r="C631" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D631" t="s">
-        <v>379</v>
+        <v>748</v>
       </c>
       <c r="E631">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="632" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A632" t="s">
-        <v>1332</v>
+        <v>2336</v>
       </c>
       <c r="B632" t="s">
-        <v>769</v>
+        <v>2329</v>
       </c>
       <c r="C632" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D632" t="s">
-        <v>72</v>
+        <v>748</v>
       </c>
       <c r="E632">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="633" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A633" t="s">
-        <v>1044</v>
+        <v>2382</v>
       </c>
       <c r="B633" t="s">
-        <v>769</v>
+        <v>2381</v>
       </c>
       <c r="C633" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D633" t="s">
-        <v>407</v>
+        <v>748</v>
       </c>
       <c r="E633">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="634" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A634" t="s">
-        <v>513</v>
+        <v>1168</v>
       </c>
       <c r="B634" t="s">
-        <v>1</v>
+        <v>1080</v>
       </c>
       <c r="C634" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D634" t="s">
-        <v>505</v>
+        <v>748</v>
       </c>
       <c r="E634">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="635" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A635" t="s">
-        <v>1729</v>
+        <v>899</v>
       </c>
       <c r="B635" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C635" t="s">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="D635" t="s">
-        <v>320</v>
+        <v>130</v>
       </c>
       <c r="E635">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="636" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A636" t="s">
-        <v>1139</v>
+        <v>697</v>
       </c>
       <c r="B636" t="s">
-        <v>1024</v>
+        <v>1</v>
       </c>
       <c r="C636" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D636" t="s">
-        <v>723</v>
+        <v>76</v>
       </c>
       <c r="E636">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="637" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A637" t="s">
-        <v>2350</v>
+        <v>606</v>
       </c>
       <c r="B637" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C637" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D637" t="s">
-        <v>723</v>
+        <v>203</v>
       </c>
       <c r="E637">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="638" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A638" t="s">
-        <v>2396</v>
+        <v>1696</v>
       </c>
       <c r="B638" t="s">
-        <v>2395</v>
+        <v>1</v>
       </c>
       <c r="C638" t="s">
+        <v>2</v>
+      </c>
+      <c r="D638" t="s">
+        <v>357</v>
+      </c>
+      <c r="E638">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="639" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A639" t="s">
-        <v>1140</v>
+        <v>897</v>
       </c>
       <c r="B639" t="s">
-        <v>1043</v>
+        <v>1</v>
       </c>
       <c r="C639" t="s">
-        <v>8</v>
+        <v>216</v>
       </c>
       <c r="D639" t="s">
-        <v>723</v>
+        <v>130</v>
       </c>
       <c r="E639">
-        <v>19</v>
+        <v>4</v>
       </c>
     </row>
     <row r="640" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A640" t="s">
-        <v>879</v>
+        <v>1409</v>
       </c>
       <c r="B640" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C640" t="s">
-        <v>78</v>
+        <v>180</v>
       </c>
       <c r="D640" t="s">
-        <v>72</v>
+        <v>262</v>
       </c>
       <c r="E640">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="641" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A641" t="s">
-        <v>666</v>
+        <v>1750</v>
       </c>
       <c r="B641" t="s">
         <v>1</v>
       </c>
       <c r="C641" t="s">
         <v>2</v>
       </c>
       <c r="D641" t="s">
-        <v>3</v>
+        <v>357</v>
       </c>
       <c r="E641">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="642" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A642" t="s">
-        <v>575</v>
+        <v>1949</v>
       </c>
       <c r="B642" t="s">
         <v>1</v>
       </c>
       <c r="C642" t="s">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="D642" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E642">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="643" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A643" t="s">
-        <v>1670</v>
+        <v>1665</v>
       </c>
       <c r="B643" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C643" t="s">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="D643" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E643">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="644" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A644" t="s">
-        <v>877</v>
+        <v>942</v>
       </c>
       <c r="B644" t="s">
-        <v>1</v>
+        <v>236</v>
       </c>
       <c r="C644" t="s">
-        <v>165</v>
+        <v>6</v>
       </c>
       <c r="D644" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="E644">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="645" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A645" t="s">
-        <v>1404</v>
+        <v>1305</v>
       </c>
       <c r="B645" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C645" t="s">
-        <v>127</v>
+        <v>1306</v>
       </c>
       <c r="D645" t="s">
-        <v>217</v>
+        <v>1035</v>
       </c>
       <c r="E645">
         <v>8</v>
       </c>
     </row>
     <row r="646" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A646" t="s">
-        <v>1732</v>
+        <v>1373</v>
       </c>
       <c r="B646" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C646" t="s">
-        <v>78</v>
+        <v>154</v>
       </c>
       <c r="D646" t="s">
-        <v>320</v>
+        <v>232</v>
       </c>
       <c r="E646">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="647" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A647" t="s">
-        <v>1961</v>
+        <v>1597</v>
       </c>
       <c r="B647" t="s">
         <v>1</v>
       </c>
       <c r="C647" t="s">
-        <v>78</v>
+        <v>1598</v>
       </c>
       <c r="D647" t="s">
-        <v>239</v>
+        <v>357</v>
       </c>
       <c r="E647">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="648" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A648" t="s">
-        <v>1962</v>
+        <v>2209</v>
       </c>
       <c r="B648" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C648" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="D648" t="s">
-        <v>239</v>
+        <v>2202</v>
       </c>
       <c r="E648">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="649" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A649" t="s">
-        <v>1640</v>
+        <v>1557</v>
       </c>
       <c r="B649" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C649" t="s">
-        <v>78</v>
+        <v>218</v>
       </c>
       <c r="D649" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E649">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="650" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A650" t="s">
-        <v>924</v>
+        <v>95</v>
       </c>
       <c r="B650" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C650" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="D650" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="E650">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="651" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A651" t="s">
-        <v>1647</v>
+        <v>129</v>
       </c>
       <c r="B651" t="s">
         <v>1</v>
       </c>
       <c r="C651" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="D651" t="s">
-        <v>239</v>
+        <v>130</v>
       </c>
       <c r="E651">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="652" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A652" t="s">
-        <v>1689</v>
+        <v>2167</v>
       </c>
       <c r="B652" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C652" t="s">
-        <v>1615</v>
+        <v>46</v>
       </c>
       <c r="D652" t="s">
-        <v>239</v>
+        <v>2168</v>
       </c>
       <c r="E652">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="653" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A653" t="s">
-        <v>1829</v>
+        <v>708</v>
       </c>
       <c r="B653" t="s">
         <v>1</v>
       </c>
       <c r="C653" t="s">
-        <v>1615</v>
+        <v>34</v>
       </c>
       <c r="D653" t="s">
-        <v>239</v>
+        <v>76</v>
       </c>
       <c r="E653">
         <v>6</v>
       </c>
     </row>
     <row r="654" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A654" t="s">
-        <v>1700</v>
+        <v>1431</v>
       </c>
       <c r="B654" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C654" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="D654" t="s">
-        <v>239</v>
+        <v>3</v>
       </c>
       <c r="E654">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="655" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A655" t="s">
-        <v>1286</v>
+        <v>182</v>
       </c>
       <c r="B655" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C655" t="s">
-        <v>1287</v>
+        <v>31</v>
       </c>
       <c r="D655" t="s">
-        <v>1288</v>
+        <v>165</v>
       </c>
       <c r="E655">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="656" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A656" t="s">
-        <v>1365</v>
+        <v>487</v>
       </c>
       <c r="B656" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C656" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="D656" t="s">
-        <v>182</v>
+        <v>488</v>
       </c>
       <c r="E656">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="657" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A657" t="s">
-        <v>1565</v>
+        <v>33</v>
       </c>
       <c r="B657" t="s">
         <v>1</v>
       </c>
       <c r="C657" t="s">
-        <v>1566</v>
+        <v>34</v>
       </c>
       <c r="D657" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="E657">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="658" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A658" t="s">
-        <v>2219</v>
+        <v>1673</v>
       </c>
       <c r="B658" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C658" t="s">
-        <v>39</v>
+        <v>251</v>
       </c>
       <c r="D658" t="s">
-        <v>2212</v>
+        <v>280</v>
       </c>
       <c r="E658">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="659" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A659" t="s">
-        <v>1824</v>
+        <v>667</v>
       </c>
       <c r="B659" t="s">
         <v>1</v>
       </c>
       <c r="C659" t="s">
-        <v>216</v>
+        <v>37</v>
       </c>
       <c r="D659" t="s">
-        <v>320</v>
+        <v>572</v>
       </c>
       <c r="E659">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="660" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A660" t="s">
-        <v>1523</v>
+        <v>2009</v>
       </c>
       <c r="B660" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C660" t="s">
-        <v>167</v>
+        <v>61</v>
       </c>
       <c r="D660" t="s">
-        <v>320</v>
+        <v>1086</v>
       </c>
       <c r="E660">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="661" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A661" t="s">
-        <v>32</v>
+        <v>1266</v>
       </c>
       <c r="B661" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C661" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D661" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="E661">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="662" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A662" t="s">
-        <v>71</v>
+        <v>1658</v>
       </c>
       <c r="B662" t="s">
         <v>1</v>
       </c>
       <c r="C662" t="s">
-        <v>33</v>
+        <v>449</v>
       </c>
       <c r="D662" t="s">
-        <v>72</v>
+        <v>280</v>
       </c>
       <c r="E662">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="663" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A663" t="s">
-        <v>2169</v>
+        <v>67</v>
       </c>
       <c r="B663" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C663" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D663" t="s">
-        <v>2170</v>
+        <v>68</v>
       </c>
       <c r="E663">
         <v>10</v>
       </c>
     </row>
     <row r="664" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A664" t="s">
-        <v>678</v>
+        <v>157</v>
       </c>
       <c r="B664" t="s">
         <v>1</v>
       </c>
       <c r="C664" t="s">
-        <v>115</v>
+        <v>61</v>
       </c>
       <c r="D664" t="s">
-        <v>3</v>
+        <v>68</v>
       </c>
       <c r="E664">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="665" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A665" t="s">
-        <v>129</v>
+        <v>707</v>
       </c>
       <c r="B665" t="s">
         <v>1</v>
       </c>
       <c r="C665" t="s">
-        <v>2</v>
+        <v>34</v>
       </c>
       <c r="D665" t="s">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="E665">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="666" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A666" t="s">
-        <v>453</v>
+        <v>590</v>
       </c>
       <c r="B666" t="s">
         <v>1</v>
       </c>
       <c r="C666" t="s">
-        <v>74</v>
+        <v>251</v>
       </c>
       <c r="D666" t="s">
-        <v>454</v>
+        <v>203</v>
       </c>
       <c r="E666">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="667" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A667" t="s">
-        <v>1646</v>
+        <v>2504</v>
       </c>
       <c r="B667" t="s">
         <v>1</v>
       </c>
       <c r="C667" t="s">
-        <v>202</v>
+        <v>159</v>
       </c>
       <c r="D667" t="s">
-        <v>239</v>
+        <v>2505</v>
       </c>
       <c r="E667">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="668" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A668" t="s">
-        <v>636</v>
+        <v>545</v>
       </c>
       <c r="B668" t="s">
         <v>1</v>
       </c>
       <c r="C668" t="s">
-        <v>47</v>
+        <v>250</v>
       </c>
       <c r="D668" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="E668">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="669" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A669" t="s">
-        <v>2026</v>
+        <v>761</v>
       </c>
       <c r="B669" t="s">
-        <v>2013</v>
+        <v>2329</v>
       </c>
       <c r="C669" t="s">
-        <v>55</v>
+        <v>274</v>
       </c>
       <c r="D669" t="s">
-        <v>1049</v>
+        <v>113</v>
       </c>
       <c r="E669">
-        <v>29</v>
+        <v>8</v>
       </c>
     </row>
     <row r="670" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A670" t="s">
-        <v>1244</v>
+        <v>2333</v>
       </c>
       <c r="B670" t="s">
-        <v>769</v>
+        <v>2329</v>
       </c>
       <c r="C670" t="s">
-        <v>115</v>
+        <v>274</v>
       </c>
       <c r="D670" t="s">
-        <v>3</v>
+        <v>113</v>
       </c>
       <c r="E670">
         <v>8</v>
       </c>
     </row>
     <row r="671" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A671" t="s">
-        <v>1632</v>
+        <v>2333</v>
       </c>
       <c r="B671" t="s">
-        <v>1</v>
+        <v>2381</v>
       </c>
       <c r="C671" t="s">
-        <v>415</v>
+        <v>250</v>
       </c>
       <c r="D671" t="s">
-        <v>239</v>
+        <v>113</v>
       </c>
       <c r="E671">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="672" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A672" t="s">
-        <v>103</v>
+        <v>1158</v>
       </c>
       <c r="B672" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C672" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D672" t="s">
-        <v>96</v>
+        <v>1083</v>
       </c>
       <c r="E672">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="673" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A673" t="s">
-        <v>677</v>
+        <v>630</v>
       </c>
       <c r="B673" t="s">
         <v>1</v>
       </c>
       <c r="C673" t="s">
-        <v>115</v>
+        <v>6</v>
       </c>
       <c r="D673" t="s">
-        <v>3</v>
+        <v>203</v>
       </c>
       <c r="E673">
         <v>6</v>
       </c>
     </row>
     <row r="674" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A674" t="s">
-        <v>559</v>
+        <v>618</v>
       </c>
       <c r="B674" t="s">
         <v>1</v>
       </c>
       <c r="C674" t="s">
-        <v>202</v>
+        <v>251</v>
       </c>
       <c r="D674" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E674">
         <v>6</v>
       </c>
     </row>
     <row r="675" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A675" t="s">
-        <v>2520</v>
+        <v>1179</v>
       </c>
       <c r="B675" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C675" t="s">
-        <v>105</v>
+        <v>466</v>
       </c>
       <c r="D675" t="s">
-        <v>2521</v>
+        <v>1180</v>
       </c>
       <c r="E675">
-        <v>2</v>
+        <v>16</v>
       </c>
     </row>
     <row r="676" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A676" t="s">
-        <v>512</v>
+        <v>1369</v>
       </c>
       <c r="B676" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C676" t="s">
-        <v>201</v>
+        <v>738</v>
       </c>
       <c r="D676" t="s">
-        <v>505</v>
+        <v>376</v>
       </c>
       <c r="E676">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="677" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A677" t="s">
-        <v>736</v>
+        <v>2394</v>
       </c>
       <c r="B677" t="s">
-        <v>2343</v>
+        <v>2387</v>
       </c>
       <c r="C677" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>98</v>
       </c>
       <c r="E677">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="678" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A678" t="s">
-        <v>2347</v>
+        <v>760</v>
       </c>
       <c r="B678" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C678" t="s">
-        <v>229</v>
+        <v>56</v>
       </c>
       <c r="D678" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="E678">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="679" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A679" t="s">
-        <v>2347</v>
+        <v>901</v>
       </c>
       <c r="B679" t="s">
-        <v>2395</v>
+        <v>1</v>
       </c>
       <c r="C679" t="s">
-        <v>201</v>
+        <v>902</v>
       </c>
       <c r="D679" t="s">
-        <v>53</v>
+        <v>130</v>
       </c>
       <c r="E679">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="680" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A680" t="s">
-        <v>1130</v>
+        <v>392</v>
       </c>
       <c r="B680" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C680" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D680" t="s">
-        <v>1046</v>
+        <v>52</v>
       </c>
       <c r="E680">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="681" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A681" t="s">
-        <v>599</v>
+        <v>1125</v>
       </c>
       <c r="B681" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C681" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
       <c r="D681" t="s">
-        <v>150</v>
+        <v>232</v>
       </c>
       <c r="E681">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="682" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A682" t="s">
-        <v>587</v>
+        <v>1351</v>
       </c>
       <c r="B682" t="s">
-        <v>1</v>
+        <v>2079</v>
       </c>
       <c r="C682" t="s">
-        <v>202</v>
+        <v>154</v>
       </c>
       <c r="D682" t="s">
-        <v>150</v>
+        <v>1352</v>
       </c>
       <c r="E682">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="683" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A683" t="s">
-        <v>1152</v>
+        <v>1351</v>
       </c>
       <c r="B683" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C683" t="s">
-        <v>432</v>
+        <v>154</v>
       </c>
       <c r="D683" t="s">
-        <v>1153</v>
+        <v>1352</v>
       </c>
       <c r="E683">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="684" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A684" t="s">
-        <v>1360</v>
+        <v>2288</v>
       </c>
       <c r="B684" t="s">
-        <v>769</v>
+        <v>2287</v>
       </c>
       <c r="C684" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>46</v>
       </c>
       <c r="E684">
-        <v>8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="685" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A685" t="s">
-        <v>2412</v>
+        <v>2289</v>
       </c>
       <c r="B685" t="s">
-        <v>2403</v>
+        <v>2287</v>
       </c>
       <c r="C685" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="E685">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="686" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A686" t="s">
-        <v>735</v>
+        <v>2286</v>
       </c>
       <c r="B686" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C686" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="E686">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="687" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A687" t="s">
-        <v>881</v>
+        <v>596</v>
       </c>
       <c r="B687" t="s">
         <v>1</v>
       </c>
       <c r="C687" t="s">
-        <v>882</v>
+        <v>261</v>
       </c>
       <c r="D687" t="s">
-        <v>72</v>
+        <v>203</v>
       </c>
       <c r="E687">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="688" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A688" t="s">
-        <v>358</v>
+        <v>597</v>
       </c>
       <c r="B688" t="s">
         <v>1</v>
       </c>
       <c r="C688" t="s">
-        <v>55</v>
+        <v>261</v>
       </c>
       <c r="D688" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="E688">
         <v>6</v>
       </c>
     </row>
     <row r="689" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A689" t="s">
-        <v>1096</v>
+        <v>1031</v>
       </c>
       <c r="B689" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C689" t="s">
-        <v>99</v>
+        <v>154</v>
       </c>
       <c r="D689" t="s">
-        <v>182</v>
+        <v>1032</v>
       </c>
       <c r="E689">
         <v>12</v>
       </c>
     </row>
     <row r="690" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A690" t="s">
-        <v>1342</v>
+        <v>1033</v>
       </c>
       <c r="B690" t="s">
-        <v>2103</v>
+        <v>793</v>
       </c>
       <c r="C690" t="s">
-        <v>99</v>
+        <v>154</v>
       </c>
       <c r="D690" t="s">
-        <v>1343</v>
+        <v>1032</v>
       </c>
       <c r="E690">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="691" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A691" t="s">
-        <v>1342</v>
+        <v>391</v>
       </c>
       <c r="B691" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C691" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="D691" t="s">
-        <v>1343</v>
+        <v>389</v>
       </c>
       <c r="E691">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="692" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A692" t="s">
-        <v>2300</v>
+        <v>2277</v>
       </c>
       <c r="B692" t="s">
-        <v>2299</v>
+        <v>2141</v>
       </c>
       <c r="C692" t="s">
-        <v>8</v>
+        <v>46</v>
+      </c>
+      <c r="D692" t="s">
+        <v>2274</v>
       </c>
       <c r="E692">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="693" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A693" t="s">
-        <v>2301</v>
+        <v>1015</v>
       </c>
       <c r="B693" t="s">
-        <v>2299</v>
+        <v>1</v>
       </c>
       <c r="C693" t="s">
-        <v>8</v>
+        <v>916</v>
+      </c>
+      <c r="D693" t="s">
+        <v>311</v>
       </c>
       <c r="E693">
-        <v>30</v>
+        <v>4</v>
       </c>
     </row>
     <row r="694" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A694" t="s">
-        <v>2298</v>
+        <v>1014</v>
       </c>
       <c r="B694" t="s">
-        <v>2299</v>
+        <v>1</v>
       </c>
       <c r="C694" t="s">
-        <v>8</v>
+        <v>916</v>
+      </c>
+      <c r="D694" t="s">
+        <v>311</v>
       </c>
       <c r="E694">
-        <v>30</v>
+        <v>4</v>
       </c>
     </row>
     <row r="695" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A695" t="s">
-        <v>565</v>
+        <v>463</v>
       </c>
       <c r="B695" t="s">
         <v>1</v>
       </c>
       <c r="C695" t="s">
-        <v>216</v>
+        <v>61</v>
       </c>
       <c r="D695" t="s">
-        <v>150</v>
+        <v>464</v>
       </c>
       <c r="E695">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="696" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A696" t="s">
-        <v>566</v>
+        <v>1711</v>
       </c>
       <c r="B696" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C696" t="s">
-        <v>216</v>
+        <v>110</v>
       </c>
       <c r="D696" t="s">
-        <v>150</v>
+        <v>754</v>
       </c>
       <c r="E696">
         <v>6</v>
       </c>
     </row>
     <row r="697" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A697" t="s">
-        <v>357</v>
+        <v>1526</v>
       </c>
       <c r="B697" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C697" t="s">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="D697" t="s">
-        <v>355</v>
+        <v>1520</v>
       </c>
       <c r="E697">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="698" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A698" t="s">
-        <v>2287</v>
+        <v>1787</v>
       </c>
       <c r="B698" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C698" t="s">
-        <v>8</v>
+        <v>369</v>
       </c>
       <c r="D698" t="s">
-        <v>2284</v>
+        <v>455</v>
       </c>
       <c r="E698">
         <v>6</v>
       </c>
     </row>
     <row r="699" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A699" t="s">
-        <v>1002</v>
+        <v>258</v>
       </c>
       <c r="B699" t="s">
         <v>1</v>
       </c>
       <c r="C699" t="s">
-        <v>896</v>
+        <v>65</v>
       </c>
       <c r="D699" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
       <c r="E699">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="700" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A700" t="s">
-        <v>1001</v>
+        <v>1317</v>
       </c>
       <c r="B700" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C700" t="s">
-        <v>896</v>
+        <v>330</v>
       </c>
       <c r="D700" t="s">
-        <v>272</v>
+        <v>1318</v>
       </c>
       <c r="E700">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="701" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A701" t="s">
-        <v>429</v>
+        <v>494</v>
       </c>
       <c r="B701" t="s">
         <v>1</v>
       </c>
       <c r="C701" t="s">
-        <v>55</v>
+        <v>310</v>
       </c>
       <c r="D701" t="s">
-        <v>430</v>
+        <v>360</v>
       </c>
       <c r="E701">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="702" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A702" t="s">
-        <v>1687</v>
+        <v>246</v>
       </c>
       <c r="B702" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C702" t="s">
-        <v>49</v>
+        <v>110</v>
       </c>
       <c r="D702" t="s">
-        <v>729</v>
+        <v>203</v>
       </c>
       <c r="E702">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="703" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A703" t="s">
-        <v>1767</v>
+        <v>710</v>
       </c>
       <c r="B703" t="s">
         <v>1</v>
       </c>
       <c r="C703" t="s">
-        <v>335</v>
+        <v>31</v>
       </c>
       <c r="D703" t="s">
-        <v>421</v>
+        <v>76</v>
       </c>
       <c r="E703">
         <v>6</v>
       </c>
     </row>
     <row r="704" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A704" t="s">
-        <v>213</v>
+        <v>1655</v>
       </c>
       <c r="B704" t="s">
         <v>1</v>
       </c>
       <c r="C704" t="s">
-        <v>102</v>
+        <v>6</v>
       </c>
       <c r="D704" t="s">
-        <v>214</v>
+        <v>357</v>
       </c>
       <c r="E704">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="705" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A705" t="s">
-        <v>1299</v>
+        <v>214</v>
       </c>
       <c r="B705" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C705" t="s">
-        <v>292</v>
+        <v>40</v>
       </c>
       <c r="D705" t="s">
-        <v>1300</v>
+        <v>203</v>
       </c>
       <c r="E705">
         <v>8</v>
       </c>
     </row>
     <row r="706" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A706" t="s">
-        <v>460</v>
+        <v>598</v>
       </c>
       <c r="B706" t="s">
         <v>1</v>
       </c>
       <c r="C706" t="s">
-        <v>271</v>
+        <v>40</v>
       </c>
       <c r="D706" t="s">
-        <v>325</v>
+        <v>203</v>
       </c>
       <c r="E706">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="707" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A707" t="s">
-        <v>196</v>
+        <v>2393</v>
       </c>
       <c r="B707" t="s">
-        <v>1</v>
+        <v>2387</v>
       </c>
       <c r="C707" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>738</v>
       </c>
       <c r="E707">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="708" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A708" t="s">
-        <v>680</v>
+        <v>2270</v>
       </c>
       <c r="B708" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C708" t="s">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="D708" t="s">
-        <v>3</v>
+        <v>2268</v>
       </c>
       <c r="E708">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="709" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A709" t="s">
-        <v>1629</v>
+        <v>1897</v>
       </c>
       <c r="B709" t="s">
         <v>1</v>
       </c>
       <c r="C709" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D709" t="s">
-        <v>320</v>
+        <v>293</v>
       </c>
       <c r="E709">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="710" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A710" t="s">
-        <v>163</v>
+        <v>1775</v>
       </c>
       <c r="B710" t="s">
         <v>1</v>
       </c>
       <c r="C710" t="s">
-        <v>159</v>
+        <v>449</v>
       </c>
       <c r="D710" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E710">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="711" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A711" t="s">
-        <v>567</v>
+        <v>1774</v>
       </c>
       <c r="B711" t="s">
         <v>1</v>
       </c>
       <c r="C711" t="s">
-        <v>159</v>
+        <v>449</v>
       </c>
       <c r="D711" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E711">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="712" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A712" t="s">
-        <v>2411</v>
+        <v>317</v>
       </c>
       <c r="B712" t="s">
-        <v>2403</v>
+        <v>1</v>
       </c>
       <c r="C712" t="s">
-        <v>713</v>
+        <v>31</v>
+      </c>
+      <c r="D712" t="s">
+        <v>76</v>
       </c>
       <c r="E712">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="713" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A713" t="s">
-        <v>2279</v>
+        <v>1063</v>
       </c>
       <c r="B713" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C713" t="s">
-        <v>8</v>
+        <v>224</v>
       </c>
       <c r="D713" t="s">
-        <v>2277</v>
+        <v>1064</v>
       </c>
       <c r="E713">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="714" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A714" t="s">
-        <v>1892</v>
+        <v>1400</v>
       </c>
       <c r="B714" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C714" t="s">
+        <v>46</v>
+      </c>
+      <c r="D714" t="s">
+        <v>62</v>
+      </c>
+      <c r="E714">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="715" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A715" t="s">
-        <v>1757</v>
+        <v>1334</v>
       </c>
       <c r="B715" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C715" t="s">
-        <v>415</v>
+        <v>1335</v>
       </c>
       <c r="D715" t="s">
-        <v>239</v>
+        <v>130</v>
       </c>
       <c r="E715">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="716" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A716" t="s">
-        <v>1756</v>
+        <v>2197</v>
       </c>
       <c r="B716" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C716" t="s">
-        <v>415</v>
+        <v>1485</v>
       </c>
       <c r="D716" t="s">
-        <v>239</v>
+        <v>2177</v>
       </c>
       <c r="E716">
-        <v>7</v>
+        <v>27</v>
       </c>
     </row>
     <row r="717" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A717" t="s">
-        <v>278</v>
+        <v>401</v>
       </c>
       <c r="B717" t="s">
         <v>1</v>
       </c>
       <c r="C717" t="s">
-        <v>2</v>
+        <v>56</v>
       </c>
       <c r="D717" t="s">
-        <v>3</v>
+        <v>113</v>
       </c>
       <c r="E717">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="718" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A718" t="s">
-        <v>1025</v>
+        <v>1585</v>
       </c>
       <c r="B718" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C718" t="s">
-        <v>173</v>
+        <v>310</v>
       </c>
       <c r="D718" t="s">
-        <v>1026</v>
+        <v>357</v>
       </c>
       <c r="E718">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="719" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A719" t="s">
-        <v>1393</v>
+        <v>1042</v>
       </c>
       <c r="B719" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C719" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D719" t="s">
-        <v>9</v>
+        <v>1043</v>
       </c>
       <c r="E719">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="720" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A720" t="s">
-        <v>1316</v>
+        <v>544</v>
       </c>
       <c r="B720" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C720" t="s">
-        <v>1317</v>
+        <v>251</v>
       </c>
       <c r="D720" t="s">
-        <v>72</v>
+        <v>538</v>
       </c>
       <c r="E720">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="721" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A721" t="s">
-        <v>2183</v>
+        <v>2066</v>
       </c>
       <c r="B721" t="s">
-        <v>2162</v>
+        <v>2065</v>
       </c>
       <c r="C721" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D721" t="s">
-        <v>2180</v>
+        <v>2067</v>
       </c>
       <c r="E721">
         <v>8</v>
       </c>
     </row>
     <row r="722" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A722" t="s">
-        <v>2205</v>
+        <v>2284</v>
       </c>
       <c r="B722" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C722" t="s">
-        <v>1479</v>
+        <v>46</v>
       </c>
       <c r="D722" t="s">
-        <v>2182</v>
+        <v>2198</v>
       </c>
       <c r="E722">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="723" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A723" t="s">
-        <v>367</v>
+        <v>1104</v>
       </c>
       <c r="B723" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C723" t="s">
-        <v>162</v>
+        <v>9</v>
       </c>
       <c r="D723" t="s">
-        <v>53</v>
+        <v>241</v>
       </c>
       <c r="E723">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="724" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A724" t="s">
-        <v>1553</v>
+        <v>1920</v>
       </c>
       <c r="B724" t="s">
         <v>1</v>
       </c>
       <c r="C724" t="s">
-        <v>271</v>
+        <v>6</v>
       </c>
       <c r="D724" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="E724">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="725" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A725" t="s">
-        <v>511</v>
+        <v>1638</v>
       </c>
       <c r="B725" t="s">
         <v>1</v>
       </c>
       <c r="C725" t="s">
         <v>202</v>
       </c>
       <c r="D725" t="s">
-        <v>505</v>
+        <v>357</v>
       </c>
       <c r="E725">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="726" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A726" t="s">
-        <v>2086</v>
+        <v>1545</v>
       </c>
       <c r="B726" t="s">
-        <v>2085</v>
+        <v>1</v>
       </c>
       <c r="C726" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D726" t="s">
-        <v>2087</v>
+        <v>280</v>
       </c>
       <c r="E726">
         <v>8</v>
       </c>
     </row>
     <row r="727" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A727" t="s">
-        <v>2296</v>
+        <v>2484</v>
       </c>
       <c r="B727" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C727" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D727" t="s">
-        <v>2208</v>
+        <v>754</v>
       </c>
       <c r="E727">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="728" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A728" t="s">
-        <v>1072</v>
+        <v>898</v>
       </c>
       <c r="B728" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C728" t="s">
-        <v>211</v>
+        <v>46</v>
       </c>
       <c r="D728" t="s">
-        <v>191</v>
+        <v>130</v>
       </c>
       <c r="E728">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="729" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A729" t="s">
-        <v>1927</v>
+        <v>2070</v>
       </c>
       <c r="B729" t="s">
-        <v>1</v>
+        <v>2065</v>
       </c>
       <c r="C729" t="s">
-        <v>19</v>
+        <v>2071</v>
       </c>
       <c r="D729" t="s">
-        <v>239</v>
+        <v>311</v>
       </c>
       <c r="E729">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="730" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A730" t="s">
-        <v>1610</v>
+        <v>945</v>
       </c>
       <c r="B730" t="s">
         <v>1</v>
       </c>
       <c r="C730" t="s">
-        <v>149</v>
+        <v>946</v>
       </c>
       <c r="D730" t="s">
-        <v>320</v>
+        <v>947</v>
       </c>
       <c r="E730">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="731" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A731" t="s">
-        <v>2500</v>
+        <v>2139</v>
       </c>
       <c r="B731" t="s">
-        <v>1</v>
+        <v>2125</v>
       </c>
       <c r="C731" t="s">
-        <v>8</v>
+        <v>2071</v>
       </c>
       <c r="D731" t="s">
-        <v>729</v>
+        <v>311</v>
       </c>
       <c r="E731">
-        <v>3</v>
+        <v>89</v>
       </c>
     </row>
     <row r="732" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A732" t="s">
-        <v>878</v>
+        <v>2124</v>
       </c>
       <c r="B732" t="s">
-        <v>1</v>
+        <v>2125</v>
       </c>
       <c r="C732" t="s">
-        <v>8</v>
+        <v>2071</v>
       </c>
       <c r="D732" t="s">
-        <v>72</v>
+        <v>311</v>
       </c>
       <c r="E732">
-        <v>5</v>
+        <v>69</v>
       </c>
     </row>
     <row r="733" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A733" t="s">
-        <v>2090</v>
+        <v>2375</v>
       </c>
       <c r="B733" t="s">
-        <v>2085</v>
+        <v>2329</v>
       </c>
       <c r="C733" t="s">
-        <v>2091</v>
+        <v>1408</v>
       </c>
       <c r="D733" t="s">
-        <v>272</v>
+        <v>311</v>
       </c>
       <c r="E733">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="734" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A734" t="s">
-        <v>927</v>
+        <v>1407</v>
       </c>
       <c r="B734" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C734" t="s">
-        <v>928</v>
+        <v>1408</v>
       </c>
       <c r="D734" t="s">
-        <v>929</v>
+        <v>558</v>
       </c>
       <c r="E734">
         <v>8</v>
       </c>
     </row>
     <row r="735" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A735" t="s">
-        <v>2160</v>
+        <v>355</v>
       </c>
       <c r="B735" t="s">
-        <v>2145</v>
+        <v>1</v>
       </c>
       <c r="C735" t="s">
-        <v>2091</v>
+        <v>356</v>
       </c>
       <c r="D735" t="s">
-        <v>272</v>
+        <v>357</v>
       </c>
       <c r="E735">
-        <v>89</v>
+        <v>16</v>
       </c>
     </row>
     <row r="736" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A736" t="s">
-        <v>2144</v>
+        <v>1610</v>
       </c>
       <c r="B736" t="s">
-        <v>2145</v>
+        <v>1</v>
       </c>
       <c r="C736" t="s">
-        <v>2091</v>
+        <v>261</v>
       </c>
       <c r="D736" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="E736">
-        <v>69</v>
+        <v>7</v>
       </c>
     </row>
     <row r="737" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A737" t="s">
-        <v>2389</v>
+        <v>509</v>
       </c>
       <c r="B737" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C737" t="s">
-        <v>1403</v>
+        <v>110</v>
       </c>
       <c r="D737" t="s">
-        <v>272</v>
+        <v>360</v>
       </c>
       <c r="E737">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="738" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A738" t="s">
-        <v>318</v>
+        <v>2486</v>
       </c>
       <c r="B738" t="s">
         <v>1</v>
       </c>
       <c r="C738" t="s">
-        <v>319</v>
+        <v>31</v>
       </c>
       <c r="D738" t="s">
-        <v>320</v>
+        <v>130</v>
       </c>
       <c r="E738">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="739" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A739" t="s">
-        <v>1580</v>
+        <v>1542</v>
       </c>
       <c r="B739" t="s">
         <v>1</v>
       </c>
       <c r="C739" t="s">
-        <v>216</v>
+        <v>73</v>
       </c>
       <c r="D739" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E739">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="740" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A740" t="s">
-        <v>475</v>
+        <v>911</v>
       </c>
       <c r="B740" t="s">
         <v>1</v>
       </c>
       <c r="C740" t="s">
-        <v>49</v>
+        <v>902</v>
       </c>
       <c r="D740" t="s">
-        <v>325</v>
+        <v>76</v>
       </c>
       <c r="E740">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="741" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A741" t="s">
-        <v>2502</v>
+        <v>844</v>
       </c>
       <c r="B741" t="s">
-        <v>1</v>
+        <v>838</v>
       </c>
       <c r="C741" t="s">
-        <v>2</v>
+        <v>251</v>
       </c>
       <c r="D741" t="s">
-        <v>72</v>
+        <v>845</v>
       </c>
       <c r="E741">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="742" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A742" t="s">
-        <v>891</v>
+        <v>1242</v>
       </c>
       <c r="B742" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C742" t="s">
-        <v>882</v>
+        <v>110</v>
       </c>
       <c r="D742" t="s">
-        <v>3</v>
+        <v>360</v>
       </c>
       <c r="E742">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="743" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A743" t="s">
-        <v>2405</v>
+        <v>1188</v>
       </c>
       <c r="B743" t="s">
-        <v>2406</v>
+        <v>793</v>
       </c>
       <c r="C743" t="s">
-        <v>36</v>
+        <v>1189</v>
+      </c>
+      <c r="D743" t="s">
+        <v>381</v>
       </c>
       <c r="E743">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="744" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A744" t="s">
-        <v>822</v>
+        <v>1543</v>
       </c>
       <c r="B744" t="s">
-        <v>816</v>
+        <v>1</v>
       </c>
       <c r="C744" t="s">
-        <v>202</v>
+        <v>6</v>
       </c>
       <c r="D744" t="s">
-        <v>823</v>
+        <v>280</v>
       </c>
       <c r="E744">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="745" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A745" t="s">
-        <v>1220</v>
+        <v>1543</v>
       </c>
       <c r="B745" t="s">
-        <v>769</v>
+        <v>2099</v>
       </c>
       <c r="C745" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
       <c r="D745" t="s">
-        <v>325</v>
+        <v>1086</v>
       </c>
       <c r="E745">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="746" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A746" t="s">
-        <v>1161</v>
+        <v>1129</v>
       </c>
       <c r="B746" t="s">
-        <v>769</v>
+        <v>1130</v>
       </c>
       <c r="C746" t="s">
-        <v>1162</v>
+        <v>6</v>
       </c>
       <c r="D746" t="s">
-        <v>347</v>
+        <v>1086</v>
       </c>
       <c r="E746">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="747" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A747" t="s">
-        <v>2124</v>
+        <v>1363</v>
       </c>
       <c r="B747" t="s">
-        <v>2120</v>
+        <v>1053</v>
       </c>
       <c r="C747" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D747" t="s">
-        <v>1049</v>
+        <v>360</v>
       </c>
       <c r="E747">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="748" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A748" t="s">
-        <v>1100</v>
+        <v>1570</v>
       </c>
       <c r="B748" t="s">
-        <v>1101</v>
+        <v>793</v>
       </c>
       <c r="C748" t="s">
-        <v>19</v>
+        <v>104</v>
       </c>
       <c r="D748" t="s">
-        <v>1049</v>
+        <v>357</v>
       </c>
       <c r="E748">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="749" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A749" t="s">
-        <v>1354</v>
+        <v>1589</v>
       </c>
       <c r="B749" t="s">
-        <v>1051</v>
+        <v>1</v>
       </c>
       <c r="C749" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="D749" t="s">
-        <v>325</v>
+        <v>1587</v>
       </c>
       <c r="E749">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="750" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A750" t="s">
-        <v>1536</v>
+        <v>2057</v>
       </c>
       <c r="B750" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C750" t="s">
-        <v>42</v>
+        <v>132</v>
       </c>
       <c r="D750" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E750">
-        <v>12</v>
+        <v>39</v>
       </c>
     </row>
     <row r="751" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A751" t="s">
-        <v>1557</v>
+        <v>151</v>
       </c>
       <c r="B751" t="s">
         <v>1</v>
       </c>
       <c r="C751" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="D751" t="s">
-        <v>1555</v>
+        <v>68</v>
       </c>
       <c r="E751">
         <v>12</v>
       </c>
     </row>
     <row r="752" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A752" t="s">
-        <v>2077</v>
+        <v>687</v>
       </c>
       <c r="B752" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C752" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="D752" t="s">
-        <v>320</v>
+        <v>203</v>
       </c>
       <c r="E752">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="753" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A753" t="s">
-        <v>95</v>
+        <v>1693</v>
       </c>
       <c r="B753" t="s">
         <v>1</v>
       </c>
       <c r="C753" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D753" t="s">
-        <v>96</v>
+        <v>280</v>
       </c>
       <c r="E753">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="754" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A754" t="s">
-        <v>656</v>
+        <v>1692</v>
       </c>
       <c r="B754" t="s">
         <v>1</v>
       </c>
       <c r="C754" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="D754" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E754">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="755" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A755" t="s">
-        <v>1666</v>
+        <v>2204</v>
       </c>
       <c r="B755" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C755" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="D755" t="s">
-        <v>239</v>
+        <v>2205</v>
       </c>
       <c r="E755">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="756" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A756" t="s">
-        <v>2214</v>
+        <v>1045</v>
       </c>
       <c r="B756" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C756" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="D756" t="s">
-        <v>2215</v>
+        <v>44</v>
       </c>
       <c r="E756">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="757" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A757" t="s">
-        <v>1834</v>
+        <v>1845</v>
       </c>
       <c r="B757" t="s">
         <v>1</v>
       </c>
       <c r="C757" t="s">
-        <v>167</v>
+        <v>218</v>
       </c>
       <c r="D757" t="s">
-        <v>421</v>
+        <v>455</v>
       </c>
       <c r="E757">
         <v>6</v>
       </c>
     </row>
     <row r="758" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A758" t="s">
-        <v>1445</v>
+        <v>1453</v>
       </c>
       <c r="B758" t="s">
-        <v>118</v>
+        <v>171</v>
       </c>
       <c r="C758" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D758" t="s">
-        <v>1446</v>
+        <v>1055</v>
       </c>
       <c r="E758">
         <v>8</v>
       </c>
     </row>
     <row r="759" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A759" t="s">
-        <v>785</v>
+        <v>809</v>
       </c>
       <c r="B759" t="s">
         <v>1</v>
       </c>
       <c r="C759" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D759" t="s">
-        <v>725</v>
+        <v>750</v>
       </c>
       <c r="E759">
         <v>8</v>
       </c>
     </row>
     <row r="760" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A760" t="s">
-        <v>793</v>
+        <v>817</v>
       </c>
       <c r="B760" t="s">
         <v>1</v>
       </c>
       <c r="C760" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D760" t="s">
-        <v>725</v>
+        <v>750</v>
       </c>
       <c r="E760">
         <v>8</v>
       </c>
     </row>
     <row r="761" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A761" t="s">
-        <v>2194</v>
+        <v>2188</v>
       </c>
       <c r="B761" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C761" t="s">
-        <v>2178</v>
+        <v>1037</v>
       </c>
       <c r="D761" t="s">
-        <v>217</v>
+        <v>262</v>
       </c>
       <c r="E761">
         <v>8</v>
       </c>
     </row>
     <row r="762" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A762" t="s">
-        <v>2177</v>
+        <v>2174</v>
       </c>
       <c r="B762" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C762" t="s">
-        <v>2178</v>
+        <v>1037</v>
       </c>
       <c r="D762" t="s">
-        <v>217</v>
+        <v>262</v>
       </c>
       <c r="E762">
         <v>8</v>
       </c>
     </row>
     <row r="763" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A763" t="s">
-        <v>676</v>
+        <v>706</v>
       </c>
       <c r="B763" t="s">
         <v>1</v>
       </c>
       <c r="C763" t="s">
-        <v>127</v>
+        <v>180</v>
       </c>
       <c r="D763" t="s">
-        <v>3</v>
+        <v>76</v>
       </c>
       <c r="E763">
         <v>6</v>
       </c>
     </row>
     <row r="764" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A764" t="s">
-        <v>614</v>
+        <v>645</v>
       </c>
       <c r="B764" t="s">
         <v>1</v>
       </c>
       <c r="C764" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="D764" t="s">
-        <v>541</v>
+        <v>572</v>
       </c>
       <c r="E764">
         <v>6</v>
       </c>
     </row>
     <row r="765" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A765" t="s">
-        <v>766</v>
+        <v>791</v>
       </c>
       <c r="B765" t="s">
         <v>1</v>
       </c>
       <c r="C765" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="D765" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="E765">
         <v>6</v>
       </c>
     </row>
     <row r="766" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A766" t="s">
-        <v>549</v>
+        <v>1040</v>
       </c>
       <c r="B766" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C766" t="s">
-        <v>202</v>
+        <v>1041</v>
       </c>
       <c r="D766" t="s">
-        <v>150</v>
+        <v>980</v>
       </c>
       <c r="E766">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="767" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A767" t="s">
-        <v>425</v>
+        <v>580</v>
       </c>
       <c r="B767" t="s">
         <v>1</v>
       </c>
       <c r="C767" t="s">
-        <v>2</v>
+        <v>251</v>
       </c>
       <c r="D767" t="s">
-        <v>3</v>
+        <v>203</v>
       </c>
       <c r="E767">
         <v>6</v>
       </c>
     </row>
     <row r="768" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A768" t="s">
-        <v>1351</v>
+        <v>459</v>
       </c>
       <c r="B768" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C768" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="D768" t="s">
-        <v>906</v>
+        <v>76</v>
       </c>
       <c r="E768">
         <v>6</v>
       </c>
     </row>
     <row r="769" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A769" t="s">
-        <v>915</v>
+        <v>1360</v>
       </c>
       <c r="B769" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C769" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="D769" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="E769">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="770" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A770" t="s">
-        <v>1039</v>
+        <v>933</v>
       </c>
       <c r="B770" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C770" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="D770" t="s">
-        <v>96</v>
+        <v>934</v>
       </c>
       <c r="E770">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="771" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A771" t="s">
-        <v>584</v>
+        <v>1525</v>
       </c>
       <c r="B771" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C771" t="s">
-        <v>202</v>
+        <v>65</v>
       </c>
       <c r="D771" t="s">
-        <v>150</v>
+        <v>1520</v>
       </c>
       <c r="E771">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="772" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A772" t="s">
-        <v>1863</v>
+        <v>1076</v>
       </c>
       <c r="B772" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C772" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="D772" t="s">
-        <v>1312</v>
+        <v>68</v>
       </c>
       <c r="E772">
         <v>12</v>
       </c>
     </row>
     <row r="773" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A773" t="s">
-        <v>1881</v>
+        <v>615</v>
       </c>
       <c r="B773" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C773" t="s">
-        <v>149</v>
+        <v>251</v>
       </c>
       <c r="D773" t="s">
-        <v>1312</v>
+        <v>203</v>
       </c>
       <c r="E773">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="774" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A774" t="s">
-        <v>1847</v>
+        <v>1870</v>
       </c>
       <c r="B774" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C774" t="s">
-        <v>19</v>
+        <v>202</v>
       </c>
       <c r="D774" t="s">
-        <v>239</v>
+        <v>1330</v>
       </c>
       <c r="E774">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="775" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A775" t="s">
-        <v>2016</v>
+        <v>1884</v>
       </c>
       <c r="B775" t="s">
-        <v>2013</v>
+        <v>2141</v>
       </c>
       <c r="C775" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D775" t="s">
-        <v>2011</v>
+        <v>1330</v>
       </c>
       <c r="E775">
-        <v>45</v>
+        <v>12</v>
       </c>
     </row>
     <row r="776" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A776" t="s">
-        <v>510</v>
+        <v>1856</v>
       </c>
       <c r="B776" t="s">
         <v>1</v>
       </c>
       <c r="C776" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="D776" t="s">
-        <v>505</v>
+        <v>280</v>
       </c>
       <c r="E776">
         <v>6</v>
       </c>
     </row>
     <row r="777" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A777" t="s">
-        <v>492</v>
+        <v>1919</v>
       </c>
       <c r="B777" t="s">
         <v>1</v>
       </c>
       <c r="C777" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D777" t="s">
-        <v>325</v>
+        <v>558</v>
       </c>
       <c r="E777">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="778" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A778" t="s">
-        <v>1456</v>
+        <v>543</v>
       </c>
       <c r="B778" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C778" t="s">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D778" t="s">
-        <v>248</v>
+        <v>538</v>
       </c>
       <c r="E778">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="779" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A779" t="s">
-        <v>556</v>
+        <v>525</v>
       </c>
       <c r="B779" t="s">
         <v>1</v>
       </c>
       <c r="C779" t="s">
-        <v>165</v>
+        <v>46</v>
       </c>
       <c r="D779" t="s">
-        <v>150</v>
+        <v>360</v>
       </c>
       <c r="E779">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="780" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A780" t="s">
-        <v>109</v>
+        <v>1463</v>
       </c>
       <c r="B780" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C780" t="s">
-        <v>110</v>
+        <v>6</v>
       </c>
       <c r="D780" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="E780">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="781" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A781" t="s">
-        <v>1341</v>
+        <v>587</v>
       </c>
       <c r="B781" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C781" t="s">
-        <v>256</v>
+        <v>216</v>
       </c>
       <c r="D781" t="s">
-        <v>1122</v>
+        <v>203</v>
       </c>
       <c r="E781">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="782" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A782" t="s">
-        <v>443</v>
+        <v>163</v>
       </c>
       <c r="B782" t="s">
         <v>1</v>
       </c>
       <c r="C782" t="s">
-        <v>444</v>
+        <v>164</v>
       </c>
       <c r="D782" t="s">
-        <v>20</v>
+        <v>165</v>
       </c>
       <c r="E782">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="783" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A783" t="s">
-        <v>518</v>
+        <v>1350</v>
       </c>
       <c r="B783" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C783" t="s">
-        <v>8</v>
+        <v>296</v>
       </c>
       <c r="D783" t="s">
-        <v>519</v>
+        <v>1150</v>
       </c>
       <c r="E783">
-        <v>10</v>
+        <v>49</v>
       </c>
     </row>
     <row r="784" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A784" t="s">
-        <v>1708</v>
+        <v>47</v>
       </c>
       <c r="B784" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C784" t="s">
-        <v>727</v>
+        <v>22</v>
       </c>
       <c r="D784" t="s">
-        <v>1201</v>
+        <v>44</v>
       </c>
       <c r="E784">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="785" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A785" t="s">
-        <v>307</v>
+        <v>477</v>
       </c>
       <c r="B785" t="s">
         <v>1</v>
       </c>
       <c r="C785" t="s">
-        <v>49</v>
+        <v>478</v>
       </c>
       <c r="D785" t="s">
-        <v>308</v>
+        <v>52</v>
       </c>
       <c r="E785">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="786" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A786" t="s">
-        <v>304</v>
+        <v>551</v>
       </c>
       <c r="B786" t="s">
-        <v>305</v>
+        <v>1</v>
       </c>
       <c r="C786" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D786" t="s">
-        <v>306</v>
+        <v>552</v>
       </c>
       <c r="E786">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="787" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A787" t="s">
-        <v>309</v>
+        <v>1924</v>
       </c>
       <c r="B787" t="s">
-        <v>1</v>
+        <v>236</v>
       </c>
       <c r="C787" t="s">
-        <v>49</v>
+        <v>98</v>
       </c>
       <c r="D787" t="s">
-        <v>310</v>
+        <v>280</v>
       </c>
       <c r="E787">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="788" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A788" t="s">
-        <v>311</v>
+        <v>11</v>
       </c>
       <c r="B788" t="s">
-        <v>305</v>
+        <v>1</v>
       </c>
       <c r="C788" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="D788" t="s">
-        <v>308</v>
+        <v>3</v>
       </c>
       <c r="E788">
         <v>12</v>
       </c>
     </row>
     <row r="789" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A789" t="s">
-        <v>354</v>
+        <v>1727</v>
       </c>
       <c r="B789" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C789" t="s">
-        <v>8</v>
+        <v>752</v>
       </c>
       <c r="D789" t="s">
-        <v>355</v>
+        <v>1227</v>
       </c>
       <c r="E789">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="790" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A790" t="s">
-        <v>106</v>
+        <v>345</v>
       </c>
       <c r="B790" t="s">
         <v>1</v>
       </c>
       <c r="C790" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="D790" t="s">
-        <v>96</v>
+        <v>346</v>
       </c>
       <c r="E790">
         <v>10</v>
       </c>
     </row>
     <row r="791" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A791" t="s">
-        <v>80</v>
+        <v>342</v>
       </c>
       <c r="B791" t="s">
-        <v>1</v>
+        <v>343</v>
       </c>
       <c r="C791" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D791" t="s">
-        <v>75</v>
+        <v>344</v>
       </c>
       <c r="E791">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="792" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A792" t="s">
-        <v>1169</v>
+        <v>347</v>
       </c>
       <c r="B792" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C792" t="s">
-        <v>338</v>
+        <v>110</v>
       </c>
       <c r="D792" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E792">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="793" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A793" t="s">
-        <v>1712</v>
+        <v>349</v>
       </c>
       <c r="B793" t="s">
-        <v>1</v>
+        <v>343</v>
       </c>
       <c r="C793" t="s">
-        <v>269</v>
+        <v>110</v>
       </c>
       <c r="D793" t="s">
-        <v>320</v>
+        <v>346</v>
       </c>
       <c r="E793">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="794" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A794" t="s">
-        <v>524</v>
+        <v>388</v>
       </c>
       <c r="B794" t="s">
         <v>1</v>
       </c>
       <c r="C794" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="D794" t="s">
-        <v>525</v>
+        <v>389</v>
       </c>
       <c r="E794">
-        <v>4</v>
+        <v>14</v>
       </c>
     </row>
     <row r="795" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A795" t="s">
-        <v>41</v>
+        <v>160</v>
       </c>
       <c r="B795" t="s">
         <v>1</v>
       </c>
       <c r="C795" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="D795" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="E795">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="796" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A796" t="s">
-        <v>45</v>
+        <v>1196</v>
       </c>
       <c r="B796" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C796" t="s">
-        <v>42</v>
+        <v>372</v>
       </c>
       <c r="D796" t="s">
-        <v>43</v>
+        <v>381</v>
       </c>
       <c r="E796">
         <v>12</v>
       </c>
     </row>
     <row r="797" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A797" t="s">
-        <v>44</v>
+        <v>1731</v>
       </c>
       <c r="B797" t="s">
         <v>1</v>
       </c>
       <c r="C797" t="s">
-        <v>42</v>
+        <v>308</v>
       </c>
       <c r="D797" t="s">
-        <v>43</v>
+        <v>357</v>
       </c>
       <c r="E797">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="798" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A798" t="s">
-        <v>901</v>
+        <v>557</v>
       </c>
       <c r="B798" t="s">
         <v>1</v>
       </c>
       <c r="C798" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="D798" t="s">
-        <v>902</v>
+        <v>558</v>
       </c>
       <c r="E798">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="799" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A799" t="s">
-        <v>1744</v>
+        <v>103</v>
       </c>
       <c r="B799" t="s">
         <v>1</v>
       </c>
       <c r="C799" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="D799" t="s">
-        <v>239</v>
+        <v>105</v>
       </c>
       <c r="E799">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="800" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A800" t="s">
-        <v>2414</v>
+        <v>107</v>
       </c>
       <c r="B800" t="s">
-        <v>2403</v>
+        <v>1</v>
       </c>
       <c r="C800" t="s">
-        <v>36</v>
+        <v>104</v>
+      </c>
+      <c r="D800" t="s">
+        <v>105</v>
       </c>
       <c r="E800">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="801" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A801" t="s">
-        <v>1297</v>
+        <v>106</v>
       </c>
       <c r="B801" t="s">
-        <v>1024</v>
+        <v>1</v>
       </c>
       <c r="C801" t="s">
-        <v>338</v>
+        <v>104</v>
       </c>
       <c r="D801" t="s">
-        <v>1296</v>
+        <v>105</v>
       </c>
       <c r="E801">
         <v>12</v>
       </c>
     </row>
     <row r="802" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A802" t="s">
-        <v>1649</v>
+        <v>1038</v>
       </c>
       <c r="B802" t="s">
         <v>1</v>
       </c>
       <c r="C802" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="D802" t="s">
-        <v>421</v>
+        <v>1035</v>
       </c>
       <c r="E802">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="803" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A803" t="s">
-        <v>378</v>
+        <v>1762</v>
       </c>
       <c r="B803" t="s">
         <v>1</v>
       </c>
       <c r="C803" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D803" t="s">
-        <v>379</v>
+        <v>280</v>
       </c>
       <c r="E803">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="804" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A804" t="s">
-        <v>686</v>
+        <v>2396</v>
       </c>
       <c r="B804" t="s">
-        <v>1</v>
+        <v>2387</v>
       </c>
       <c r="C804" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>98</v>
       </c>
       <c r="E804">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="805" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A805" t="s">
-        <v>644</v>
+        <v>1315</v>
       </c>
       <c r="B805" t="s">
-        <v>1</v>
+        <v>1062</v>
       </c>
       <c r="C805" t="s">
-        <v>2</v>
+        <v>372</v>
       </c>
       <c r="D805" t="s">
-        <v>541</v>
+        <v>1314</v>
       </c>
       <c r="E805">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="806" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A806" t="s">
-        <v>112</v>
+        <v>1675</v>
       </c>
       <c r="B806" t="s">
         <v>1</v>
       </c>
       <c r="C806" t="s">
-        <v>110</v>
+        <v>31</v>
       </c>
       <c r="D806" t="s">
-        <v>111</v>
+        <v>455</v>
       </c>
       <c r="E806">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="807" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A807" t="s">
-        <v>7</v>
+        <v>412</v>
       </c>
       <c r="B807" t="s">
         <v>1</v>
       </c>
       <c r="C807" t="s">
+        <v>46</v>
+      </c>
+      <c r="D807" t="s">
+        <v>413</v>
+      </c>
+      <c r="E807">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="808" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A808" t="s">
-        <v>794</v>
+        <v>716</v>
       </c>
       <c r="B808" t="s">
         <v>1</v>
       </c>
       <c r="C808" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D808" t="s">
-        <v>781</v>
+        <v>76</v>
       </c>
       <c r="E808">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="809" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A809" t="s">
-        <v>829</v>
+        <v>675</v>
       </c>
       <c r="B809" t="s">
-        <v>334</v>
+        <v>1</v>
       </c>
       <c r="C809" t="s">
-        <v>465</v>
+        <v>31</v>
       </c>
       <c r="D809" t="s">
-        <v>760</v>
+        <v>572</v>
       </c>
       <c r="E809">
         <v>6</v>
       </c>
     </row>
     <row r="810" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A810" t="s">
-        <v>552</v>
+        <v>166</v>
       </c>
       <c r="B810" t="s">
         <v>1</v>
       </c>
       <c r="C810" t="s">
+        <v>164</v>
+      </c>
+      <c r="D810" t="s">
         <v>165</v>
       </c>
-      <c r="D810" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E810">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="811" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A811" t="s">
-        <v>555</v>
+        <v>77</v>
       </c>
       <c r="B811" t="s">
         <v>1</v>
       </c>
       <c r="C811" t="s">
-        <v>165</v>
+        <v>46</v>
       </c>
       <c r="D811" t="s">
-        <v>150</v>
+        <v>62</v>
       </c>
       <c r="E811">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="812" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A812" t="s">
-        <v>553</v>
+        <v>818</v>
       </c>
       <c r="B812" t="s">
         <v>1</v>
       </c>
       <c r="C812" t="s">
-        <v>165</v>
+        <v>46</v>
       </c>
       <c r="D812" t="s">
-        <v>150</v>
+        <v>805</v>
       </c>
       <c r="E812">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="813" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A813" t="s">
-        <v>554</v>
+        <v>36</v>
       </c>
       <c r="B813" t="s">
         <v>1</v>
       </c>
       <c r="C813" t="s">
-        <v>165</v>
+        <v>37</v>
       </c>
       <c r="D813" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="E813">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="814" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A814" t="s">
-        <v>1818</v>
+        <v>851</v>
       </c>
       <c r="B814" t="s">
-        <v>1</v>
+        <v>368</v>
       </c>
       <c r="C814" t="s">
-        <v>165</v>
+        <v>499</v>
       </c>
       <c r="D814" t="s">
-        <v>263</v>
+        <v>785</v>
       </c>
       <c r="E814">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="815" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A815" t="s">
-        <v>1872</v>
+        <v>583</v>
       </c>
       <c r="B815" t="s">
         <v>1</v>
       </c>
       <c r="C815" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="D815" t="s">
-        <v>263</v>
+        <v>203</v>
       </c>
       <c r="E815">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="816" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A816" t="s">
-        <v>1936</v>
+        <v>586</v>
       </c>
       <c r="B816" t="s">
         <v>1</v>
       </c>
       <c r="C816" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="D816" t="s">
-        <v>263</v>
+        <v>203</v>
       </c>
       <c r="E816">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="817" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A817" t="s">
-        <v>1878</v>
+        <v>584</v>
       </c>
       <c r="B817" t="s">
         <v>1</v>
       </c>
       <c r="C817" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="D817" t="s">
-        <v>263</v>
+        <v>203</v>
       </c>
       <c r="E817">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="818" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A818" t="s">
-        <v>1880</v>
+        <v>585</v>
       </c>
       <c r="B818" t="s">
         <v>1</v>
       </c>
       <c r="C818" t="s">
-        <v>165</v>
+        <v>216</v>
       </c>
       <c r="D818" t="s">
-        <v>263</v>
+        <v>203</v>
       </c>
       <c r="E818">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="819" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A819" t="s">
-        <v>1948</v>
+        <v>1929</v>
       </c>
       <c r="B819" t="s">
         <v>1</v>
       </c>
       <c r="C819" t="s">
-        <v>19</v>
+        <v>216</v>
       </c>
       <c r="D819" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E819">
         <v>7</v>
       </c>
     </row>
     <row r="820" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A820" t="s">
-        <v>1953</v>
+        <v>1836</v>
       </c>
       <c r="B820" t="s">
-        <v>1</v>
+        <v>1837</v>
       </c>
       <c r="C820" t="s">
-        <v>19</v>
+        <v>216</v>
       </c>
       <c r="D820" t="s">
-        <v>263</v>
+        <v>558</v>
       </c>
       <c r="E820">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="821" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A821" t="s">
-        <v>1879</v>
+        <v>1738</v>
       </c>
       <c r="B821" t="s">
         <v>1</v>
       </c>
       <c r="C821" t="s">
-        <v>165</v>
+        <v>132</v>
       </c>
       <c r="D821" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E821">
         <v>7</v>
       </c>
     </row>
     <row r="822" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A822" t="s">
-        <v>1943</v>
+        <v>2096</v>
       </c>
       <c r="B822" t="s">
-        <v>1</v>
+        <v>2079</v>
       </c>
       <c r="C822" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D822" t="s">
-        <v>263</v>
+        <v>2097</v>
       </c>
       <c r="E822">
-        <v>7</v>
+        <v>39</v>
       </c>
     </row>
     <row r="823" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A823" t="s">
-        <v>1579</v>
+        <v>2108</v>
       </c>
       <c r="B823" t="s">
-        <v>1</v>
+        <v>2109</v>
       </c>
       <c r="C823" t="s">
-        <v>165</v>
+        <v>132</v>
       </c>
       <c r="D823" t="s">
-        <v>263</v>
+        <v>1086</v>
       </c>
       <c r="E823">
-        <v>7</v>
+        <v>59</v>
       </c>
     </row>
     <row r="824" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A824" t="s">
-        <v>2116</v>
+        <v>1115</v>
       </c>
       <c r="B824" t="s">
-        <v>2103</v>
+        <v>793</v>
       </c>
       <c r="C824" t="s">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="D824" t="s">
-        <v>2117</v>
+        <v>1107</v>
       </c>
       <c r="E824">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="825" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A825" t="s">
-        <v>2126</v>
+        <v>1114</v>
       </c>
       <c r="B825" t="s">
-        <v>2127</v>
+        <v>793</v>
       </c>
       <c r="C825" t="s">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="D825" t="s">
-        <v>1049</v>
+        <v>1107</v>
       </c>
       <c r="E825">
-        <v>59</v>
+        <v>16</v>
       </c>
     </row>
     <row r="826" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A826" t="s">
-        <v>1083</v>
+        <v>252</v>
       </c>
       <c r="B826" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C826" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D826" t="s">
-        <v>1075</v>
+        <v>203</v>
       </c>
       <c r="E826">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="827" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A827" t="s">
-        <v>1082</v>
+        <v>594</v>
       </c>
       <c r="B827" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C827" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="D827" t="s">
-        <v>1075</v>
+        <v>203</v>
       </c>
       <c r="E827">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="828" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A828" t="s">
-        <v>203</v>
+        <v>1977</v>
       </c>
       <c r="B828" t="s">
         <v>1</v>
       </c>
       <c r="C828" t="s">
-        <v>162</v>
+        <v>308</v>
       </c>
       <c r="D828" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E828">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="829" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A829" t="s">
-        <v>563</v>
+        <v>1753</v>
       </c>
       <c r="B829" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C829" t="s">
-        <v>55</v>
+        <v>308</v>
       </c>
       <c r="D829" t="s">
-        <v>150</v>
+        <v>357</v>
       </c>
       <c r="E829">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="830" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A830" t="s">
-        <v>2004</v>
+        <v>1553</v>
       </c>
       <c r="B830" t="s">
         <v>1</v>
       </c>
       <c r="C830" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D830" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E830">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="831" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A831" t="s">
-        <v>1910</v>
+        <v>1554</v>
       </c>
       <c r="B831" t="s">
         <v>1</v>
       </c>
       <c r="C831" t="s">
-        <v>19</v>
+        <v>752</v>
       </c>
       <c r="D831" t="s">
-        <v>263</v>
+        <v>280</v>
       </c>
       <c r="E831">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="832" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A832" t="s">
-        <v>1989</v>
+        <v>1555</v>
       </c>
       <c r="B832" t="s">
         <v>1</v>
       </c>
       <c r="C832" t="s">
-        <v>269</v>
+        <v>22</v>
       </c>
       <c r="D832" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E832">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="833" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A833" t="s">
-        <v>1735</v>
+        <v>1556</v>
       </c>
       <c r="B833" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C833" t="s">
-        <v>269</v>
+        <v>46</v>
       </c>
       <c r="D833" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="E833">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="834" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A834" t="s">
-        <v>1519</v>
+        <v>146</v>
       </c>
       <c r="B834" t="s">
         <v>1</v>
       </c>
       <c r="C834" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D834" t="s">
-        <v>239</v>
+        <v>133</v>
       </c>
       <c r="E834">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="835" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A835" t="s">
-        <v>1520</v>
+        <v>396</v>
       </c>
       <c r="B835" t="s">
         <v>1</v>
       </c>
       <c r="C835" t="s">
-        <v>727</v>
+        <v>6</v>
       </c>
       <c r="D835" t="s">
-        <v>239</v>
+        <v>99</v>
       </c>
       <c r="E835">
         <v>8</v>
       </c>
     </row>
     <row r="836" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A836" t="s">
-        <v>1521</v>
+        <v>1445</v>
       </c>
       <c r="B836" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C836" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D836" t="s">
-        <v>239</v>
+        <v>165</v>
       </c>
       <c r="E836">
         <v>8</v>
       </c>
     </row>
     <row r="837" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A837" t="s">
-        <v>1522</v>
+        <v>185</v>
       </c>
       <c r="B837" t="s">
         <v>1</v>
       </c>
       <c r="C837" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D837" t="s">
-        <v>239</v>
+        <v>165</v>
       </c>
       <c r="E837">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="838" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A838" t="s">
-        <v>90</v>
+        <v>173</v>
       </c>
       <c r="B838" t="s">
         <v>1</v>
       </c>
       <c r="C838" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D838" t="s">
-        <v>75</v>
+        <v>165</v>
       </c>
       <c r="E838">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="839" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A839" t="s">
-        <v>362</v>
+        <v>137</v>
       </c>
       <c r="B839" t="s">
         <v>1</v>
       </c>
       <c r="C839" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D839" t="s">
-        <v>37</v>
+        <v>138</v>
       </c>
       <c r="E839">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="840" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A840" t="s">
-        <v>1435</v>
+        <v>1814</v>
       </c>
       <c r="B840" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C840" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D840" t="s">
-        <v>111</v>
+        <v>558</v>
       </c>
       <c r="E840">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="841" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A841" t="s">
-        <v>132</v>
+        <v>1839</v>
       </c>
       <c r="B841" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C841" t="s">
-        <v>2</v>
+        <v>216</v>
       </c>
       <c r="D841" t="s">
-        <v>111</v>
+        <v>558</v>
       </c>
       <c r="E841">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="842" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A842" t="s">
-        <v>120</v>
+        <v>1662</v>
       </c>
       <c r="B842" t="s">
         <v>1</v>
       </c>
       <c r="C842" t="s">
-        <v>2</v>
+        <v>216</v>
       </c>
       <c r="D842" t="s">
-        <v>111</v>
+        <v>302</v>
       </c>
       <c r="E842">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="843" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A843" t="s">
-        <v>81</v>
+        <v>1808</v>
       </c>
       <c r="B843" t="s">
         <v>1</v>
       </c>
       <c r="C843" t="s">
-        <v>8</v>
+        <v>216</v>
       </c>
       <c r="D843" t="s">
-        <v>82</v>
+        <v>302</v>
       </c>
       <c r="E843">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="844" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A844" t="s">
-        <v>1796</v>
+        <v>1807</v>
       </c>
       <c r="B844" t="s">
         <v>1</v>
       </c>
       <c r="C844" t="s">
-        <v>19</v>
+        <v>216</v>
       </c>
       <c r="D844" t="s">
-        <v>525</v>
+        <v>302</v>
       </c>
       <c r="E844">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="845" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A845" t="s">
-        <v>1825</v>
+        <v>394</v>
       </c>
       <c r="B845" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C845" t="s">
-        <v>165</v>
+        <v>218</v>
       </c>
       <c r="D845" t="s">
-        <v>525</v>
+        <v>99</v>
       </c>
       <c r="E845">
         <v>8</v>
       </c>
     </row>
     <row r="846" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A846" t="s">
-        <v>1636</v>
+        <v>375</v>
       </c>
       <c r="B846" t="s">
         <v>1</v>
       </c>
       <c r="C846" t="s">
-        <v>165</v>
+        <v>372</v>
       </c>
       <c r="D846" t="s">
-        <v>263</v>
+        <v>376</v>
       </c>
       <c r="E846">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="847" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A847" t="s">
-        <v>1789</v>
+        <v>1769</v>
       </c>
       <c r="B847" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C847" t="s">
-        <v>165</v>
+        <v>6</v>
       </c>
       <c r="D847" t="s">
-        <v>263</v>
+        <v>304</v>
       </c>
       <c r="E847">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="848" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A848" t="s">
-        <v>1788</v>
+        <v>1482</v>
       </c>
       <c r="B848" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C848" t="s">
-        <v>165</v>
+        <v>61</v>
       </c>
       <c r="D848" t="s">
-        <v>263</v>
+        <v>1456</v>
       </c>
       <c r="E848">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="849" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A849" t="s">
-        <v>360</v>
+        <v>1228</v>
       </c>
       <c r="B849" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C849" t="s">
-        <v>167</v>
+        <v>31</v>
       </c>
       <c r="D849" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="E849">
         <v>8</v>
       </c>
     </row>
     <row r="850" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A850" t="s">
-        <v>341</v>
+        <v>1443</v>
       </c>
       <c r="B850" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C850" t="s">
-        <v>338</v>
+        <v>31</v>
       </c>
       <c r="D850" t="s">
-        <v>342</v>
+        <v>165</v>
       </c>
       <c r="E850">
         <v>8</v>
       </c>
     </row>
     <row r="851" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A851" t="s">
-        <v>1548</v>
+        <v>711</v>
       </c>
       <c r="B851" t="s">
         <v>1</v>
       </c>
       <c r="C851" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D851" t="s">
-        <v>239</v>
+        <v>76</v>
       </c>
       <c r="E851">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="852" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A852" t="s">
-        <v>1751</v>
+        <v>816</v>
       </c>
       <c r="B852" t="s">
         <v>1</v>
       </c>
       <c r="C852" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D852" t="s">
-        <v>263</v>
+        <v>805</v>
       </c>
       <c r="E852">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="853" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A853" t="s">
-        <v>1751</v>
+        <v>815</v>
       </c>
       <c r="B853" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C853" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D853" t="s">
-        <v>265</v>
+        <v>805</v>
       </c>
       <c r="E853">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="854" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A854" t="s">
-        <v>1476</v>
+        <v>814</v>
       </c>
       <c r="B854" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C854" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D854" t="s">
-        <v>1449</v>
+        <v>805</v>
       </c>
       <c r="E854">
         <v>8</v>
       </c>
     </row>
     <row r="855" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A855" t="s">
-        <v>1202</v>
+        <v>167</v>
       </c>
       <c r="B855" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C855" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D855" t="s">
-        <v>3</v>
+        <v>165</v>
       </c>
       <c r="E855">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="856" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A856" t="s">
-        <v>1433</v>
+        <v>1230</v>
       </c>
       <c r="B856" t="s">
-        <v>118</v>
+        <v>1053</v>
       </c>
       <c r="C856" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D856" t="s">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="E856">
         <v>8</v>
       </c>
     </row>
     <row r="857" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A857" t="s">
-        <v>681</v>
+        <v>2351</v>
       </c>
       <c r="B857" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C857" t="s">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="D857" t="s">
-        <v>3</v>
+        <v>2301</v>
       </c>
       <c r="E857">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="858" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A858" t="s">
-        <v>2283</v>
+        <v>1123</v>
       </c>
       <c r="B858" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C858" t="s">
-        <v>8</v>
+        <v>154</v>
       </c>
       <c r="D858" t="s">
-        <v>2284</v>
+        <v>232</v>
       </c>
       <c r="E858">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="859" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A859" t="s">
-        <v>792</v>
+        <v>178</v>
       </c>
       <c r="B859" t="s">
         <v>1</v>
       </c>
       <c r="C859" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="D859" t="s">
-        <v>781</v>
+        <v>165</v>
       </c>
       <c r="E859">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="860" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A860" t="s">
-        <v>791</v>
+        <v>1771</v>
       </c>
       <c r="B860" t="s">
         <v>1</v>
       </c>
       <c r="C860" t="s">
-        <v>8</v>
+        <v>352</v>
       </c>
       <c r="D860" t="s">
-        <v>781</v>
+        <v>558</v>
       </c>
       <c r="E860">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="861" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A861" t="s">
-        <v>790</v>
+        <v>1257</v>
       </c>
       <c r="B861" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C861" t="s">
-        <v>8</v>
+        <v>1256</v>
       </c>
       <c r="D861" t="s">
-        <v>781</v>
+        <v>389</v>
       </c>
       <c r="E861">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="862" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A862" t="s">
-        <v>238</v>
+        <v>1255</v>
       </c>
       <c r="B862" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C862" t="s">
-        <v>55</v>
+        <v>1256</v>
       </c>
       <c r="D862" t="s">
-        <v>239</v>
+        <v>389</v>
       </c>
       <c r="E862">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="863" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A863" t="s">
-        <v>113</v>
+        <v>2186</v>
       </c>
       <c r="B863" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C863" t="s">
-        <v>19</v>
+        <v>1256</v>
       </c>
       <c r="D863" t="s">
-        <v>111</v>
+        <v>389</v>
       </c>
       <c r="E863">
         <v>10</v>
       </c>
     </row>
     <row r="864" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A864" t="s">
-        <v>1204</v>
+        <v>632</v>
       </c>
       <c r="B864" t="s">
-        <v>1051</v>
+        <v>1</v>
       </c>
       <c r="C864" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="D864" t="s">
-        <v>3</v>
+        <v>203</v>
       </c>
       <c r="E864">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="865" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A865" t="s">
-        <v>2365</v>
+        <v>620</v>
       </c>
       <c r="B865" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C865" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
       <c r="D865" t="s">
-        <v>2313</v>
+        <v>203</v>
       </c>
       <c r="E865">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="866" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A866" t="s">
-        <v>1094</v>
+        <v>595</v>
       </c>
       <c r="B866" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C866" t="s">
-        <v>99</v>
+        <v>261</v>
       </c>
       <c r="D866" t="s">
-        <v>182</v>
+        <v>203</v>
       </c>
       <c r="E866">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="867" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A867" t="s">
-        <v>125</v>
+        <v>920</v>
       </c>
       <c r="B867" t="s">
         <v>1</v>
       </c>
       <c r="C867" t="s">
-        <v>115</v>
+        <v>202</v>
       </c>
       <c r="D867" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="E867">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="868" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A868" t="s">
-        <v>1753</v>
+        <v>134</v>
       </c>
       <c r="B868" t="s">
         <v>1</v>
       </c>
       <c r="C868" t="s">
-        <v>314</v>
+        <v>132</v>
       </c>
       <c r="D868" t="s">
-        <v>525</v>
+        <v>133</v>
       </c>
       <c r="E868">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="869" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A869" t="s">
-        <v>1235</v>
+        <v>131</v>
       </c>
       <c r="B869" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C869" t="s">
-        <v>1234</v>
+        <v>132</v>
       </c>
       <c r="D869" t="s">
-        <v>355</v>
+        <v>133</v>
       </c>
       <c r="E869">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="870" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A870" t="s">
-        <v>1233</v>
+        <v>582</v>
       </c>
       <c r="B870" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C870" t="s">
-        <v>1234</v>
+        <v>132</v>
       </c>
       <c r="D870" t="s">
-        <v>355</v>
+        <v>203</v>
       </c>
       <c r="E870">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="871" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A871" t="s">
-        <v>2192</v>
+        <v>1332</v>
       </c>
       <c r="B871" t="s">
-        <v>2162</v>
+        <v>1208</v>
       </c>
       <c r="C871" t="s">
-        <v>1234</v>
+        <v>132</v>
       </c>
       <c r="D871" t="s">
-        <v>355</v>
+        <v>1333</v>
       </c>
       <c r="E871">
-        <v>10</v>
+        <v>99</v>
       </c>
     </row>
     <row r="872" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A872" t="s">
-        <v>601</v>
+        <v>831</v>
       </c>
       <c r="B872" t="s">
         <v>1</v>
       </c>
       <c r="C872" t="s">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="D872" t="s">
-        <v>150</v>
+        <v>832</v>
       </c>
       <c r="E872">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="873" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A873" t="s">
-        <v>589</v>
+        <v>1044</v>
       </c>
       <c r="B873" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C873" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
       <c r="D873" t="s">
-        <v>150</v>
+        <v>44</v>
       </c>
       <c r="E873">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="874" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A874" t="s">
-        <v>564</v>
+        <v>1797</v>
       </c>
       <c r="B874" t="s">
         <v>1</v>
       </c>
       <c r="C874" t="s">
-        <v>216</v>
+        <v>96</v>
       </c>
       <c r="D874" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E874">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="875" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A875" t="s">
-        <v>900</v>
+        <v>1758</v>
       </c>
       <c r="B875" t="s">
         <v>1</v>
       </c>
       <c r="C875" t="s">
-        <v>149</v>
+        <v>96</v>
       </c>
       <c r="D875" t="s">
-        <v>72</v>
+        <v>280</v>
       </c>
       <c r="E875">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="876" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A876" t="s">
-        <v>236</v>
+        <v>2228</v>
       </c>
       <c r="B876" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C876" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D876" t="s">
-        <v>237</v>
+        <v>2229</v>
       </c>
       <c r="E876">
         <v>5</v>
       </c>
     </row>
     <row r="877" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A877" t="s">
-        <v>76</v>
+        <v>1368</v>
       </c>
       <c r="B877" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C877" t="s">
-        <v>74</v>
+        <v>1276</v>
       </c>
       <c r="D877" t="s">
-        <v>75</v>
+        <v>376</v>
       </c>
       <c r="E877">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="878" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A878" t="s">
-        <v>73</v>
+        <v>776</v>
       </c>
       <c r="B878" t="s">
         <v>1</v>
       </c>
       <c r="C878" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="D878" t="s">
-        <v>75</v>
+        <v>777</v>
       </c>
       <c r="E878">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="879" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A879" t="s">
-        <v>551</v>
+        <v>2507</v>
       </c>
       <c r="B879" t="s">
         <v>1</v>
       </c>
       <c r="C879" t="s">
-        <v>74</v>
+        <v>250</v>
       </c>
       <c r="D879" t="s">
-        <v>150</v>
+        <v>754</v>
       </c>
       <c r="E879">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="880" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A880" t="s">
-        <v>1314</v>
+        <v>866</v>
       </c>
       <c r="B880" t="s">
-        <v>1181</v>
+        <v>1</v>
       </c>
       <c r="C880" t="s">
-        <v>74</v>
+        <v>2</v>
       </c>
       <c r="D880" t="s">
-        <v>1315</v>
+        <v>130</v>
       </c>
       <c r="E880">
-        <v>99</v>
+        <v>5</v>
       </c>
     </row>
     <row r="881" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A881" t="s">
-        <v>809</v>
+        <v>1161</v>
       </c>
       <c r="B881" t="s">
-        <v>1</v>
+        <v>1062</v>
       </c>
       <c r="C881" t="s">
-        <v>78</v>
+        <v>499</v>
       </c>
       <c r="D881" t="s">
-        <v>810</v>
+        <v>1162</v>
       </c>
       <c r="E881">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="882" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A882" t="s">
-        <v>1776</v>
+        <v>1136</v>
       </c>
       <c r="B882" t="s">
-        <v>1</v>
+        <v>1085</v>
       </c>
       <c r="C882" t="s">
-        <v>33</v>
+        <v>202</v>
       </c>
       <c r="D882" t="s">
-        <v>239</v>
+        <v>1086</v>
       </c>
       <c r="E882">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="883" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A883" t="s">
-        <v>1739</v>
+        <v>403</v>
       </c>
       <c r="B883" t="s">
         <v>1</v>
       </c>
       <c r="C883" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="D883" t="s">
-        <v>239</v>
+        <v>286</v>
       </c>
       <c r="E883">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="884" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A884" t="s">
-        <v>2235</v>
+        <v>2363</v>
       </c>
       <c r="B884" t="s">
-        <v>2162</v>
+        <v>2329</v>
       </c>
       <c r="C884" t="s">
-        <v>8</v>
+        <v>308</v>
       </c>
       <c r="D884" t="s">
-        <v>2236</v>
+        <v>2312</v>
       </c>
       <c r="E884">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="885" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A885" t="s">
-        <v>1210</v>
+        <v>2267</v>
       </c>
       <c r="B885" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C885" t="s">
-        <v>256</v>
+        <v>46</v>
       </c>
       <c r="D885" t="s">
-        <v>1122</v>
+        <v>262</v>
       </c>
       <c r="E885">
-        <v>16</v>
+        <v>4</v>
       </c>
     </row>
     <row r="886" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A886" t="s">
-        <v>1359</v>
+        <v>309</v>
       </c>
       <c r="B886" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C886" t="s">
-        <v>1256</v>
+        <v>310</v>
       </c>
       <c r="D886" t="s">
-        <v>342</v>
+        <v>311</v>
       </c>
       <c r="E886">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="887" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A887" t="s">
-        <v>751</v>
+        <v>555</v>
       </c>
       <c r="B887" t="s">
         <v>1</v>
       </c>
       <c r="C887" t="s">
-        <v>55</v>
+        <v>369</v>
       </c>
       <c r="D887" t="s">
-        <v>752</v>
+        <v>556</v>
       </c>
       <c r="E887">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="888" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A888" t="s">
-        <v>2523</v>
+        <v>633</v>
       </c>
       <c r="B888" t="s">
         <v>1</v>
       </c>
       <c r="C888" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="D888" t="s">
-        <v>729</v>
+        <v>203</v>
       </c>
       <c r="E888">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="889" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A889" t="s">
-        <v>844</v>
+        <v>1269</v>
       </c>
       <c r="B889" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C889" t="s">
-        <v>78</v>
+        <v>218</v>
       </c>
       <c r="D889" t="s">
-        <v>72</v>
+        <v>203</v>
       </c>
       <c r="E889">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="890" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A890" t="s">
-        <v>938</v>
+        <v>1423</v>
       </c>
       <c r="B890" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C890" t="s">
-        <v>939</v>
+        <v>981</v>
       </c>
       <c r="D890" t="s">
-        <v>940</v>
+        <v>990</v>
       </c>
       <c r="E890">
         <v>5</v>
       </c>
     </row>
     <row r="891" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A891" t="s">
-        <v>1133</v>
+        <v>1012</v>
       </c>
       <c r="B891" t="s">
-        <v>1024</v>
+        <v>1</v>
       </c>
       <c r="C891" t="s">
-        <v>465</v>
+        <v>1013</v>
       </c>
       <c r="D891" t="s">
-        <v>1134</v>
+        <v>990</v>
       </c>
       <c r="E891">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="892" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A892" t="s">
-        <v>1107</v>
+        <v>1749</v>
       </c>
       <c r="B892" t="s">
-        <v>1048</v>
+        <v>1</v>
       </c>
       <c r="C892" t="s">
-        <v>149</v>
+        <v>216</v>
       </c>
       <c r="D892" t="s">
-        <v>1049</v>
+        <v>357</v>
       </c>
       <c r="E892">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="893" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A893" t="s">
-        <v>369</v>
+        <v>1855</v>
       </c>
       <c r="B893" t="s">
         <v>1</v>
       </c>
       <c r="C893" t="s">
-        <v>167</v>
+        <v>216</v>
       </c>
       <c r="D893" t="s">
-        <v>245</v>
+        <v>302</v>
       </c>
       <c r="E893">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="894" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A894" t="s">
-        <v>1597</v>
+        <v>1099</v>
       </c>
       <c r="B894" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C894" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="D894" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E894">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="895" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A895" t="s">
-        <v>2377</v>
+        <v>1099</v>
       </c>
       <c r="B895" t="s">
-        <v>2343</v>
+        <v>793</v>
       </c>
       <c r="C895" t="s">
-        <v>269</v>
+        <v>31</v>
       </c>
       <c r="D895" t="s">
-        <v>2325</v>
+        <v>203</v>
       </c>
       <c r="E895">
-        <v>4</v>
+        <v>16</v>
       </c>
     </row>
     <row r="896" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A896" t="s">
-        <v>2276</v>
+        <v>1098</v>
       </c>
       <c r="B896" t="s">
-        <v>2162</v>
+        <v>1998</v>
       </c>
       <c r="C896" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D896" t="s">
-        <v>217</v>
+        <v>203</v>
       </c>
       <c r="E896">
-        <v>4</v>
+        <v>39</v>
       </c>
     </row>
     <row r="897" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A897" t="s">
-        <v>270</v>
+        <v>1098</v>
       </c>
       <c r="B897" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C897" t="s">
-        <v>271</v>
+        <v>31</v>
       </c>
       <c r="D897" t="s">
-        <v>272</v>
+        <v>203</v>
       </c>
       <c r="E897">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="898" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A898" t="s">
-        <v>522</v>
+        <v>1796</v>
       </c>
       <c r="B898" t="s">
         <v>1</v>
       </c>
       <c r="C898" t="s">
-        <v>335</v>
+        <v>15</v>
       </c>
       <c r="D898" t="s">
-        <v>523</v>
+        <v>302</v>
       </c>
       <c r="E898">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="899" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A899" t="s">
-        <v>602</v>
+        <v>1560</v>
       </c>
       <c r="B899" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C899" t="s">
-        <v>167</v>
+        <v>1561</v>
       </c>
       <c r="D899" t="s">
-        <v>150</v>
+        <v>357</v>
       </c>
       <c r="E899">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="900" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A900" t="s">
-        <v>1247</v>
+        <v>492</v>
       </c>
       <c r="B900" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C900" t="s">
-        <v>167</v>
+        <v>6</v>
       </c>
       <c r="D900" t="s">
-        <v>150</v>
+        <v>488</v>
       </c>
       <c r="E900">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="901" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A901" t="s">
-        <v>1419</v>
+        <v>1571</v>
       </c>
       <c r="B901" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C901" t="s">
-        <v>967</v>
+        <v>1119</v>
       </c>
       <c r="D901" t="s">
-        <v>976</v>
+        <v>357</v>
       </c>
       <c r="E901">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="902" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A902" t="s">
-        <v>999</v>
+        <v>1650</v>
       </c>
       <c r="B902" t="s">
         <v>1</v>
       </c>
       <c r="C902" t="s">
-        <v>1000</v>
+        <v>65</v>
       </c>
       <c r="D902" t="s">
-        <v>976</v>
+        <v>280</v>
       </c>
       <c r="E902">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="903" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A903" t="s">
-        <v>1731</v>
+        <v>1678</v>
       </c>
       <c r="B903" t="s">
         <v>1</v>
       </c>
       <c r="C903" t="s">
-        <v>165</v>
+        <v>2</v>
       </c>
       <c r="D903" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E903">
         <v>9</v>
       </c>
     </row>
     <row r="904" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A904" t="s">
-        <v>1846</v>
+        <v>1404</v>
       </c>
       <c r="B904" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C904" t="s">
-        <v>165</v>
+        <v>61</v>
       </c>
       <c r="D904" t="s">
-        <v>263</v>
+        <v>990</v>
       </c>
       <c r="E904">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="905" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A905" t="s">
-        <v>1065</v>
+        <v>1529</v>
       </c>
       <c r="B905" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C905" t="s">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="D905" t="s">
-        <v>150</v>
+        <v>1520</v>
       </c>
       <c r="E905">
-        <v>39</v>
+        <v>15</v>
       </c>
     </row>
     <row r="906" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A906" t="s">
-        <v>1065</v>
+        <v>542</v>
       </c>
       <c r="B906" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C906" t="s">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="D906" t="s">
-        <v>150</v>
+        <v>538</v>
       </c>
       <c r="E906">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="907" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A907" t="s">
-        <v>1064</v>
+        <v>219</v>
       </c>
       <c r="B907" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C907" t="s">
-        <v>2</v>
+        <v>216</v>
       </c>
       <c r="D907" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E907">
-        <v>39</v>
+        <v>8</v>
       </c>
     </row>
     <row r="908" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A908" t="s">
-        <v>1064</v>
+        <v>627</v>
       </c>
       <c r="B908" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C908" t="s">
-        <v>2</v>
+        <v>216</v>
       </c>
       <c r="D908" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E908">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="909" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A909" t="s">
-        <v>1775</v>
+        <v>1613</v>
       </c>
       <c r="B909" t="s">
         <v>1</v>
       </c>
       <c r="C909" t="s">
-        <v>271</v>
+        <v>132</v>
       </c>
       <c r="D909" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="E909">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="910" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A910" t="s">
-        <v>1526</v>
+        <v>1687</v>
       </c>
       <c r="B910" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C910" t="s">
-        <v>1071</v>
+        <v>132</v>
       </c>
       <c r="D910" t="s">
-        <v>320</v>
+        <v>1669</v>
       </c>
       <c r="E910">
         <v>12</v>
       </c>
     </row>
     <row r="911" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A911" t="s">
-        <v>458</v>
+        <v>1633</v>
       </c>
       <c r="B911" t="s">
         <v>1</v>
       </c>
       <c r="C911" t="s">
-        <v>19</v>
+        <v>132</v>
       </c>
       <c r="D911" t="s">
-        <v>454</v>
+        <v>302</v>
       </c>
       <c r="E911">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="912" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A912" t="s">
-        <v>1537</v>
+        <v>1723</v>
       </c>
       <c r="B912" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C912" t="s">
-        <v>1089</v>
+        <v>132</v>
       </c>
       <c r="D912" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E912">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="913" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A913" t="s">
-        <v>1624</v>
+        <v>1834</v>
       </c>
       <c r="B913" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C913" t="s">
-        <v>102</v>
+        <v>1365</v>
       </c>
       <c r="D913" t="s">
-        <v>239</v>
+        <v>357</v>
       </c>
       <c r="E913">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="914" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A914" t="s">
-        <v>1652</v>
+        <v>1800</v>
       </c>
       <c r="B914" t="s">
         <v>1</v>
       </c>
       <c r="C914" t="s">
-        <v>78</v>
+        <v>251</v>
       </c>
       <c r="D914" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="E914">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="915" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A915" t="s">
-        <v>1398</v>
+        <v>1801</v>
       </c>
       <c r="B915" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C915" t="s">
-        <v>55</v>
+        <v>251</v>
       </c>
       <c r="D915" t="s">
-        <v>976</v>
+        <v>302</v>
       </c>
       <c r="E915">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="916" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A916" t="s">
-        <v>2102</v>
+        <v>1802</v>
       </c>
       <c r="B916" t="s">
-        <v>2103</v>
+        <v>1</v>
       </c>
       <c r="C916" t="s">
-        <v>201</v>
+        <v>251</v>
       </c>
       <c r="D916" t="s">
-        <v>2104</v>
+        <v>302</v>
       </c>
       <c r="E916">
-        <v>45</v>
+        <v>8</v>
       </c>
     </row>
     <row r="917" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A917" t="s">
-        <v>509</v>
+        <v>1799</v>
       </c>
       <c r="B917" t="s">
         <v>1</v>
       </c>
       <c r="C917" t="s">
-        <v>13</v>
+        <v>251</v>
       </c>
       <c r="D917" t="s">
-        <v>505</v>
+        <v>302</v>
       </c>
       <c r="E917">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="918" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A918" t="s">
-        <v>168</v>
+        <v>1580</v>
       </c>
       <c r="B918" t="s">
         <v>1</v>
       </c>
       <c r="C918" t="s">
-        <v>165</v>
+        <v>251</v>
       </c>
       <c r="D918" t="s">
-        <v>150</v>
+        <v>302</v>
       </c>
       <c r="E918">
         <v>8</v>
       </c>
     </row>
     <row r="919" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A919" t="s">
-        <v>596</v>
+        <v>1503</v>
       </c>
       <c r="B919" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C919" t="s">
-        <v>165</v>
+        <v>46</v>
       </c>
       <c r="D919" t="s">
-        <v>150</v>
+        <v>311</v>
       </c>
       <c r="E919">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="920" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A920" t="s">
-        <v>1583</v>
+        <v>505</v>
       </c>
       <c r="B920" t="s">
         <v>1</v>
       </c>
       <c r="C920" t="s">
-        <v>74</v>
+        <v>250</v>
       </c>
       <c r="D920" t="s">
-        <v>263</v>
+        <v>360</v>
       </c>
       <c r="E920">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="921" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A921" t="s">
-        <v>1661</v>
+        <v>1898</v>
       </c>
       <c r="B921" t="s">
-        <v>1</v>
+        <v>1148</v>
       </c>
       <c r="C921" t="s">
-        <v>74</v>
+        <v>2</v>
       </c>
       <c r="D921" t="s">
-        <v>1642</v>
+        <v>357</v>
       </c>
       <c r="E921">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="922" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A922" t="s">
-        <v>1603</v>
+        <v>1844</v>
       </c>
       <c r="B922" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C922" t="s">
-        <v>74</v>
+        <v>2</v>
       </c>
       <c r="D922" t="s">
-        <v>263</v>
+        <v>357</v>
       </c>
       <c r="E922">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="923" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A923" t="s">
-        <v>1602</v>
+        <v>528</v>
       </c>
       <c r="B923" t="s">
         <v>1</v>
       </c>
       <c r="C923" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="D923" t="s">
-        <v>263</v>
+        <v>360</v>
       </c>
       <c r="E923">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="924" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A924" t="s">
-        <v>1704</v>
+        <v>1726</v>
       </c>
       <c r="B924" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C924" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="D924" t="s">
-        <v>320</v>
+        <v>558</v>
       </c>
       <c r="E924">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="925" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A925" t="s">
-        <v>1821</v>
+        <v>1538</v>
       </c>
       <c r="B925" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C925" t="s">
-        <v>1356</v>
+        <v>6</v>
       </c>
       <c r="D925" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="E925">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="926" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A926" t="s">
-        <v>1779</v>
+        <v>438</v>
       </c>
       <c r="B926" t="s">
         <v>1</v>
       </c>
       <c r="C926" t="s">
-        <v>202</v>
+        <v>132</v>
       </c>
       <c r="D926" t="s">
-        <v>263</v>
+        <v>411</v>
       </c>
       <c r="E926">
         <v>8</v>
       </c>
     </row>
     <row r="927" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A927" t="s">
-        <v>1780</v>
+        <v>439</v>
       </c>
       <c r="B927" t="s">
         <v>1</v>
       </c>
       <c r="C927" t="s">
-        <v>202</v>
+        <v>132</v>
       </c>
       <c r="D927" t="s">
-        <v>263</v>
+        <v>411</v>
       </c>
       <c r="E927">
         <v>8</v>
       </c>
     </row>
     <row r="928" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A928" t="s">
-        <v>1547</v>
+        <v>2019</v>
       </c>
       <c r="B928" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C928" t="s">
-        <v>202</v>
+        <v>12</v>
       </c>
       <c r="D928" t="s">
-        <v>263</v>
+        <v>130</v>
       </c>
       <c r="E928">
-        <v>8</v>
+        <v>35</v>
       </c>
     </row>
     <row r="929" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A929" t="s">
-        <v>1781</v>
+        <v>1010</v>
       </c>
       <c r="B929" t="s">
         <v>1</v>
       </c>
       <c r="C929" t="s">
-        <v>202</v>
+        <v>1011</v>
       </c>
       <c r="D929" t="s">
-        <v>263</v>
+        <v>311</v>
       </c>
       <c r="E929">
         <v>8</v>
       </c>
     </row>
     <row r="930" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A930" t="s">
-        <v>1778</v>
+        <v>2148</v>
       </c>
       <c r="B930" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C930" t="s">
-        <v>202</v>
+        <v>1011</v>
       </c>
       <c r="D930" t="s">
-        <v>263</v>
+        <v>311</v>
       </c>
       <c r="E930">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="931" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A931" t="s">
-        <v>1546</v>
+        <v>1109</v>
       </c>
       <c r="B931" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C931" t="s">
-        <v>202</v>
+        <v>46</v>
       </c>
       <c r="D931" t="s">
-        <v>263</v>
+        <v>1107</v>
       </c>
       <c r="E931">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="932" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A932" t="s">
-        <v>1498</v>
+        <v>978</v>
       </c>
       <c r="B932" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C932" t="s">
+        <v>979</v>
+      </c>
+      <c r="D932" t="s">
+        <v>980</v>
+      </c>
+      <c r="E932">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="933" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A933" t="s">
-        <v>1530</v>
+        <v>364</v>
       </c>
       <c r="B933" t="s">
         <v>1</v>
       </c>
       <c r="C933" t="s">
-        <v>19</v>
+        <v>365</v>
       </c>
       <c r="D933" t="s">
-        <v>421</v>
+        <v>366</v>
       </c>
       <c r="E933">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="934" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A934" t="s">
-        <v>471</v>
+        <v>267</v>
       </c>
       <c r="B934" t="s">
         <v>1</v>
       </c>
       <c r="C934" t="s">
-        <v>201</v>
+        <v>6</v>
       </c>
       <c r="D934" t="s">
-        <v>325</v>
+        <v>268</v>
       </c>
       <c r="E934">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="935" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A935" t="s">
-        <v>1893</v>
+        <v>2043</v>
       </c>
       <c r="B935" t="s">
-        <v>1120</v>
+        <v>1998</v>
       </c>
       <c r="C935" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="D935" t="s">
-        <v>320</v>
+        <v>389</v>
       </c>
       <c r="E935">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="936" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A936" t="s">
-        <v>1833</v>
+        <v>397</v>
       </c>
       <c r="B936" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C936" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="D936" t="s">
-        <v>320</v>
+        <v>389</v>
       </c>
       <c r="E936">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="937" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A937" t="s">
-        <v>1861</v>
+        <v>1486</v>
       </c>
       <c r="B937" t="s">
-        <v>1035</v>
+        <v>171</v>
       </c>
       <c r="C937" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D937" t="s">
-        <v>320</v>
+        <v>1487</v>
       </c>
       <c r="E937">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="938" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A938" t="s">
-        <v>495</v>
+        <v>1078</v>
       </c>
       <c r="B938" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C938" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D938" t="s">
-        <v>325</v>
+        <v>68</v>
       </c>
       <c r="E938">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="939" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A939" t="s">
-        <v>1692</v>
+        <v>1468</v>
       </c>
       <c r="B939" t="s">
-        <v>769</v>
+        <v>171</v>
       </c>
       <c r="C939" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D939" t="s">
-        <v>525</v>
+        <v>360</v>
       </c>
       <c r="E939">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="940" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A940" t="s">
-        <v>1707</v>
+        <v>812</v>
       </c>
       <c r="B940" t="s">
         <v>1</v>
       </c>
       <c r="C940" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D940" t="s">
-        <v>525</v>
+        <v>750</v>
       </c>
       <c r="E940">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="941" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A941" t="s">
-        <v>404</v>
+        <v>2365</v>
       </c>
       <c r="B941" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C941" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="D941" t="s">
-        <v>377</v>
+        <v>2354</v>
       </c>
       <c r="E941">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="942" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A942" t="s">
-        <v>405</v>
+        <v>1370</v>
       </c>
       <c r="B942" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C942" t="s">
-        <v>74</v>
+        <v>296</v>
       </c>
       <c r="D942" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="E942">
         <v>8</v>
       </c>
     </row>
     <row r="943" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A943" t="s">
-        <v>2038</v>
+        <v>1367</v>
       </c>
       <c r="B943" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C943" t="s">
-        <v>206</v>
+        <v>296</v>
       </c>
       <c r="D943" t="s">
-        <v>72</v>
+        <v>376</v>
       </c>
       <c r="E943">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="944" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A944" t="s">
-        <v>997</v>
+        <v>1448</v>
       </c>
       <c r="B944" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C944" t="s">
-        <v>998</v>
+        <v>310</v>
       </c>
       <c r="D944" t="s">
-        <v>272</v>
+        <v>203</v>
       </c>
       <c r="E944">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="945" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A945" t="s">
-        <v>1077</v>
+        <v>1280</v>
       </c>
       <c r="B945" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C945" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D945" t="s">
-        <v>1075</v>
+        <v>488</v>
       </c>
       <c r="E945">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="946" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A946" t="s">
-        <v>964</v>
+        <v>1730</v>
       </c>
       <c r="B946" t="s">
         <v>1</v>
       </c>
       <c r="C946" t="s">
-        <v>965</v>
+        <v>122</v>
       </c>
       <c r="D946" t="s">
-        <v>966</v>
+        <v>357</v>
       </c>
       <c r="E946">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="947" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A947" t="s">
-        <v>330</v>
+        <v>2122</v>
       </c>
       <c r="B947" t="s">
-        <v>1</v>
+        <v>2123</v>
       </c>
       <c r="C947" t="s">
-        <v>331</v>
+        <v>65</v>
       </c>
       <c r="D947" t="s">
-        <v>332</v>
+        <v>1086</v>
       </c>
       <c r="E947">
-        <v>16</v>
+        <v>119</v>
       </c>
     </row>
     <row r="948" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A948" t="s">
-        <v>222</v>
+        <v>1127</v>
       </c>
       <c r="B948" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C948" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="D948" t="s">
-        <v>223</v>
+        <v>286</v>
       </c>
       <c r="E948">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="949" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A949" t="s">
-        <v>2062</v>
+        <v>1127</v>
       </c>
       <c r="B949" t="s">
-        <v>2013</v>
+        <v>1062</v>
       </c>
       <c r="C949" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="D949" t="s">
-        <v>355</v>
+        <v>286</v>
       </c>
       <c r="E949">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="950" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A950" t="s">
-        <v>363</v>
+        <v>1127</v>
       </c>
       <c r="B950" t="s">
-        <v>1</v>
+        <v>2099</v>
       </c>
       <c r="C950" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="D950" t="s">
-        <v>355</v>
+        <v>286</v>
       </c>
       <c r="E950">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="951" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A951" t="s">
-        <v>2293</v>
+        <v>1963</v>
       </c>
       <c r="B951" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C951" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="D951" t="s">
-        <v>2294</v>
+        <v>302</v>
       </c>
       <c r="E951">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="952" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A952" t="s">
-        <v>1480</v>
+        <v>1963</v>
       </c>
       <c r="B952" t="s">
-        <v>118</v>
+        <v>2131</v>
       </c>
       <c r="C952" t="s">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="D952" t="s">
-        <v>1481</v>
+        <v>286</v>
       </c>
       <c r="E952">
-        <v>6</v>
+        <v>199</v>
       </c>
     </row>
     <row r="953" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A953" t="s">
-        <v>1694</v>
+        <v>1155</v>
       </c>
       <c r="B953" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C953" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="D953" t="s">
-        <v>1201</v>
+        <v>286</v>
       </c>
       <c r="E953">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="954" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A954" t="s">
-        <v>1041</v>
+        <v>1155</v>
       </c>
       <c r="B954" t="s">
-        <v>769</v>
+        <v>1062</v>
       </c>
       <c r="C954" t="s">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="D954" t="s">
-        <v>96</v>
+        <v>286</v>
       </c>
       <c r="E954">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="955" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A955" t="s">
-        <v>1461</v>
+        <v>1908</v>
       </c>
       <c r="B955" t="s">
-        <v>118</v>
+        <v>2099</v>
       </c>
       <c r="C955" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="D955" t="s">
-        <v>325</v>
+        <v>2104</v>
       </c>
       <c r="E955">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="956" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A956" t="s">
-        <v>788</v>
+        <v>1981</v>
       </c>
       <c r="B956" t="s">
         <v>1</v>
       </c>
       <c r="C956" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="D956" t="s">
-        <v>725</v>
+        <v>302</v>
       </c>
       <c r="E956">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="957" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A957" t="s">
-        <v>2379</v>
+        <v>517</v>
       </c>
       <c r="B957" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C957" t="s">
-        <v>55</v>
+        <v>250</v>
       </c>
       <c r="D957" t="s">
-        <v>2368</v>
+        <v>360</v>
       </c>
       <c r="E957">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="958" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A958" t="s">
-        <v>1361</v>
+        <v>518</v>
       </c>
       <c r="B958" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C958" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="D958" t="s">
-        <v>342</v>
+        <v>360</v>
       </c>
       <c r="E958">
         <v>8</v>
       </c>
     </row>
     <row r="959" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A959" t="s">
-        <v>1358</v>
+        <v>519</v>
       </c>
       <c r="B959" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C959" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="D959" t="s">
-        <v>342</v>
+        <v>360</v>
       </c>
       <c r="E959">
         <v>8</v>
       </c>
     </row>
     <row r="960" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A960" t="s">
-        <v>1438</v>
+        <v>520</v>
       </c>
       <c r="B960" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C960" t="s">
-        <v>271</v>
+        <v>250</v>
       </c>
       <c r="D960" t="s">
-        <v>150</v>
+        <v>360</v>
       </c>
       <c r="E960">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="961" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A961" t="s">
-        <v>1261</v>
+        <v>884</v>
       </c>
       <c r="B961" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C961" t="s">
-        <v>30</v>
+        <v>352</v>
       </c>
       <c r="D961" t="s">
-        <v>454</v>
+        <v>130</v>
       </c>
       <c r="E961">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="962" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A962" t="s">
-        <v>1711</v>
+        <v>1411</v>
       </c>
       <c r="B962" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C962" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="D962" t="s">
-        <v>320</v>
+        <v>748</v>
       </c>
       <c r="E962">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="963" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A963" t="s">
-        <v>2141</v>
+        <v>1395</v>
       </c>
       <c r="B963" t="s">
-        <v>2142</v>
+        <v>793</v>
       </c>
       <c r="C963" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D963" t="s">
-        <v>1049</v>
+        <v>748</v>
       </c>
       <c r="E963">
-        <v>119</v>
+        <v>10</v>
       </c>
     </row>
     <row r="964" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A964" t="s">
-        <v>1098</v>
+        <v>80</v>
       </c>
       <c r="B964" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C964" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="D964" t="s">
-        <v>245</v>
+        <v>81</v>
       </c>
       <c r="E964">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="965" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A965" t="s">
-        <v>1098</v>
+        <v>2210</v>
       </c>
       <c r="B965" t="s">
-        <v>1024</v>
+        <v>2141</v>
       </c>
       <c r="C965" t="s">
-        <v>33</v>
+        <v>310</v>
       </c>
       <c r="D965" t="s">
-        <v>245</v>
+        <v>2211</v>
       </c>
       <c r="E965">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="966" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A966" t="s">
-        <v>1098</v>
+        <v>1410</v>
       </c>
       <c r="B966" t="s">
-        <v>2120</v>
+        <v>793</v>
       </c>
       <c r="C966" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="D966" t="s">
-        <v>245</v>
+        <v>311</v>
       </c>
       <c r="E966">
-        <v>39</v>
+        <v>12</v>
       </c>
     </row>
     <row r="967" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A967" t="s">
-        <v>1976</v>
+        <v>78</v>
       </c>
       <c r="B967" t="s">
-        <v>2151</v>
+        <v>2141</v>
       </c>
       <c r="C967" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="D967" t="s">
-        <v>245</v>
+        <v>2177</v>
       </c>
       <c r="E967">
-        <v>199</v>
+        <v>29</v>
       </c>
     </row>
     <row r="968" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A968" t="s">
-        <v>1127</v>
+        <v>78</v>
       </c>
       <c r="B968" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C968" t="s">
-        <v>102</v>
+        <v>79</v>
       </c>
       <c r="D968" t="s">
-        <v>245</v>
+        <v>62</v>
       </c>
       <c r="E968">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="969" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A969" t="s">
-        <v>1127</v>
+        <v>643</v>
       </c>
       <c r="B969" t="s">
-        <v>1024</v>
+        <v>1</v>
       </c>
       <c r="C969" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D969" t="s">
-        <v>245</v>
+        <v>572</v>
       </c>
       <c r="E969">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="970" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A970" t="s">
-        <v>1912</v>
+        <v>196</v>
       </c>
       <c r="B970" t="s">
-        <v>2120</v>
+        <v>197</v>
       </c>
       <c r="C970" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D970" t="s">
-        <v>2121</v>
+        <v>165</v>
       </c>
       <c r="E970">
-        <v>45</v>
+        <v>8</v>
       </c>
     </row>
     <row r="971" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A971" t="s">
-        <v>484</v>
+        <v>1226</v>
       </c>
       <c r="B971" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C971" t="s">
-        <v>201</v>
+        <v>96</v>
       </c>
       <c r="D971" t="s">
-        <v>325</v>
+        <v>1227</v>
       </c>
       <c r="E971">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="972" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A972" t="s">
-        <v>485</v>
+        <v>1272</v>
       </c>
       <c r="B972" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C972" t="s">
-        <v>201</v>
+        <v>637</v>
       </c>
       <c r="D972" t="s">
-        <v>325</v>
+        <v>203</v>
       </c>
       <c r="E972">
         <v>8</v>
       </c>
     </row>
     <row r="973" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A973" t="s">
-        <v>486</v>
+        <v>636</v>
       </c>
       <c r="B973" t="s">
         <v>1</v>
       </c>
       <c r="C973" t="s">
-        <v>201</v>
+        <v>637</v>
       </c>
       <c r="D973" t="s">
-        <v>325</v>
+        <v>203</v>
       </c>
       <c r="E973">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="974" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A974" t="s">
-        <v>487</v>
+        <v>646</v>
       </c>
       <c r="B974" t="s">
         <v>1</v>
       </c>
       <c r="C974" t="s">
-        <v>201</v>
+        <v>637</v>
       </c>
       <c r="D974" t="s">
-        <v>325</v>
+        <v>203</v>
       </c>
       <c r="E974">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="975" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A975" t="s">
-        <v>864</v>
+        <v>1648</v>
       </c>
       <c r="B975" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C975" t="s">
-        <v>314</v>
+        <v>112</v>
       </c>
       <c r="D975" t="s">
-        <v>72</v>
+        <v>1227</v>
       </c>
       <c r="E975">
         <v>6</v>
       </c>
     </row>
     <row r="976" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A976" t="s">
-        <v>1406</v>
+        <v>503</v>
       </c>
       <c r="B976" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C976" t="s">
+        <v>61</v>
+      </c>
+      <c r="D976" t="s">
+        <v>360</v>
+      </c>
+      <c r="E976">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="977" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A977" t="s">
-        <v>1388</v>
+        <v>1133</v>
       </c>
       <c r="B977" t="s">
-        <v>769</v>
+        <v>1085</v>
       </c>
       <c r="C977" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D977" t="s">
-        <v>723</v>
+        <v>1086</v>
       </c>
       <c r="E977">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="978" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A978" t="s">
-        <v>12</v>
+        <v>86</v>
       </c>
       <c r="B978" t="s">
         <v>1</v>
       </c>
       <c r="C978" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="D978" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="E978">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="979" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A979" t="s">
-        <v>2220</v>
+        <v>88</v>
       </c>
       <c r="B979" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C979" t="s">
-        <v>271</v>
+        <v>31</v>
       </c>
       <c r="D979" t="s">
-        <v>2221</v>
+        <v>87</v>
       </c>
       <c r="E979">
-        <v>16</v>
+        <v>29</v>
       </c>
     </row>
     <row r="980" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A980" t="s">
-        <v>1405</v>
+        <v>461</v>
       </c>
       <c r="B980" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C980" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D980" t="s">
-        <v>272</v>
+        <v>462</v>
       </c>
       <c r="E980">
         <v>12</v>
       </c>
     </row>
     <row r="981" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A981" t="s">
+        <v>179</v>
+      </c>
+      <c r="B981" t="s">
+        <v>1</v>
+      </c>
+      <c r="C981" t="s">
+        <v>180</v>
+      </c>
+      <c r="D981" t="s">
+        <v>165</v>
+      </c>
+      <c r="E981">
         <v>10</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="982" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A982" t="s">
-        <v>10</v>
+        <v>607</v>
       </c>
       <c r="B982" t="s">
         <v>1</v>
       </c>
       <c r="C982" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="D982" t="s">
-        <v>9</v>
+        <v>203</v>
       </c>
       <c r="E982">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="983" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A983" t="s">
-        <v>612</v>
+        <v>1308</v>
       </c>
       <c r="B983" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C983" t="s">
-        <v>2</v>
+        <v>1309</v>
       </c>
       <c r="D983" t="s">
-        <v>541</v>
+        <v>337</v>
       </c>
       <c r="E983">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="984" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A984" t="s">
-        <v>143</v>
+        <v>1308</v>
       </c>
       <c r="B984" t="s">
-        <v>144</v>
+        <v>1</v>
       </c>
       <c r="C984" t="s">
-        <v>2</v>
+        <v>1309</v>
       </c>
       <c r="D984" t="s">
-        <v>111</v>
+        <v>337</v>
       </c>
       <c r="E984">
         <v>8</v>
       </c>
     </row>
     <row r="985" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A985" t="s">
-        <v>1200</v>
+        <v>1073</v>
       </c>
       <c r="B985" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C985" t="s">
-        <v>33</v>
+        <v>1074</v>
       </c>
       <c r="D985" t="s">
-        <v>1201</v>
+        <v>68</v>
       </c>
       <c r="E985">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="986" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A986" t="s">
-        <v>1250</v>
+        <v>860</v>
       </c>
       <c r="B986" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C986" t="s">
-        <v>606</v>
+        <v>2</v>
       </c>
       <c r="D986" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="E986">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="987" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A987" t="s">
-        <v>605</v>
+        <v>581</v>
       </c>
       <c r="B987" t="s">
         <v>1</v>
       </c>
       <c r="C987" t="s">
-        <v>606</v>
+        <v>40</v>
       </c>
       <c r="D987" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E987">
         <v>6</v>
       </c>
     </row>
     <row r="988" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A988" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="B988" t="s">
         <v>1</v>
       </c>
       <c r="C988" t="s">
-        <v>606</v>
+        <v>310</v>
       </c>
       <c r="D988" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E988">
         <v>6</v>
       </c>
     </row>
     <row r="989" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A989" t="s">
-        <v>1622</v>
+        <v>608</v>
       </c>
       <c r="B989" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C989" t="s">
-        <v>52</v>
+        <v>310</v>
       </c>
       <c r="D989" t="s">
-        <v>1201</v>
+        <v>203</v>
       </c>
       <c r="E989">
         <v>6</v>
       </c>
     </row>
     <row r="990" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A990" t="s">
-        <v>469</v>
+        <v>407</v>
       </c>
       <c r="B990" t="s">
         <v>1</v>
       </c>
       <c r="C990" t="s">
-        <v>55</v>
+        <v>310</v>
       </c>
       <c r="D990" t="s">
-        <v>325</v>
+        <v>203</v>
       </c>
       <c r="E990">
         <v>8</v>
       </c>
     </row>
     <row r="991" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A991" t="s">
-        <v>1104</v>
+        <v>571</v>
       </c>
       <c r="B991" t="s">
-        <v>1048</v>
+        <v>1</v>
       </c>
       <c r="C991" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D991" t="s">
-        <v>1049</v>
+        <v>572</v>
       </c>
       <c r="E991">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="992" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A992" t="s">
-        <v>2400</v>
+        <v>704</v>
       </c>
       <c r="B992" t="s">
-        <v>2401</v>
+        <v>1</v>
+      </c>
+      <c r="C992" t="s">
+        <v>705</v>
+      </c>
+      <c r="D992" t="s">
+        <v>76</v>
       </c>
       <c r="E992">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="993" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A993" t="s">
-        <v>21</v>
+        <v>1704</v>
       </c>
       <c r="B993" t="s">
         <v>1</v>
       </c>
       <c r="C993" t="s">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="D993" t="s">
-        <v>22</v>
+        <v>357</v>
       </c>
       <c r="E993">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="994" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A994" t="s">
-        <v>23</v>
+        <v>1573</v>
       </c>
       <c r="B994" t="s">
         <v>1</v>
       </c>
       <c r="C994" t="s">
-        <v>2</v>
+        <v>83</v>
       </c>
       <c r="D994" t="s">
-        <v>22</v>
+        <v>357</v>
       </c>
       <c r="E994">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="995" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A995" t="s">
-        <v>427</v>
+        <v>1174</v>
       </c>
       <c r="B995" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C995" t="s">
-        <v>211</v>
+        <v>372</v>
       </c>
       <c r="D995" t="s">
-        <v>428</v>
+        <v>1175</v>
       </c>
       <c r="E995">
         <v>12</v>
       </c>
     </row>
     <row r="996" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A996" t="s">
-        <v>126</v>
+        <v>1379</v>
       </c>
       <c r="B996" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C996" t="s">
-        <v>127</v>
+        <v>1380</v>
       </c>
       <c r="D996" t="s">
-        <v>111</v>
+        <v>530</v>
       </c>
       <c r="E996">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="997" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A997" t="s">
-        <v>576</v>
+        <v>531</v>
       </c>
       <c r="B997" t="s">
         <v>1</v>
       </c>
       <c r="C997" t="s">
-        <v>55</v>
+        <v>499</v>
       </c>
       <c r="D997" t="s">
-        <v>150</v>
+        <v>530</v>
       </c>
       <c r="E997">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="998" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A998" t="s">
-        <v>1290</v>
+        <v>529</v>
       </c>
       <c r="B998" t="s">
-        <v>2162</v>
+        <v>368</v>
       </c>
       <c r="C998" t="s">
-        <v>1291</v>
+        <v>499</v>
       </c>
       <c r="D998" t="s">
-        <v>299</v>
+        <v>530</v>
       </c>
       <c r="E998">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="999" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A999" t="s">
-        <v>1290</v>
+        <v>741</v>
       </c>
       <c r="B999" t="s">
         <v>1</v>
       </c>
       <c r="C999" t="s">
-        <v>1291</v>
+        <v>296</v>
       </c>
       <c r="D999" t="s">
-        <v>299</v>
+        <v>736</v>
       </c>
       <c r="E999">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1000" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1000" t="s">
-        <v>1036</v>
+        <v>923</v>
       </c>
       <c r="B1000" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1000" t="s">
-        <v>1037</v>
+        <v>296</v>
       </c>
       <c r="D1000" t="s">
-        <v>96</v>
+        <v>924</v>
       </c>
       <c r="E1000">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1001" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1001" t="s">
-        <v>838</v>
+        <v>739</v>
       </c>
       <c r="B1001" t="s">
         <v>1</v>
       </c>
       <c r="C1001" t="s">
-        <v>78</v>
+        <v>296</v>
       </c>
       <c r="D1001" t="s">
-        <v>72</v>
+        <v>740</v>
       </c>
       <c r="E1001">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1002" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1002" t="s">
-        <v>550</v>
+        <v>742</v>
       </c>
       <c r="B1002" t="s">
         <v>1</v>
       </c>
       <c r="C1002" t="s">
-        <v>159</v>
+        <v>296</v>
       </c>
       <c r="D1002" t="s">
-        <v>150</v>
+        <v>740</v>
       </c>
       <c r="E1002">
         <v>6</v>
       </c>
     </row>
     <row r="1003" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1003" t="s">
-        <v>579</v>
+        <v>1181</v>
       </c>
       <c r="B1003" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1003" t="s">
-        <v>271</v>
+        <v>296</v>
       </c>
       <c r="D1003" t="s">
-        <v>150</v>
+        <v>1182</v>
       </c>
       <c r="E1003">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1004" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1004" t="s">
-        <v>577</v>
+        <v>212</v>
       </c>
       <c r="B1004" t="s">
         <v>1</v>
       </c>
       <c r="C1004" t="s">
-        <v>271</v>
+        <v>202</v>
       </c>
       <c r="D1004" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1004">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1005" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1005" t="s">
-        <v>373</v>
+        <v>1575</v>
       </c>
       <c r="B1005" t="s">
         <v>1</v>
       </c>
       <c r="C1005" t="s">
-        <v>271</v>
+        <v>6</v>
       </c>
       <c r="D1005" t="s">
-        <v>150</v>
+        <v>293</v>
       </c>
       <c r="E1005">
         <v>8</v>
       </c>
     </row>
     <row r="1006" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1006" t="s">
-        <v>540</v>
+        <v>1577</v>
       </c>
       <c r="B1006" t="s">
         <v>1</v>
       </c>
       <c r="C1006" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1006" t="s">
+        <v>293</v>
+      </c>
+      <c r="E1006">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="1007" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1007" t="s">
-        <v>674</v>
+        <v>1576</v>
       </c>
       <c r="B1007" t="s">
         <v>1</v>
       </c>
       <c r="C1007" t="s">
-        <v>675</v>
+        <v>6</v>
       </c>
       <c r="D1007" t="s">
-        <v>3</v>
+        <v>293</v>
       </c>
       <c r="E1007">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1008" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1008" t="s">
-        <v>1680</v>
+        <v>1903</v>
       </c>
       <c r="B1008" t="s">
         <v>1</v>
       </c>
       <c r="C1008" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
       <c r="D1008" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="E1008">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1009" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1009" t="s">
-        <v>1539</v>
+        <v>808</v>
       </c>
       <c r="B1009" t="s">
         <v>1</v>
       </c>
       <c r="C1009" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="D1009" t="s">
-        <v>320</v>
+        <v>750</v>
       </c>
       <c r="E1009">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1010" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1010" t="s">
-        <v>1147</v>
+        <v>699</v>
       </c>
       <c r="B1010" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C1010" t="s">
-        <v>338</v>
+        <v>180</v>
       </c>
       <c r="D1010" t="s">
-        <v>1148</v>
+        <v>76</v>
       </c>
       <c r="E1010">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1011" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1011" t="s">
-        <v>1371</v>
+        <v>699</v>
       </c>
       <c r="B1011" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1011" t="s">
-        <v>1372</v>
+        <v>180</v>
       </c>
       <c r="D1011" t="s">
-        <v>497</v>
+        <v>76</v>
       </c>
       <c r="E1011">
         <v>6</v>
       </c>
     </row>
     <row r="1012" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1012" t="s">
-        <v>498</v>
+        <v>1748</v>
       </c>
       <c r="B1012" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1012" t="s">
-        <v>465</v>
+        <v>251</v>
       </c>
       <c r="D1012" t="s">
-        <v>497</v>
+        <v>357</v>
       </c>
       <c r="E1012">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1013" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1013" t="s">
-        <v>496</v>
+        <v>1770</v>
       </c>
       <c r="B1013" t="s">
-        <v>334</v>
+        <v>1</v>
       </c>
       <c r="C1013" t="s">
-        <v>465</v>
+        <v>1116</v>
       </c>
       <c r="D1013" t="s">
-        <v>497</v>
+        <v>558</v>
       </c>
       <c r="E1013">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1014" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1014" t="s">
-        <v>716</v>
+        <v>2359</v>
       </c>
       <c r="B1014" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C1014" t="s">
-        <v>256</v>
+        <v>46</v>
       </c>
       <c r="D1014" t="s">
-        <v>711</v>
+        <v>2312</v>
       </c>
       <c r="E1014">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1015" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1015" t="s">
-        <v>905</v>
+        <v>1331</v>
       </c>
       <c r="B1015" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1015" t="s">
-        <v>256</v>
+        <v>2</v>
       </c>
       <c r="D1015" t="s">
-        <v>906</v>
+        <v>796</v>
       </c>
       <c r="E1015">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1016" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1016" t="s">
-        <v>714</v>
+        <v>1792</v>
       </c>
       <c r="B1016" t="s">
         <v>1</v>
       </c>
       <c r="C1016" t="s">
-        <v>256</v>
+        <v>104</v>
       </c>
       <c r="D1016" t="s">
-        <v>715</v>
+        <v>302</v>
       </c>
       <c r="E1016">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1017" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1017" t="s">
-        <v>717</v>
+        <v>2362</v>
       </c>
       <c r="B1017" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C1017" t="s">
-        <v>256</v>
+        <v>46</v>
       </c>
       <c r="D1017" t="s">
-        <v>715</v>
+        <v>2301</v>
       </c>
       <c r="E1017">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1018" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1018" t="s">
-        <v>1154</v>
+        <v>1991</v>
       </c>
       <c r="B1018" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1018" t="s">
-        <v>256</v>
+        <v>46</v>
       </c>
       <c r="D1018" t="s">
-        <v>1155</v>
+        <v>280</v>
       </c>
       <c r="E1018">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1019" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1019" t="s">
-        <v>160</v>
+        <v>1984</v>
       </c>
       <c r="B1019" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1019" t="s">
-        <v>149</v>
+        <v>46</v>
       </c>
       <c r="D1019" t="s">
-        <v>150</v>
+        <v>455</v>
       </c>
       <c r="E1019">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1020" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1020" t="s">
-        <v>1541</v>
+        <v>284</v>
       </c>
       <c r="B1020" t="s">
         <v>1</v>
       </c>
       <c r="C1020" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="D1020" t="s">
-        <v>253</v>
+        <v>232</v>
       </c>
       <c r="E1020">
         <v>8</v>
       </c>
     </row>
     <row r="1021" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1021" t="s">
-        <v>1543</v>
+        <v>1639</v>
       </c>
       <c r="B1021" t="s">
         <v>1</v>
       </c>
       <c r="C1021" t="s">
-        <v>19</v>
+        <v>1509</v>
       </c>
       <c r="D1021" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="E1021">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1022" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1022" t="s">
-        <v>1542</v>
+        <v>2324</v>
       </c>
       <c r="B1022" t="s">
-        <v>1</v>
+        <v>2322</v>
       </c>
       <c r="C1022" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D1022" t="s">
-        <v>253</v>
+        <v>311</v>
       </c>
       <c r="E1022">
         <v>8</v>
       </c>
     </row>
     <row r="1023" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1023" t="s">
-        <v>784</v>
+        <v>2325</v>
       </c>
       <c r="B1023" t="s">
-        <v>1</v>
+        <v>2322</v>
       </c>
       <c r="C1023" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1023" t="s">
-        <v>725</v>
+        <v>311</v>
       </c>
       <c r="E1023">
         <v>8</v>
       </c>
     </row>
     <row r="1024" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1024" t="s">
-        <v>668</v>
+        <v>2326</v>
       </c>
       <c r="B1024" t="s">
-        <v>2162</v>
+        <v>2322</v>
       </c>
       <c r="C1024" t="s">
-        <v>127</v>
+        <v>6</v>
       </c>
       <c r="D1024" t="s">
-        <v>3</v>
+        <v>311</v>
       </c>
       <c r="E1024">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1025" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1025" t="s">
-        <v>668</v>
+        <v>2323</v>
       </c>
       <c r="B1025" t="s">
-        <v>1</v>
+        <v>2322</v>
       </c>
       <c r="C1025" t="s">
-        <v>127</v>
+        <v>6</v>
       </c>
       <c r="D1025" t="s">
-        <v>3</v>
+        <v>311</v>
       </c>
       <c r="E1025">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1026" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1026" t="s">
-        <v>1752</v>
+        <v>144</v>
       </c>
       <c r="B1026" t="s">
         <v>1</v>
       </c>
       <c r="C1026" t="s">
-        <v>1084</v>
+        <v>2</v>
       </c>
       <c r="D1026" t="s">
-        <v>525</v>
+        <v>133</v>
       </c>
       <c r="E1026">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1027" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1027" t="s">
-        <v>2373</v>
+        <v>804</v>
       </c>
       <c r="B1027" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C1027" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>805</v>
+      </c>
+      <c r="E1027">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="1028" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1028" t="s">
-        <v>1313</v>
+        <v>684</v>
       </c>
       <c r="B1028" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1028" t="s">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="D1028" t="s">
-        <v>772</v>
+        <v>203</v>
       </c>
       <c r="E1028">
         <v>6</v>
       </c>
     </row>
     <row r="1029" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1029" t="s">
-        <v>1772</v>
+        <v>839</v>
       </c>
       <c r="B1029" t="s">
         <v>1</v>
       </c>
       <c r="C1029" t="s">
-        <v>42</v>
+        <v>250</v>
       </c>
       <c r="D1029" t="s">
-        <v>263</v>
+        <v>550</v>
       </c>
       <c r="E1029">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1030" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1030" t="s">
-        <v>2003</v>
+        <v>679</v>
       </c>
       <c r="B1030" t="s">
         <v>1</v>
       </c>
       <c r="C1030" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1030" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E1030">
         <v>6</v>
       </c>
     </row>
     <row r="1031" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1031" t="s">
-        <v>1740</v>
+        <v>1790</v>
       </c>
       <c r="B1031" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1031" t="s">
+        <v>20</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>280</v>
+      </c>
+      <c r="E1031">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="1032" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1032" t="s">
-        <v>2376</v>
+        <v>1789</v>
       </c>
       <c r="B1032" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C1032" t="s">
+        <v>20</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>280</v>
+      </c>
+      <c r="E1032">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="1033" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1033" t="s">
-        <v>1993</v>
+        <v>1667</v>
       </c>
       <c r="B1033" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1033" t="s">
+        <v>12</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>293</v>
+      </c>
+      <c r="E1033">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="1034" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1034" t="s">
-        <v>243</v>
+        <v>1791</v>
       </c>
       <c r="B1034" t="s">
         <v>1</v>
       </c>
       <c r="C1034" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="D1034" t="s">
-        <v>182</v>
+        <v>280</v>
       </c>
       <c r="E1034">
         <v>8</v>
       </c>
     </row>
     <row r="1035" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1035" t="s">
-        <v>1611</v>
+        <v>27</v>
       </c>
       <c r="B1035" t="s">
         <v>1</v>
       </c>
       <c r="C1035" t="s">
-        <v>1504</v>
+        <v>22</v>
       </c>
       <c r="D1035" t="s">
-        <v>320</v>
+        <v>3</v>
       </c>
       <c r="E1035">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1036" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1036" t="s">
-        <v>2338</v>
+        <v>445</v>
       </c>
       <c r="B1036" t="s">
-        <v>2336</v>
+        <v>1</v>
       </c>
       <c r="C1036" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D1036" t="s">
-        <v>272</v>
+        <v>411</v>
       </c>
       <c r="E1036">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1037" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1037" t="s">
-        <v>2339</v>
+        <v>913</v>
       </c>
       <c r="B1037" t="s">
-        <v>2336</v>
+        <v>1</v>
       </c>
       <c r="C1037" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="D1037" t="s">
-        <v>272</v>
+        <v>76</v>
       </c>
       <c r="E1037">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1038" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1038" t="s">
-        <v>2340</v>
+        <v>1172</v>
       </c>
       <c r="B1038" t="s">
-        <v>2336</v>
+        <v>793</v>
       </c>
       <c r="C1038" t="s">
-        <v>19</v>
+        <v>738</v>
       </c>
       <c r="D1038" t="s">
-        <v>272</v>
+        <v>378</v>
       </c>
       <c r="E1038">
         <v>8</v>
       </c>
     </row>
     <row r="1039" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1039" t="s">
-        <v>2337</v>
+        <v>2055</v>
       </c>
       <c r="B1039" t="s">
-        <v>2336</v>
+        <v>1998</v>
       </c>
       <c r="C1039" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D1039" t="s">
-        <v>272</v>
+        <v>1142</v>
       </c>
       <c r="E1039">
-        <v>8</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1040" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1040" t="s">
-        <v>88</v>
+        <v>2054</v>
       </c>
       <c r="B1040" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1040" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D1040" t="s">
-        <v>75</v>
+        <v>1142</v>
       </c>
       <c r="E1040">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1041" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1041" t="s">
-        <v>780</v>
+        <v>2101</v>
       </c>
       <c r="B1041" t="s">
-        <v>1</v>
+        <v>2099</v>
       </c>
       <c r="C1041" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1041" t="s">
-        <v>781</v>
+        <v>2102</v>
       </c>
       <c r="E1041">
-        <v>8</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1042" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1042" t="s">
-        <v>653</v>
+        <v>1476</v>
       </c>
       <c r="B1042" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C1042" t="s">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="D1042" t="s">
-        <v>150</v>
+        <v>1477</v>
       </c>
       <c r="E1042">
         <v>6</v>
       </c>
     </row>
     <row r="1043" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1043" t="s">
-        <v>817</v>
+        <v>28</v>
       </c>
       <c r="B1043" t="s">
         <v>1</v>
       </c>
       <c r="C1043" t="s">
-        <v>201</v>
+        <v>2</v>
       </c>
       <c r="D1043" t="s">
-        <v>517</v>
+        <v>3</v>
       </c>
       <c r="E1043">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1044" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1044" t="s">
-        <v>648</v>
+        <v>1873</v>
       </c>
       <c r="B1044" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1044" t="s">
-        <v>19</v>
+        <v>1874</v>
       </c>
       <c r="D1044" t="s">
-        <v>150</v>
+        <v>357</v>
       </c>
       <c r="E1044">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1045" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1045" t="s">
-        <v>1770</v>
+        <v>696</v>
       </c>
       <c r="B1045" t="s">
         <v>1</v>
       </c>
       <c r="C1045" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D1045" t="s">
-        <v>239</v>
+        <v>76</v>
       </c>
       <c r="E1045">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1046" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1046" t="s">
-        <v>1769</v>
+        <v>1186</v>
       </c>
       <c r="B1046" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1046" t="s">
-        <v>13</v>
+        <v>1187</v>
       </c>
       <c r="D1046" t="s">
-        <v>239</v>
+        <v>381</v>
       </c>
       <c r="E1046">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1047" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1047" t="s">
-        <v>1771</v>
+        <v>2357</v>
       </c>
       <c r="B1047" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C1047" t="s">
-        <v>13</v>
+        <v>352</v>
       </c>
       <c r="D1047" t="s">
-        <v>239</v>
+        <v>2312</v>
       </c>
       <c r="E1047">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1048" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1048" t="s">
-        <v>411</v>
+        <v>1209</v>
       </c>
       <c r="B1048" t="s">
-        <v>1</v>
+        <v>1062</v>
       </c>
       <c r="C1048" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="D1048" t="s">
-        <v>377</v>
+        <v>286</v>
       </c>
       <c r="E1048">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1049" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1049" t="s">
-        <v>893</v>
+        <v>1649</v>
       </c>
       <c r="B1049" t="s">
         <v>1</v>
       </c>
       <c r="C1049" t="s">
-        <v>115</v>
+        <v>61</v>
       </c>
       <c r="D1049" t="s">
-        <v>3</v>
+        <v>538</v>
       </c>
       <c r="E1049">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1050" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1050" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="B1050" t="s">
-        <v>769</v>
+        <v>1148</v>
       </c>
       <c r="C1050" t="s">
-        <v>713</v>
+        <v>101</v>
       </c>
       <c r="D1050" t="s">
-        <v>344</v>
+        <v>130</v>
       </c>
       <c r="E1050">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1051" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1051" t="s">
-        <v>2074</v>
+        <v>2022</v>
       </c>
       <c r="B1051" t="s">
-        <v>2013</v>
+        <v>1998</v>
       </c>
       <c r="C1051" t="s">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="D1051" t="s">
-        <v>1114</v>
+        <v>130</v>
       </c>
       <c r="E1051">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1052" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1052" t="s">
-        <v>2073</v>
+        <v>1551</v>
       </c>
       <c r="B1052" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1052" t="s">
-        <v>8</v>
+        <v>216</v>
       </c>
       <c r="D1052" t="s">
-        <v>1114</v>
+        <v>280</v>
       </c>
       <c r="E1052">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1053" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1053" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="B1053" t="s">
         <v>1</v>
       </c>
       <c r="C1053" t="s">
-        <v>11</v>
+        <v>132</v>
       </c>
       <c r="D1053" t="s">
-        <v>421</v>
+        <v>280</v>
       </c>
       <c r="E1053">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1054" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1054" t="s">
-        <v>1469</v>
+        <v>1760</v>
       </c>
       <c r="B1054" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1054" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="D1054" t="s">
-        <v>1470</v>
+        <v>280</v>
       </c>
       <c r="E1054">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1055" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1055" t="s">
-        <v>1867</v>
+        <v>1785</v>
       </c>
       <c r="B1055" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1055" t="s">
-        <v>1868</v>
+        <v>132</v>
       </c>
       <c r="D1055" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="E1055">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1056" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1056" t="s">
-        <v>665</v>
+        <v>1759</v>
       </c>
       <c r="B1056" t="s">
         <v>1</v>
       </c>
       <c r="C1056" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="D1056" t="s">
-        <v>3</v>
+        <v>280</v>
       </c>
       <c r="E1056">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1057" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1057" t="s">
-        <v>1159</v>
+        <v>1761</v>
       </c>
       <c r="B1057" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1057" t="s">
-        <v>1160</v>
+        <v>132</v>
       </c>
       <c r="D1057" t="s">
-        <v>347</v>
+        <v>280</v>
       </c>
       <c r="E1057">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1058" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1058" t="s">
-        <v>2371</v>
+        <v>2464</v>
       </c>
       <c r="B1058" t="s">
-        <v>2343</v>
+        <v>2404</v>
       </c>
       <c r="C1058" t="s">
-        <v>314</v>
+        <v>132</v>
       </c>
       <c r="D1058" t="s">
-        <v>2325</v>
+        <v>1330</v>
       </c>
       <c r="E1058">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1059" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1059" t="s">
-        <v>1182</v>
+        <v>960</v>
       </c>
       <c r="B1059" t="s">
-        <v>1024</v>
+        <v>1</v>
       </c>
       <c r="C1059" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1059" t="s">
-        <v>245</v>
+        <v>859</v>
       </c>
       <c r="E1059">
-        <v>25</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1060" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1060" t="s">
-        <v>1623</v>
+        <v>1388</v>
       </c>
       <c r="B1060" t="s">
-        <v>1</v>
+        <v>1072</v>
       </c>
       <c r="C1060" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1060" t="s">
-        <v>505</v>
+        <v>859</v>
       </c>
       <c r="E1060">
         <v>8</v>
       </c>
     </row>
     <row r="1061" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1061" t="s">
-        <v>1702</v>
+        <v>1117</v>
       </c>
       <c r="B1061" t="s">
-        <v>1</v>
+        <v>1062</v>
       </c>
       <c r="C1061" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1061" t="s">
-        <v>239</v>
+        <v>794</v>
       </c>
       <c r="E1061">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1062" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1062" t="s">
-        <v>1119</v>
+        <v>1670</v>
       </c>
       <c r="B1062" t="s">
-        <v>1120</v>
+        <v>1</v>
       </c>
       <c r="C1062" t="s">
-        <v>39</v>
+        <v>132</v>
       </c>
       <c r="D1062" t="s">
-        <v>72</v>
+        <v>280</v>
       </c>
       <c r="E1062">
-        <v>25</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1063" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1063" t="s">
-        <v>2041</v>
+        <v>149</v>
       </c>
       <c r="B1063" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1063" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="D1063" t="s">
-        <v>72</v>
+        <v>133</v>
       </c>
       <c r="E1063">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1064" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1064" t="s">
-        <v>701</v>
+        <v>148</v>
       </c>
       <c r="B1064" t="s">
         <v>1</v>
       </c>
       <c r="C1064" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="D1064" t="s">
-        <v>702</v>
+        <v>133</v>
       </c>
       <c r="E1064">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1065" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1065" t="s">
-        <v>1515</v>
+        <v>677</v>
       </c>
       <c r="B1065" t="s">
         <v>1</v>
       </c>
       <c r="C1065" t="s">
-        <v>165</v>
+        <v>112</v>
       </c>
       <c r="D1065" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E1065">
         <v>6</v>
       </c>
     </row>
     <row r="1066" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1066" t="s">
-        <v>1957</v>
+        <v>746</v>
       </c>
       <c r="B1066" t="s">
         <v>1</v>
       </c>
       <c r="C1066" t="s">
-        <v>74</v>
+        <v>747</v>
       </c>
       <c r="D1066" t="s">
-        <v>239</v>
+        <v>748</v>
       </c>
       <c r="E1066">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1067" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1067" t="s">
-        <v>1742</v>
+        <v>834</v>
       </c>
       <c r="B1067" t="s">
         <v>1</v>
       </c>
       <c r="C1067" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="D1067" t="s">
-        <v>239</v>
+        <v>550</v>
       </c>
       <c r="E1067">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1068" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1068" t="s">
-        <v>1765</v>
+        <v>835</v>
       </c>
       <c r="B1068" t="s">
         <v>1</v>
       </c>
       <c r="C1068" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="D1068" t="s">
-        <v>239</v>
+        <v>550</v>
       </c>
       <c r="E1068">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1069" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1069" t="s">
-        <v>1741</v>
+        <v>932</v>
       </c>
       <c r="B1069" t="s">
         <v>1</v>
       </c>
       <c r="C1069" t="s">
-        <v>74</v>
+        <v>202</v>
       </c>
       <c r="D1069" t="s">
-        <v>239</v>
+        <v>924</v>
       </c>
       <c r="E1069">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1070" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1070" t="s">
-        <v>1743</v>
+        <v>410</v>
       </c>
       <c r="B1070" t="s">
         <v>1</v>
       </c>
       <c r="C1070" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="D1070" t="s">
-        <v>239</v>
+        <v>411</v>
       </c>
       <c r="E1070">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1071" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1071" t="s">
-        <v>2481</v>
+        <v>1241</v>
       </c>
       <c r="B1071" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C1071" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="D1071" t="s">
-        <v>1312</v>
+        <v>360</v>
       </c>
       <c r="E1071">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1072" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1072" t="s">
-        <v>946</v>
+        <v>2251</v>
       </c>
       <c r="B1072" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1072" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1072" t="s">
-        <v>837</v>
+        <v>2231</v>
       </c>
       <c r="E1072">
         <v>4</v>
       </c>
     </row>
     <row r="1073" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1073" t="s">
-        <v>1381</v>
+        <v>1313</v>
       </c>
       <c r="B1073" t="s">
-        <v>1035</v>
+        <v>793</v>
       </c>
       <c r="C1073" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1073" t="s">
-        <v>837</v>
+        <v>1314</v>
       </c>
       <c r="E1073">
         <v>8</v>
       </c>
     </row>
     <row r="1074" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1074" t="s">
-        <v>1087</v>
+        <v>549</v>
       </c>
       <c r="B1074" t="s">
-        <v>1024</v>
+        <v>1</v>
       </c>
       <c r="C1074" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1074" t="s">
-        <v>770</v>
+        <v>550</v>
       </c>
       <c r="E1074">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1075" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1075" t="s">
-        <v>1643</v>
+        <v>1295</v>
       </c>
       <c r="B1075" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1075" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="D1075" t="s">
-        <v>239</v>
+        <v>488</v>
       </c>
       <c r="E1075">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1076" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1076" t="s">
-        <v>93</v>
+        <v>1296</v>
       </c>
       <c r="B1076" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1076" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="D1076" t="s">
-        <v>75</v>
+        <v>488</v>
       </c>
       <c r="E1076">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1077" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1077" t="s">
-        <v>92</v>
+        <v>1288</v>
       </c>
       <c r="B1077" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1077" t="s">
-        <v>74</v>
+        <v>154</v>
       </c>
       <c r="D1077" t="s">
-        <v>75</v>
+        <v>488</v>
       </c>
       <c r="E1077">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1078" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1078" t="s">
-        <v>646</v>
+        <v>1289</v>
       </c>
       <c r="B1078" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1078" t="s">
-        <v>52</v>
+        <v>154</v>
       </c>
       <c r="D1078" t="s">
-        <v>150</v>
+        <v>488</v>
       </c>
       <c r="E1078">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1079" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1079" t="s">
-        <v>721</v>
+        <v>1284</v>
       </c>
       <c r="B1079" t="s">
-        <v>1</v>
+        <v>1053</v>
       </c>
       <c r="C1079" t="s">
-        <v>722</v>
+        <v>154</v>
       </c>
       <c r="D1079" t="s">
-        <v>723</v>
+        <v>488</v>
       </c>
       <c r="E1079">
         <v>8</v>
       </c>
     </row>
     <row r="1080" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1080" t="s">
-        <v>812</v>
+        <v>1304</v>
       </c>
       <c r="B1080" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1080" t="s">
-        <v>8</v>
+        <v>154</v>
       </c>
       <c r="D1080" t="s">
-        <v>517</v>
+        <v>488</v>
       </c>
       <c r="E1080">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1081" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1081" t="s">
-        <v>813</v>
+        <v>1286</v>
       </c>
       <c r="B1081" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1081" t="s">
-        <v>8</v>
+        <v>154</v>
       </c>
       <c r="D1081" t="s">
-        <v>517</v>
+        <v>488</v>
       </c>
       <c r="E1081">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1082" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1082" t="s">
-        <v>914</v>
+        <v>1283</v>
       </c>
       <c r="B1082" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1082" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D1082" t="s">
-        <v>906</v>
+        <v>488</v>
       </c>
       <c r="E1082">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1083" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1083" t="s">
-        <v>376</v>
+        <v>1290</v>
       </c>
       <c r="B1083" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1083" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
       <c r="D1083" t="s">
-        <v>377</v>
+        <v>488</v>
       </c>
       <c r="E1083">
         <v>10</v>
       </c>
     </row>
     <row r="1084" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1084" t="s">
-        <v>1219</v>
+        <v>1285</v>
       </c>
       <c r="B1084" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1084" t="s">
-        <v>55</v>
+        <v>154</v>
       </c>
       <c r="D1084" t="s">
-        <v>325</v>
+        <v>488</v>
       </c>
       <c r="E1084">
         <v>10</v>
       </c>
     </row>
     <row r="1085" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1085" t="s">
-        <v>2258</v>
+        <v>1287</v>
       </c>
       <c r="B1085" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1085" t="s">
-        <v>8</v>
+        <v>154</v>
       </c>
       <c r="D1085" t="s">
-        <v>2238</v>
+        <v>488</v>
       </c>
       <c r="E1085">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1086" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1086" t="s">
-        <v>1295</v>
+        <v>271</v>
       </c>
       <c r="B1086" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1086" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="D1086" t="s">
-        <v>1296</v>
+        <v>272</v>
       </c>
       <c r="E1086">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1087" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1087" t="s">
-        <v>516</v>
+        <v>564</v>
       </c>
       <c r="B1087" t="s">
         <v>1</v>
       </c>
       <c r="C1087" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D1087" t="s">
-        <v>517</v>
+        <v>203</v>
       </c>
       <c r="E1087">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1088" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1088" t="s">
-        <v>1276</v>
+        <v>433</v>
       </c>
       <c r="B1088" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1088" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="D1088" t="s">
-        <v>454</v>
+        <v>434</v>
       </c>
       <c r="E1088">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1089" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1089" t="s">
-        <v>1277</v>
+        <v>431</v>
       </c>
       <c r="B1089" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1089" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1089" t="s">
-        <v>454</v>
+        <v>432</v>
       </c>
       <c r="E1089">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1090" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1090" t="s">
-        <v>1269</v>
+        <v>1826</v>
       </c>
       <c r="B1090" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1090" t="s">
-        <v>99</v>
+        <v>6</v>
       </c>
       <c r="D1090" t="s">
-        <v>454</v>
+        <v>280</v>
       </c>
       <c r="E1090">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1091" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1091" t="s">
-        <v>1270</v>
+        <v>671</v>
       </c>
       <c r="B1091" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1091" t="s">
-        <v>99</v>
+        <v>180</v>
       </c>
       <c r="D1091" t="s">
-        <v>454</v>
+        <v>572</v>
       </c>
       <c r="E1091">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1092" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1092" t="s">
-        <v>1265</v>
+        <v>2395</v>
       </c>
       <c r="B1092" t="s">
-        <v>1051</v>
+        <v>2387</v>
       </c>
       <c r="C1092" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>454</v>
+        <v>98</v>
       </c>
       <c r="E1092">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1093" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1093" t="s">
-        <v>1285</v>
+        <v>1708</v>
       </c>
       <c r="B1093" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1093" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D1093" t="s">
-        <v>454</v>
+        <v>558</v>
       </c>
       <c r="E1093">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1094" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1094" t="s">
-        <v>1267</v>
+        <v>1909</v>
       </c>
       <c r="B1094" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1094" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D1094" t="s">
-        <v>454</v>
+        <v>357</v>
       </c>
       <c r="E1094">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1095" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1095" t="s">
-        <v>1264</v>
+        <v>1635</v>
       </c>
       <c r="B1095" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1095" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D1095" t="s">
-        <v>454</v>
+        <v>280</v>
       </c>
       <c r="E1095">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1096" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1096" t="s">
-        <v>1271</v>
+        <v>2327</v>
       </c>
       <c r="B1096" t="s">
-        <v>769</v>
+        <v>2328</v>
       </c>
       <c r="C1096" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D1096" t="s">
-        <v>454</v>
+        <v>1330</v>
       </c>
       <c r="E1096">
-        <v>10</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1097" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1097" t="s">
-        <v>1266</v>
+        <v>1629</v>
       </c>
       <c r="B1097" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1097" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D1097" t="s">
-        <v>454</v>
+        <v>280</v>
       </c>
       <c r="E1097">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1098" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1098" t="s">
-        <v>1268</v>
+        <v>2313</v>
       </c>
       <c r="B1098" t="s">
-        <v>769</v>
+        <v>2383</v>
       </c>
       <c r="C1098" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D1098" t="s">
-        <v>454</v>
+        <v>1330</v>
       </c>
       <c r="E1098">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1099" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1099" t="s">
-        <v>226</v>
+        <v>2313</v>
       </c>
       <c r="B1099" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C1099" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D1099" t="s">
-        <v>227</v>
+        <v>1330</v>
       </c>
       <c r="E1099">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1100" t="s">
-        <v>532</v>
+        <v>1642</v>
       </c>
       <c r="B1100" t="s">
         <v>1</v>
       </c>
       <c r="C1100" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D1100" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E1100">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1101" t="s">
-        <v>399</v>
+        <v>1974</v>
       </c>
       <c r="B1101" t="s">
         <v>1</v>
       </c>
       <c r="C1101" t="s">
-        <v>52</v>
+        <v>6</v>
       </c>
       <c r="D1101" t="s">
-        <v>400</v>
+        <v>280</v>
       </c>
       <c r="E1101">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1102" t="s">
-        <v>397</v>
+        <v>14</v>
       </c>
       <c r="B1102" t="s">
         <v>1</v>
       </c>
       <c r="C1102" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D1102" t="s">
-        <v>398</v>
+        <v>3</v>
       </c>
       <c r="E1102">
         <v>16</v>
       </c>
     </row>
     <row r="1103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1103" t="s">
-        <v>1810</v>
+        <v>1327</v>
       </c>
       <c r="B1103" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1103" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D1103" t="s">
-        <v>239</v>
+        <v>550</v>
       </c>
       <c r="E1103">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1104" t="s">
-        <v>640</v>
+        <v>1046</v>
       </c>
       <c r="B1104" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1104" t="s">
-        <v>127</v>
+        <v>916</v>
       </c>
       <c r="D1104" t="s">
-        <v>541</v>
+        <v>44</v>
       </c>
       <c r="E1104">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1105" t="s">
-        <v>2413</v>
+        <v>1634</v>
       </c>
       <c r="B1105" t="s">
-        <v>2403</v>
+        <v>1</v>
       </c>
       <c r="C1105" t="s">
-        <v>36</v>
+        <v>216</v>
+      </c>
+      <c r="D1105" t="s">
+        <v>280</v>
       </c>
       <c r="E1105">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1106" t="s">
-        <v>1605</v>
+        <v>63</v>
       </c>
       <c r="B1106" t="s">
         <v>1</v>
       </c>
       <c r="C1106" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1106" t="s">
-        <v>239</v>
+        <v>62</v>
       </c>
       <c r="E1106">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1107" t="s">
-        <v>1913</v>
+        <v>576</v>
       </c>
       <c r="B1107" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1107" t="s">
-        <v>102</v>
+        <v>6</v>
       </c>
       <c r="D1107" t="s">
-        <v>320</v>
+        <v>203</v>
       </c>
       <c r="E1107">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1108" t="s">
-        <v>1606</v>
+        <v>575</v>
       </c>
       <c r="B1108" t="s">
         <v>1</v>
       </c>
       <c r="C1108" t="s">
-        <v>102</v>
+        <v>6</v>
       </c>
       <c r="D1108" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E1108">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1109" t="s">
-        <v>2341</v>
+        <v>2077</v>
       </c>
       <c r="B1109" t="s">
-        <v>2342</v>
+        <v>2076</v>
       </c>
       <c r="C1109" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="D1109" t="s">
-        <v>1312</v>
+        <v>550</v>
       </c>
       <c r="E1109">
-        <v>69</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1110" t="s">
-        <v>1598</v>
+        <v>260</v>
       </c>
       <c r="B1110" t="s">
         <v>1</v>
       </c>
       <c r="C1110" t="s">
-        <v>102</v>
+        <v>261</v>
       </c>
       <c r="D1110" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
       <c r="E1110">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1111" t="s">
-        <v>2326</v>
+        <v>605</v>
       </c>
       <c r="B1111" t="s">
-        <v>2397</v>
+        <v>1</v>
       </c>
       <c r="C1111" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="D1111" t="s">
-        <v>1312</v>
+        <v>203</v>
       </c>
       <c r="E1111">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1112" t="s">
-        <v>2326</v>
+        <v>1850</v>
       </c>
       <c r="B1112" t="s">
-        <v>2299</v>
+        <v>1</v>
       </c>
       <c r="C1112" t="s">
-        <v>102</v>
+        <v>216</v>
       </c>
       <c r="D1112" t="s">
-        <v>1312</v>
+        <v>280</v>
       </c>
       <c r="E1112">
-        <v>35</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1113" t="s">
-        <v>1614</v>
+        <v>1863</v>
       </c>
       <c r="B1113" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1113" t="s">
-        <v>102</v>
+        <v>216</v>
       </c>
       <c r="D1113" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E1113">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1114" t="s">
-        <v>1986</v>
+        <v>213</v>
       </c>
       <c r="B1114" t="s">
         <v>1</v>
       </c>
       <c r="C1114" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="D1114" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E1114">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1115" t="s">
-        <v>1309</v>
+        <v>680</v>
       </c>
       <c r="B1115" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1115" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="D1115" t="s">
-        <v>517</v>
+        <v>572</v>
       </c>
       <c r="E1115">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1116" t="s">
-        <v>1604</v>
+        <v>1144</v>
       </c>
       <c r="B1116" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1116" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="D1116" t="s">
-        <v>239</v>
+        <v>76</v>
       </c>
       <c r="E1116">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1117" t="s">
-        <v>1855</v>
+        <v>2247</v>
       </c>
       <c r="B1117" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1117" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D1117" t="s">
-        <v>239</v>
+        <v>76</v>
       </c>
       <c r="E1117">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1118" t="s">
-        <v>545</v>
+        <v>795</v>
       </c>
       <c r="B1118" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1118" t="s">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D1118" t="s">
-        <v>150</v>
+        <v>796</v>
       </c>
       <c r="E1118">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1119" t="s">
-        <v>544</v>
+        <v>896</v>
       </c>
       <c r="B1119" t="s">
         <v>1</v>
       </c>
       <c r="C1119" t="s">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D1119" t="s">
-        <v>150</v>
+        <v>337</v>
       </c>
       <c r="E1119">
         <v>6</v>
       </c>
     </row>
     <row r="1120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1120" t="s">
-        <v>2097</v>
+        <v>2467</v>
       </c>
       <c r="B1120" t="s">
-        <v>2096</v>
+        <v>2404</v>
       </c>
       <c r="C1120" t="s">
-        <v>52</v>
+        <v>372</v>
       </c>
       <c r="D1120" t="s">
-        <v>517</v>
+        <v>2468</v>
       </c>
       <c r="E1120">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1121" t="s">
-        <v>215</v>
+        <v>2234</v>
       </c>
       <c r="B1121" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1121" t="s">
-        <v>216</v>
+        <v>96</v>
       </c>
       <c r="D1121" t="s">
-        <v>217</v>
+        <v>2233</v>
       </c>
       <c r="E1121">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1122" t="s">
-        <v>574</v>
+        <v>1198</v>
       </c>
       <c r="B1122" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1122" t="s">
-        <v>49</v>
+        <v>238</v>
       </c>
       <c r="D1122" t="s">
-        <v>150</v>
+        <v>381</v>
       </c>
       <c r="E1122">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1123" t="s">
-        <v>1840</v>
+        <v>1200</v>
       </c>
       <c r="B1123" t="s">
-        <v>1</v>
+        <v>2099</v>
       </c>
       <c r="C1123" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="D1123" t="s">
-        <v>239</v>
+        <v>381</v>
       </c>
       <c r="E1123">
-        <v>7</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1124" t="s">
-        <v>1854</v>
+        <v>1200</v>
       </c>
       <c r="B1124" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1124" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="D1124" t="s">
-        <v>239</v>
+        <v>381</v>
       </c>
       <c r="E1124">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1125" t="s">
-        <v>161</v>
+        <v>16</v>
       </c>
       <c r="B1125" t="s">
         <v>1</v>
       </c>
       <c r="C1125" t="s">
-        <v>162</v>
+        <v>17</v>
       </c>
       <c r="D1125" t="s">
-        <v>150</v>
+        <v>3</v>
       </c>
       <c r="E1125">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1126" t="s">
-        <v>767</v>
+        <v>1851</v>
       </c>
       <c r="B1126" t="s">
         <v>1</v>
       </c>
       <c r="C1126" t="s">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D1126" t="s">
-        <v>20</v>
+        <v>357</v>
       </c>
       <c r="E1126">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1127" t="s">
-        <v>649</v>
+        <v>2098</v>
       </c>
       <c r="B1127" t="s">
-        <v>1</v>
+        <v>2081</v>
       </c>
       <c r="C1127" t="s">
-        <v>47</v>
+        <v>250</v>
       </c>
       <c r="D1127" t="s">
-        <v>541</v>
+        <v>990</v>
       </c>
       <c r="E1127">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1128" t="s">
-        <v>1116</v>
+        <v>1461</v>
       </c>
       <c r="B1128" t="s">
-        <v>769</v>
+        <v>171</v>
       </c>
       <c r="C1128" t="s">
-        <v>2</v>
+        <v>1365</v>
       </c>
       <c r="D1128" t="s">
-        <v>3</v>
+        <v>378</v>
       </c>
       <c r="E1128">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1129" t="s">
-        <v>2254</v>
+        <v>674</v>
       </c>
       <c r="B1129" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1129" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D1129" t="s">
-        <v>3</v>
+        <v>572</v>
       </c>
       <c r="E1129">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1130" t="s">
-        <v>771</v>
+        <v>573</v>
       </c>
       <c r="B1130" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1130" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="D1130" t="s">
-        <v>772</v>
+        <v>203</v>
       </c>
       <c r="E1130">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1131" t="s">
-        <v>876</v>
+        <v>2041</v>
       </c>
       <c r="B1131" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1131" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="D1131" t="s">
-        <v>299</v>
+        <v>411</v>
       </c>
       <c r="E1131">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1132" t="s">
-        <v>2483</v>
+        <v>958</v>
       </c>
       <c r="B1132" t="s">
-        <v>2422</v>
+        <v>236</v>
       </c>
       <c r="C1132" t="s">
-        <v>338</v>
+        <v>46</v>
       </c>
       <c r="D1132" t="s">
-        <v>2484</v>
+        <v>959</v>
       </c>
       <c r="E1132">
-        <v>49</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1133" t="s">
-        <v>2241</v>
+        <v>888</v>
       </c>
       <c r="B1133" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1133" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D1133" t="s">
-        <v>2240</v>
+        <v>464</v>
       </c>
       <c r="E1133">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1134" t="s">
-        <v>1171</v>
+        <v>1374</v>
       </c>
       <c r="B1134" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1134" t="s">
-        <v>188</v>
+        <v>46</v>
       </c>
       <c r="D1134" t="s">
-        <v>347</v>
+        <v>748</v>
       </c>
       <c r="E1134">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1135" t="s">
-        <v>1173</v>
+        <v>1923</v>
       </c>
       <c r="B1135" t="s">
-        <v>2120</v>
+        <v>793</v>
       </c>
       <c r="C1135" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="D1135" t="s">
-        <v>347</v>
+        <v>1227</v>
       </c>
       <c r="E1135">
-        <v>29</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1136" t="s">
-        <v>1173</v>
+        <v>1695</v>
       </c>
       <c r="B1136" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1136" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D1136" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="E1136">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1137" t="s">
-        <v>1841</v>
+        <v>1718</v>
       </c>
       <c r="B1137" t="s">
         <v>1</v>
       </c>
       <c r="C1137" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="D1137" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E1137">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1138" t="s">
-        <v>2118</v>
+        <v>1931</v>
       </c>
       <c r="B1138" t="s">
-        <v>2099</v>
+        <v>1</v>
       </c>
       <c r="C1138" t="s">
-        <v>201</v>
+        <v>101</v>
       </c>
       <c r="D1138" t="s">
-        <v>976</v>
+        <v>357</v>
       </c>
       <c r="E1138">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1139" t="s">
-        <v>1454</v>
+        <v>1922</v>
       </c>
       <c r="B1139" t="s">
-        <v>118</v>
+        <v>793</v>
       </c>
       <c r="C1139" t="s">
-        <v>1356</v>
+        <v>101</v>
       </c>
       <c r="D1139" t="s">
-        <v>344</v>
+        <v>1227</v>
       </c>
       <c r="E1139">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1140" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="B1140" t="s">
         <v>1</v>
       </c>
       <c r="C1140" t="s">
-        <v>2</v>
+        <v>637</v>
       </c>
       <c r="D1140" t="s">
-        <v>541</v>
+        <v>203</v>
       </c>
       <c r="E1140">
         <v>6</v>
       </c>
     </row>
     <row r="1141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1141" t="s">
-        <v>542</v>
+        <v>650</v>
       </c>
       <c r="B1141" t="s">
         <v>1</v>
       </c>
       <c r="C1141" t="s">
-        <v>19</v>
+        <v>637</v>
       </c>
       <c r="D1141" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1141">
         <v>6</v>
       </c>
     </row>
     <row r="1142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1142" t="s">
-        <v>2060</v>
+        <v>1607</v>
       </c>
       <c r="B1142" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1142" t="s">
-        <v>47</v>
+        <v>2</v>
       </c>
       <c r="D1142" t="s">
-        <v>377</v>
+        <v>280</v>
       </c>
       <c r="E1142">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1143" t="s">
-        <v>944</v>
+        <v>1608</v>
       </c>
       <c r="B1143" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C1143" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1143" t="s">
-        <v>945</v>
+        <v>280</v>
       </c>
       <c r="E1143">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1144" t="s">
-        <v>868</v>
+        <v>161</v>
       </c>
       <c r="B1144" t="s">
         <v>1</v>
       </c>
       <c r="C1144" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1144" t="s">
-        <v>430</v>
+        <v>68</v>
       </c>
       <c r="E1144">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1145" t="s">
-        <v>1366</v>
+        <v>217</v>
       </c>
       <c r="B1145" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1145" t="s">
+        <v>218</v>
+      </c>
+      <c r="D1145" t="s">
+        <v>203</v>
+      </c>
+      <c r="E1145">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="1146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1146" t="s">
-        <v>1931</v>
+        <v>1500</v>
       </c>
       <c r="B1146" t="s">
-        <v>769</v>
+        <v>171</v>
       </c>
       <c r="C1146" t="s">
-        <v>52</v>
+        <v>110</v>
       </c>
       <c r="D1146" t="s">
-        <v>1201</v>
+        <v>360</v>
       </c>
       <c r="E1146">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1147" t="s">
-        <v>1669</v>
+        <v>2343</v>
       </c>
       <c r="B1147" t="s">
-        <v>1</v>
+        <v>2340</v>
       </c>
       <c r="C1147" t="s">
-        <v>39</v>
+        <v>1394</v>
       </c>
       <c r="D1147" t="s">
-        <v>320</v>
+        <v>2254</v>
       </c>
       <c r="E1147">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1148" t="s">
-        <v>1696</v>
+        <v>1970</v>
       </c>
       <c r="B1148" t="s">
         <v>1</v>
       </c>
       <c r="C1148" t="s">
-        <v>39</v>
+        <v>1394</v>
       </c>
       <c r="D1148" t="s">
-        <v>320</v>
+        <v>293</v>
       </c>
       <c r="E1148">
         <v>8</v>
       </c>
     </row>
     <row r="1149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1149" t="s">
-        <v>1938</v>
+        <v>1969</v>
       </c>
       <c r="B1149" t="s">
         <v>1</v>
       </c>
       <c r="C1149" t="s">
-        <v>39</v>
+        <v>1394</v>
       </c>
       <c r="D1149" t="s">
-        <v>320</v>
+        <v>293</v>
       </c>
       <c r="E1149">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1150" t="s">
-        <v>620</v>
+        <v>1212</v>
       </c>
       <c r="B1150" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1150" t="s">
-        <v>606</v>
+        <v>46</v>
       </c>
       <c r="D1150" t="s">
-        <v>150</v>
+        <v>1213</v>
       </c>
       <c r="E1150">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1151" t="s">
-        <v>619</v>
+        <v>1366</v>
       </c>
       <c r="B1151" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1151" t="s">
-        <v>606</v>
+        <v>1365</v>
       </c>
       <c r="D1151" t="s">
-        <v>150</v>
+        <v>376</v>
       </c>
       <c r="E1151">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1152" t="s">
-        <v>1575</v>
+        <v>1364</v>
       </c>
       <c r="B1152" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1152" t="s">
-        <v>78</v>
+        <v>1365</v>
       </c>
       <c r="D1152" t="s">
-        <v>239</v>
+        <v>376</v>
       </c>
       <c r="E1152">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1153" t="s">
-        <v>1576</v>
+        <v>168</v>
       </c>
       <c r="B1153" t="s">
         <v>1</v>
       </c>
       <c r="C1153" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="D1153" t="s">
-        <v>239</v>
+        <v>165</v>
       </c>
       <c r="E1153">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1154" t="s">
-        <v>107</v>
+        <v>1354</v>
       </c>
       <c r="B1154" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1154" t="s">
-        <v>8</v>
+        <v>738</v>
       </c>
       <c r="D1154" t="s">
-        <v>96</v>
+        <v>1352</v>
       </c>
       <c r="E1154">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1155" t="s">
-        <v>166</v>
+        <v>1135</v>
       </c>
       <c r="B1155" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1155" t="s">
-        <v>167</v>
+        <v>61</v>
       </c>
       <c r="D1155" t="s">
-        <v>150</v>
+        <v>1086</v>
       </c>
       <c r="E1155">
-        <v>8</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1156" t="s">
-        <v>1495</v>
+        <v>1135</v>
       </c>
       <c r="B1156" t="s">
-        <v>118</v>
+        <v>1085</v>
       </c>
       <c r="C1156" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="D1156" t="s">
-        <v>325</v>
+        <v>1086</v>
       </c>
       <c r="E1156">
-        <v>4</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1157" t="s">
-        <v>2357</v>
+        <v>577</v>
       </c>
       <c r="B1157" t="s">
-        <v>2354</v>
+        <v>1</v>
       </c>
       <c r="C1157" t="s">
-        <v>1387</v>
+        <v>40</v>
       </c>
       <c r="D1157" t="s">
-        <v>2168</v>
+        <v>203</v>
       </c>
       <c r="E1157">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1158" t="s">
-        <v>1982</v>
+        <v>732</v>
       </c>
       <c r="B1158" t="s">
         <v>1</v>
       </c>
       <c r="C1158" t="s">
-        <v>1387</v>
+        <v>37</v>
       </c>
       <c r="D1158" t="s">
-        <v>253</v>
+        <v>729</v>
       </c>
       <c r="E1158">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1159" t="s">
-        <v>1981</v>
+        <v>1849</v>
       </c>
       <c r="B1159" t="s">
         <v>1</v>
       </c>
       <c r="C1159" t="s">
-        <v>1387</v>
+        <v>37</v>
       </c>
       <c r="D1159" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="E1159">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1160" t="s">
-        <v>1185</v>
+        <v>1857</v>
       </c>
       <c r="B1160" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1160" t="s">
+        <v>37</v>
+      </c>
+      <c r="D1160" t="s">
+        <v>558</v>
+      </c>
+      <c r="E1160">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="1161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1161" t="s">
-        <v>1357</v>
+        <v>1270</v>
       </c>
       <c r="B1161" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1161" t="s">
-        <v>1356</v>
+        <v>65</v>
       </c>
       <c r="D1161" t="s">
-        <v>342</v>
+        <v>203</v>
       </c>
       <c r="E1161">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1162" t="s">
-        <v>1355</v>
+        <v>1788</v>
       </c>
       <c r="B1162" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1162" t="s">
-        <v>1356</v>
+        <v>46</v>
       </c>
       <c r="D1162" t="s">
-        <v>342</v>
+        <v>455</v>
       </c>
       <c r="E1162">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1163" t="s">
-        <v>114</v>
+        <v>514</v>
       </c>
       <c r="B1163" t="s">
         <v>1</v>
       </c>
       <c r="C1163" t="s">
-        <v>115</v>
+        <v>61</v>
       </c>
       <c r="D1163" t="s">
-        <v>111</v>
+        <v>360</v>
       </c>
       <c r="E1163">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1164" t="s">
-        <v>1345</v>
+        <v>1108</v>
       </c>
       <c r="B1164" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1164" t="s">
-        <v>713</v>
+        <v>46</v>
       </c>
       <c r="D1164" t="s">
-        <v>1343</v>
+        <v>1107</v>
       </c>
       <c r="E1164">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1165" t="s">
-        <v>1106</v>
+        <v>2242</v>
       </c>
       <c r="B1165" t="s">
-        <v>2013</v>
+        <v>2141</v>
       </c>
       <c r="C1165" t="s">
-        <v>55</v>
+        <v>110</v>
       </c>
       <c r="D1165" t="s">
-        <v>1049</v>
+        <v>413</v>
       </c>
       <c r="E1165">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1166" t="s">
-        <v>1106</v>
+        <v>532</v>
       </c>
       <c r="B1166" t="s">
-        <v>1048</v>
+        <v>1</v>
       </c>
       <c r="C1166" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="D1166" t="s">
-        <v>1049</v>
+        <v>262</v>
       </c>
       <c r="E1166">
         <v>16</v>
       </c>
     </row>
     <row r="1167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1167" t="s">
-        <v>546</v>
+        <v>755</v>
       </c>
       <c r="B1167" t="s">
-        <v>1</v>
+        <v>368</v>
       </c>
       <c r="C1167" t="s">
-        <v>159</v>
+        <v>101</v>
       </c>
       <c r="D1167" t="s">
-        <v>150</v>
+        <v>262</v>
       </c>
       <c r="E1167">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1168" t="s">
-        <v>705</v>
+        <v>501</v>
       </c>
       <c r="B1168" t="s">
         <v>1</v>
       </c>
       <c r="C1168" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D1168" t="s">
-        <v>700</v>
+        <v>360</v>
       </c>
       <c r="E1168">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1169" t="s">
-        <v>1839</v>
+        <v>135</v>
       </c>
       <c r="B1169" t="s">
         <v>1</v>
       </c>
       <c r="C1169" t="s">
-        <v>47</v>
+        <v>2</v>
       </c>
       <c r="D1169" t="s">
-        <v>239</v>
+        <v>136</v>
       </c>
       <c r="E1169">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1170" t="s">
-        <v>1848</v>
+        <v>409</v>
       </c>
       <c r="B1170" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1170" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
       <c r="D1170" t="s">
-        <v>525</v>
+        <v>74</v>
       </c>
       <c r="E1170">
         <v>8</v>
       </c>
     </row>
     <row r="1171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1171" t="s">
-        <v>1248</v>
+        <v>2132</v>
       </c>
       <c r="B1171" t="s">
-        <v>769</v>
+        <v>2133</v>
       </c>
       <c r="C1171" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1171" t="s">
-        <v>150</v>
+        <v>286</v>
       </c>
       <c r="E1171">
-        <v>6</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1172" t="s">
-        <v>1768</v>
+        <v>2134</v>
       </c>
       <c r="B1172" t="s">
-        <v>1</v>
+        <v>2133</v>
       </c>
       <c r="C1172" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1172" t="s">
-        <v>421</v>
+        <v>286</v>
       </c>
       <c r="E1172">
-        <v>7</v>
+        <v>444</v>
       </c>
     </row>
     <row r="1173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1173" t="s">
-        <v>481</v>
+        <v>1141</v>
       </c>
       <c r="B1173" t="s">
-        <v>1</v>
+        <v>1062</v>
       </c>
       <c r="C1173" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1173" t="s">
-        <v>325</v>
+        <v>286</v>
       </c>
       <c r="E1173">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1174" t="s">
-        <v>1076</v>
+        <v>1141</v>
       </c>
       <c r="B1174" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1174" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1174" t="s">
-        <v>1075</v>
+        <v>280</v>
       </c>
       <c r="E1174">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1175" t="s">
-        <v>2249</v>
+        <v>2341</v>
       </c>
       <c r="B1175" t="s">
-        <v>2162</v>
+        <v>2338</v>
       </c>
       <c r="C1175" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D1175" t="s">
-        <v>379</v>
+        <v>311</v>
       </c>
       <c r="E1175">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1176" t="s">
-        <v>499</v>
+        <v>1506</v>
       </c>
       <c r="B1176" t="s">
-        <v>1</v>
+        <v>1505</v>
       </c>
       <c r="C1176" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="D1176" t="s">
-        <v>217</v>
+        <v>1507</v>
       </c>
       <c r="E1176">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1177" t="s">
-        <v>730</v>
+        <v>865</v>
       </c>
       <c r="B1177" t="s">
-        <v>334</v>
+        <v>1</v>
       </c>
       <c r="C1177" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="D1177" t="s">
-        <v>217</v>
+        <v>862</v>
       </c>
       <c r="E1177">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1178" t="s">
-        <v>467</v>
+        <v>893</v>
       </c>
       <c r="B1178" t="s">
         <v>1</v>
       </c>
       <c r="C1178" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1178" t="s">
-        <v>325</v>
+        <v>894</v>
       </c>
       <c r="E1178">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1179" t="s">
-        <v>77</v>
+        <v>693</v>
       </c>
       <c r="B1179" t="s">
         <v>1</v>
       </c>
       <c r="C1179" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="D1179" t="s">
-        <v>79</v>
+        <v>203</v>
       </c>
       <c r="E1179">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1180" t="s">
-        <v>375</v>
+        <v>210</v>
       </c>
       <c r="B1180" t="s">
         <v>1</v>
       </c>
       <c r="C1180" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D1180" t="s">
-        <v>248</v>
+        <v>203</v>
       </c>
       <c r="E1180">
         <v>8</v>
       </c>
     </row>
     <row r="1181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1181" t="s">
-        <v>2152</v>
+        <v>2388</v>
       </c>
       <c r="B1181" t="s">
-        <v>2153</v>
+        <v>2387</v>
       </c>
       <c r="C1181" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>98</v>
       </c>
       <c r="E1181">
-        <v>299</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1182" t="s">
-        <v>2154</v>
+        <v>1234</v>
       </c>
       <c r="B1182" t="s">
-        <v>2153</v>
+        <v>793</v>
       </c>
       <c r="C1182" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1182" t="s">
-        <v>245</v>
+        <v>1233</v>
       </c>
       <c r="E1182">
-        <v>444</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1183" t="s">
-        <v>1113</v>
+        <v>856</v>
       </c>
       <c r="B1183" t="s">
-        <v>1024</v>
+        <v>1</v>
       </c>
       <c r="C1183" t="s">
-        <v>8</v>
+        <v>218</v>
       </c>
       <c r="D1183" t="s">
-        <v>245</v>
+        <v>857</v>
       </c>
       <c r="E1183">
-        <v>25</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1184" t="s">
-        <v>2355</v>
+        <v>624</v>
       </c>
       <c r="B1184" t="s">
-        <v>2352</v>
+        <v>1</v>
       </c>
       <c r="C1184" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D1184" t="s">
-        <v>272</v>
+        <v>203</v>
       </c>
       <c r="E1184">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1185" t="s">
-        <v>1501</v>
+        <v>1300</v>
       </c>
       <c r="B1185" t="s">
-        <v>1500</v>
+        <v>1072</v>
       </c>
       <c r="C1185" t="s">
+        <v>101</v>
+      </c>
+      <c r="D1185" t="s">
+        <v>488</v>
+      </c>
+      <c r="E1185">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="1186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1186" t="s">
-        <v>843</v>
+        <v>712</v>
       </c>
       <c r="B1186" t="s">
         <v>1</v>
       </c>
       <c r="C1186" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="D1186" t="s">
-        <v>840</v>
+        <v>76</v>
       </c>
       <c r="E1186">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1187" t="s">
-        <v>873</v>
+        <v>1008</v>
       </c>
       <c r="B1187" t="s">
         <v>1</v>
       </c>
       <c r="C1187" t="s">
-        <v>19</v>
+        <v>1009</v>
       </c>
       <c r="D1187" t="s">
-        <v>874</v>
+        <v>990</v>
       </c>
       <c r="E1187">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1188" t="s">
-        <v>662</v>
+        <v>204</v>
       </c>
       <c r="B1188" t="s">
         <v>1</v>
       </c>
       <c r="C1188" t="s">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="D1188" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1188">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1189" t="s">
-        <v>157</v>
+        <v>1455</v>
       </c>
       <c r="B1189" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C1189" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="D1189" t="s">
-        <v>150</v>
+        <v>1456</v>
       </c>
       <c r="E1189">
         <v>8</v>
       </c>
     </row>
     <row r="1190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1190" t="s">
-        <v>2404</v>
+        <v>1457</v>
       </c>
       <c r="B1190" t="s">
-        <v>2403</v>
+        <v>171</v>
       </c>
       <c r="C1190" t="s">
-        <v>36</v>
+        <v>22</v>
+      </c>
+      <c r="D1190" t="s">
+        <v>1456</v>
       </c>
       <c r="E1190">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1191" t="s">
-        <v>1209</v>
+        <v>1550</v>
       </c>
       <c r="B1191" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1191" t="s">
-        <v>78</v>
+        <v>449</v>
       </c>
       <c r="D1191" t="s">
-        <v>1208</v>
+        <v>280</v>
       </c>
       <c r="E1191">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1192" t="s">
-        <v>834</v>
+        <v>2129</v>
       </c>
       <c r="B1192" t="s">
-        <v>1</v>
+        <v>2121</v>
       </c>
       <c r="C1192" t="s">
-        <v>167</v>
+        <v>46</v>
       </c>
       <c r="D1192" t="s">
-        <v>835</v>
+        <v>2130</v>
       </c>
       <c r="E1192">
-        <v>4</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1193" t="s">
-        <v>593</v>
+        <v>1401</v>
       </c>
       <c r="B1193" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1193" t="s">
-        <v>162</v>
+        <v>46</v>
       </c>
       <c r="D1193" t="s">
-        <v>150</v>
+        <v>62</v>
       </c>
       <c r="E1193">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1194" t="s">
-        <v>1281</v>
+        <v>2175</v>
       </c>
       <c r="B1194" t="s">
-        <v>1035</v>
+        <v>2141</v>
       </c>
       <c r="C1194" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="D1194" t="s">
-        <v>454</v>
+        <v>2176</v>
       </c>
       <c r="E1194">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1195" t="s">
-        <v>682</v>
+        <v>221</v>
       </c>
       <c r="B1195" t="s">
         <v>1</v>
       </c>
       <c r="C1195" t="s">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="D1195" t="s">
-        <v>3</v>
+        <v>203</v>
       </c>
       <c r="E1195">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1196" t="s">
-        <v>995</v>
+        <v>2137</v>
       </c>
       <c r="B1196" t="s">
-        <v>1</v>
+        <v>2123</v>
       </c>
       <c r="C1196" t="s">
-        <v>996</v>
+        <v>46</v>
       </c>
       <c r="D1196" t="s">
-        <v>976</v>
+        <v>2138</v>
       </c>
       <c r="E1196">
-        <v>4</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1197" t="s">
-        <v>151</v>
+        <v>1663</v>
       </c>
       <c r="B1197" t="s">
-        <v>1</v>
+        <v>1072</v>
       </c>
       <c r="C1197" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D1197" t="s">
-        <v>150</v>
+        <v>357</v>
       </c>
       <c r="E1197">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1198" t="s">
-        <v>1448</v>
+        <v>1641</v>
       </c>
       <c r="B1198" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1198" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="D1198" t="s">
-        <v>1449</v>
+        <v>357</v>
       </c>
       <c r="E1198">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1199" t="s">
-        <v>1450</v>
+        <v>1666</v>
       </c>
       <c r="B1199" t="s">
-        <v>118</v>
+        <v>793</v>
       </c>
       <c r="C1199" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="D1199" t="s">
-        <v>1449</v>
+        <v>357</v>
       </c>
       <c r="E1199">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1200" t="s">
-        <v>1514</v>
+        <v>2255</v>
       </c>
       <c r="B1200" t="s">
-        <v>1</v>
+        <v>2256</v>
       </c>
       <c r="C1200" t="s">
-        <v>415</v>
+        <v>46</v>
       </c>
       <c r="D1200" t="s">
-        <v>239</v>
+        <v>2254</v>
       </c>
       <c r="E1200">
-        <v>12</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1201" t="s">
-        <v>2171</v>
+        <v>142</v>
       </c>
       <c r="B1201" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1201" t="s">
-        <v>211</v>
+        <v>2</v>
       </c>
       <c r="D1201" t="s">
-        <v>2170</v>
+        <v>133</v>
       </c>
       <c r="E1201">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1202" t="s">
-        <v>2264</v>
+        <v>8</v>
       </c>
       <c r="B1202" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1202" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D1202" t="s">
-        <v>2265</v>
+        <v>3</v>
       </c>
       <c r="E1202">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1203" t="s">
-        <v>2149</v>
+        <v>415</v>
       </c>
       <c r="B1203" t="s">
-        <v>2140</v>
+        <v>1</v>
       </c>
       <c r="C1203" t="s">
+        <v>101</v>
+      </c>
+      <c r="D1203" t="s">
+        <v>416</v>
+      </c>
+      <c r="E1203">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="1204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1204" t="s">
-        <v>1411</v>
+        <v>819</v>
       </c>
       <c r="B1204" t="s">
-        <v>1051</v>
+        <v>1</v>
       </c>
       <c r="C1204" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1204" t="s">
-        <v>723</v>
+        <v>750</v>
       </c>
       <c r="E1204">
         <v>8</v>
       </c>
     </row>
     <row r="1205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1205" t="s">
-        <v>1394</v>
+        <v>1113</v>
       </c>
       <c r="B1205" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1205" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1205" t="s">
-        <v>9</v>
+        <v>1107</v>
       </c>
       <c r="E1205">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1206" t="s">
-        <v>2179</v>
+        <v>787</v>
       </c>
       <c r="B1206" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1206" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D1206" t="s">
-        <v>2180</v>
+        <v>52</v>
       </c>
       <c r="E1206">
         <v>6</v>
       </c>
     </row>
     <row r="1207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1207" t="s">
-        <v>170</v>
+        <v>1424</v>
       </c>
       <c r="B1207" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1207" t="s">
-        <v>55</v>
+        <v>1425</v>
       </c>
       <c r="D1207" t="s">
-        <v>150</v>
+        <v>311</v>
       </c>
       <c r="E1207">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1208" t="s">
-        <v>2157</v>
+        <v>2476</v>
       </c>
       <c r="B1208" t="s">
-        <v>2142</v>
+        <v>2404</v>
       </c>
       <c r="C1208" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="D1208" t="s">
-        <v>2158</v>
+        <v>293</v>
       </c>
       <c r="E1208">
-        <v>99</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1209" t="s">
-        <v>1637</v>
+        <v>2472</v>
       </c>
       <c r="B1209" t="s">
-        <v>1035</v>
+        <v>2404</v>
       </c>
       <c r="C1209" t="s">
-        <v>159</v>
+        <v>98</v>
       </c>
       <c r="D1209" t="s">
-        <v>320</v>
+        <v>293</v>
       </c>
       <c r="E1209">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1210" t="s">
-        <v>1613</v>
+        <v>2135</v>
       </c>
       <c r="B1210" t="s">
-        <v>1</v>
+        <v>2136</v>
       </c>
       <c r="C1210" t="s">
-        <v>159</v>
+        <v>46</v>
       </c>
       <c r="D1210" t="s">
-        <v>320</v>
+        <v>1330</v>
       </c>
       <c r="E1210">
-        <v>9</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1211" t="s">
-        <v>2261</v>
+        <v>788</v>
       </c>
       <c r="B1211" t="s">
-        <v>2262</v>
+        <v>1</v>
       </c>
       <c r="C1211" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1211" t="s">
-        <v>2168</v>
+        <v>789</v>
       </c>
       <c r="E1211">
-        <v>79</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1212" t="s">
-        <v>86</v>
+        <v>2052</v>
       </c>
       <c r="B1212" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1212" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D1212" t="s">
-        <v>75</v>
+        <v>2053</v>
       </c>
       <c r="E1212">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1213" t="s">
-        <v>381</v>
+        <v>479</v>
       </c>
       <c r="B1213" t="s">
         <v>1</v>
       </c>
       <c r="C1213" t="s">
-        <v>39</v>
+        <v>251</v>
       </c>
       <c r="D1213" t="s">
-        <v>382</v>
+        <v>123</v>
       </c>
       <c r="E1213">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1214" t="s">
-        <v>795</v>
+        <v>127</v>
       </c>
       <c r="B1214" t="s">
         <v>1</v>
       </c>
       <c r="C1214" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1214" t="s">
-        <v>725</v>
+        <v>52</v>
       </c>
       <c r="E1214">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1215" t="s">
-        <v>1081</v>
+        <v>690</v>
       </c>
       <c r="B1215" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1215" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1215" t="s">
-        <v>1075</v>
+        <v>203</v>
       </c>
       <c r="E1215">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1216" t="s">
-        <v>762</v>
+        <v>2151</v>
       </c>
       <c r="B1216" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1216" t="s">
-        <v>102</v>
+        <v>2152</v>
       </c>
       <c r="D1216" t="s">
-        <v>20</v>
+        <v>311</v>
       </c>
       <c r="E1216">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1217" t="s">
-        <v>1420</v>
+        <v>1279</v>
       </c>
       <c r="B1217" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1217" t="s">
-        <v>1421</v>
+        <v>308</v>
       </c>
       <c r="D1217" t="s">
-        <v>272</v>
+        <v>794</v>
       </c>
       <c r="E1217">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1218" t="s">
-        <v>2492</v>
+        <v>1853</v>
       </c>
       <c r="B1218" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C1218" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="D1218" t="s">
-        <v>253</v>
+        <v>558</v>
       </c>
       <c r="E1218">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1219" t="s">
-        <v>2488</v>
+        <v>211</v>
       </c>
       <c r="B1219" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1219" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D1219" t="s">
-        <v>253</v>
+        <v>203</v>
       </c>
       <c r="E1219">
-        <v>45</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1220" t="s">
-        <v>1380</v>
+        <v>1752</v>
       </c>
       <c r="B1220" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1220" t="s">
-        <v>269</v>
+        <v>2</v>
       </c>
       <c r="D1220" t="s">
-        <v>325</v>
+        <v>280</v>
       </c>
       <c r="E1220">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1221" t="s">
-        <v>2155</v>
+        <v>1751</v>
       </c>
       <c r="B1221" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1221" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1221" t="s">
-        <v>1312</v>
+        <v>280</v>
       </c>
       <c r="E1221">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1222" t="s">
-        <v>2155</v>
+        <v>7</v>
       </c>
       <c r="B1222" t="s">
-        <v>2156</v>
+        <v>1</v>
       </c>
       <c r="C1222" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1222" t="s">
-        <v>1312</v>
+        <v>3</v>
       </c>
       <c r="E1222">
-        <v>119</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1223" t="s">
-        <v>763</v>
+        <v>951</v>
       </c>
       <c r="B1223" t="s">
         <v>1</v>
       </c>
       <c r="C1223" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1223" t="s">
-        <v>764</v>
+        <v>413</v>
       </c>
       <c r="E1223">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1224" t="s">
-        <v>2071</v>
+        <v>861</v>
       </c>
       <c r="B1224" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1224" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="D1224" t="s">
-        <v>2072</v>
+        <v>862</v>
       </c>
       <c r="E1224">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1225" t="s">
-        <v>445</v>
+        <v>2126</v>
       </c>
       <c r="B1225" t="s">
-        <v>1</v>
+        <v>2123</v>
       </c>
       <c r="C1225" t="s">
-        <v>202</v>
+        <v>738</v>
       </c>
       <c r="D1225" t="s">
-        <v>65</v>
+        <v>2127</v>
       </c>
       <c r="E1225">
-        <v>5</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1226" t="s">
-        <v>69</v>
+        <v>1361</v>
       </c>
       <c r="B1226" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1226" t="s">
-        <v>55</v>
+        <v>154</v>
       </c>
       <c r="D1226" t="s">
-        <v>20</v>
+        <v>924</v>
       </c>
       <c r="E1226">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1227" t="s">
-        <v>659</v>
+        <v>1776</v>
       </c>
       <c r="B1227" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1227" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="D1227" t="s">
-        <v>150</v>
+        <v>558</v>
       </c>
       <c r="E1227">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1228" t="s">
-        <v>1260</v>
+        <v>1818</v>
       </c>
       <c r="B1228" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1228" t="s">
-        <v>269</v>
+        <v>6</v>
       </c>
       <c r="D1228" t="s">
-        <v>770</v>
+        <v>1227</v>
       </c>
       <c r="E1228">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1229" t="s">
-        <v>1845</v>
+        <v>1841</v>
       </c>
       <c r="B1229" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1229" t="s">
-        <v>30</v>
+        <v>164</v>
       </c>
       <c r="D1229" t="s">
-        <v>525</v>
+        <v>357</v>
       </c>
       <c r="E1229">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1230" t="s">
-        <v>1842</v>
+        <v>239</v>
       </c>
       <c r="B1230" t="s">
-        <v>1120</v>
+        <v>1</v>
       </c>
       <c r="C1230" t="s">
-        <v>39</v>
+        <v>202</v>
       </c>
       <c r="D1230" t="s">
-        <v>525</v>
+        <v>52</v>
       </c>
       <c r="E1230">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1231" t="s">
-        <v>158</v>
+        <v>766</v>
       </c>
       <c r="B1231" t="s">
         <v>1</v>
       </c>
       <c r="C1231" t="s">
-        <v>159</v>
+        <v>202</v>
       </c>
       <c r="D1231" t="s">
-        <v>150</v>
+        <v>767</v>
       </c>
       <c r="E1231">
         <v>8</v>
       </c>
     </row>
     <row r="1232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1232" t="s">
-        <v>1734</v>
+        <v>481</v>
       </c>
       <c r="B1232" t="s">
         <v>1</v>
       </c>
       <c r="C1232" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="D1232" t="s">
-        <v>239</v>
+        <v>97</v>
       </c>
       <c r="E1232">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1233" t="s">
-        <v>1733</v>
+        <v>1467</v>
       </c>
       <c r="B1233" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C1233" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D1233" t="s">
-        <v>239</v>
+        <v>360</v>
       </c>
       <c r="E1233">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1234" t="s">
-        <v>934</v>
+        <v>1895</v>
       </c>
       <c r="B1234" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1234" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D1234" t="s">
-        <v>379</v>
+        <v>558</v>
       </c>
       <c r="E1234">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1235" t="s">
-        <v>839</v>
+        <v>1122</v>
       </c>
       <c r="B1235" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1235" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="D1235" t="s">
-        <v>840</v>
+        <v>232</v>
       </c>
       <c r="E1235">
         <v>10</v>
       </c>
     </row>
     <row r="1236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1236" t="s">
-        <v>2146</v>
+        <v>1248</v>
       </c>
       <c r="B1236" t="s">
-        <v>2142</v>
+        <v>793</v>
       </c>
       <c r="C1236" t="s">
-        <v>713</v>
+        <v>1119</v>
       </c>
       <c r="D1236" t="s">
-        <v>2147</v>
+        <v>1233</v>
       </c>
       <c r="E1236">
-        <v>119</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1237" t="s">
-        <v>1323</v>
+        <v>1273</v>
       </c>
       <c r="B1237" t="s">
-        <v>1051</v>
+        <v>793</v>
       </c>
       <c r="C1237" t="s">
-        <v>269</v>
+        <v>1274</v>
       </c>
       <c r="D1237" t="s">
-        <v>1288</v>
+        <v>203</v>
       </c>
       <c r="E1237">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1238" t="s">
-        <v>1352</v>
+        <v>858</v>
       </c>
       <c r="B1238" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1238" t="s">
-        <v>99</v>
+        <v>9</v>
       </c>
       <c r="D1238" t="s">
-        <v>906</v>
+        <v>859</v>
       </c>
       <c r="E1238">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1239" t="s">
-        <v>1802</v>
+        <v>5</v>
       </c>
       <c r="B1239" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1239" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D1239" t="s">
-        <v>1201</v>
+        <v>3</v>
       </c>
       <c r="E1239">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1240" t="s">
-        <v>1801</v>
+        <v>1720</v>
       </c>
       <c r="B1240" t="s">
-        <v>769</v>
+        <v>2079</v>
       </c>
       <c r="C1240" t="s">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D1240" t="s">
-        <v>1201</v>
+        <v>2000</v>
       </c>
       <c r="E1240">
-        <v>7</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1241" t="s">
-        <v>1830</v>
+        <v>1720</v>
       </c>
       <c r="B1241" t="s">
-        <v>769</v>
+        <v>236</v>
       </c>
       <c r="C1241" t="s">
-        <v>110</v>
+        <v>2</v>
       </c>
       <c r="D1241" t="s">
-        <v>320</v>
+        <v>293</v>
       </c>
       <c r="E1241">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1242" t="s">
-        <v>1787</v>
+        <v>1572</v>
       </c>
       <c r="B1242" t="s">
-        <v>1</v>
+        <v>1072</v>
       </c>
       <c r="C1242" t="s">
-        <v>110</v>
+        <v>2</v>
       </c>
       <c r="D1242" t="s">
-        <v>525</v>
+        <v>357</v>
       </c>
       <c r="E1242">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1243" t="s">
-        <v>189</v>
+        <v>1812</v>
       </c>
       <c r="B1243" t="s">
         <v>1</v>
       </c>
       <c r="C1243" t="s">
-        <v>149</v>
+        <v>2</v>
       </c>
       <c r="D1243" t="s">
-        <v>20</v>
+        <v>280</v>
       </c>
       <c r="E1243">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1244" t="s">
-        <v>741</v>
+        <v>156</v>
       </c>
       <c r="B1244" t="s">
         <v>1</v>
       </c>
       <c r="C1244" t="s">
-        <v>149</v>
+        <v>65</v>
       </c>
       <c r="D1244" t="s">
-        <v>742</v>
+        <v>68</v>
       </c>
       <c r="E1244">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1245" t="s">
-        <v>447</v>
+        <v>1640</v>
       </c>
       <c r="B1245" t="s">
         <v>1</v>
       </c>
       <c r="C1245" t="s">
-        <v>39</v>
+        <v>218</v>
       </c>
       <c r="D1245" t="s">
-        <v>34</v>
+        <v>357</v>
       </c>
       <c r="E1245">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1246" t="s">
-        <v>1460</v>
+        <v>277</v>
       </c>
       <c r="B1246" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1246" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D1246" t="s">
-        <v>325</v>
+        <v>278</v>
       </c>
       <c r="E1246">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1247" t="s">
-        <v>1093</v>
+        <v>672</v>
       </c>
       <c r="B1247" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1247" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="D1247" t="s">
-        <v>182</v>
+        <v>572</v>
       </c>
       <c r="E1247">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1248" t="s">
-        <v>1226</v>
+        <v>340</v>
       </c>
       <c r="B1248" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1248" t="s">
-        <v>1089</v>
+        <v>61</v>
       </c>
       <c r="D1248" t="s">
-        <v>1208</v>
+        <v>113</v>
       </c>
       <c r="E1248">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1249" t="s">
-        <v>1251</v>
+        <v>1201</v>
       </c>
       <c r="B1249" t="s">
-        <v>769</v>
+        <v>1062</v>
       </c>
       <c r="C1249" t="s">
-        <v>1252</v>
+        <v>738</v>
       </c>
       <c r="D1249" t="s">
-        <v>150</v>
+        <v>381</v>
       </c>
       <c r="E1249">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1250" t="s">
-        <v>1253</v>
+        <v>1697</v>
       </c>
       <c r="B1250" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1250" t="s">
-        <v>1252</v>
+        <v>61</v>
       </c>
       <c r="D1250" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E1250">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1251" t="s">
-        <v>1254</v>
+        <v>2187</v>
       </c>
       <c r="B1251" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C1251" t="s">
-        <v>1252</v>
+        <v>46</v>
       </c>
       <c r="D1251" t="s">
-        <v>150</v>
+        <v>928</v>
       </c>
       <c r="E1251">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1252" t="s">
-        <v>836</v>
+        <v>1253</v>
       </c>
       <c r="B1252" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1252" t="s">
-        <v>211</v>
+        <v>61</v>
       </c>
       <c r="D1252" t="s">
-        <v>837</v>
+        <v>130</v>
       </c>
       <c r="E1252">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1253" t="s">
-        <v>1699</v>
+        <v>939</v>
       </c>
       <c r="B1253" t="s">
-        <v>2103</v>
+        <v>1</v>
       </c>
       <c r="C1253" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D1253" t="s">
-        <v>2014</v>
+        <v>360</v>
       </c>
       <c r="E1253">
-        <v>45</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1254" t="s">
-        <v>1699</v>
+        <v>701</v>
       </c>
       <c r="B1254" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C1254" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
       <c r="D1254" t="s">
-        <v>253</v>
+        <v>76</v>
       </c>
       <c r="E1254">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1255" t="s">
-        <v>1538</v>
+        <v>175</v>
       </c>
       <c r="B1255" t="s">
-        <v>1035</v>
+        <v>1</v>
       </c>
       <c r="C1255" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
       <c r="D1255" t="s">
-        <v>320</v>
+        <v>165</v>
       </c>
       <c r="E1255">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1256" t="s">
-        <v>1952</v>
+        <v>417</v>
       </c>
       <c r="B1256" t="s">
         <v>1</v>
       </c>
       <c r="C1256" t="s">
-        <v>1615</v>
+        <v>418</v>
       </c>
       <c r="D1256" t="s">
-        <v>239</v>
+        <v>419</v>
       </c>
       <c r="E1256">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1257" t="s">
-        <v>1794</v>
+        <v>2266</v>
       </c>
       <c r="B1257" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1257" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="D1257" t="s">
-        <v>239</v>
+        <v>928</v>
       </c>
       <c r="E1257">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1258" t="s">
-        <v>101</v>
+        <v>904</v>
       </c>
       <c r="B1258" t="s">
         <v>1</v>
       </c>
       <c r="C1258" t="s">
-        <v>102</v>
+        <v>56</v>
       </c>
       <c r="D1258" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="E1258">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1259" t="s">
-        <v>1612</v>
+        <v>2084</v>
       </c>
       <c r="B1259" t="s">
-        <v>1</v>
+        <v>2081</v>
       </c>
       <c r="C1259" t="s">
-        <v>167</v>
+        <v>2</v>
       </c>
       <c r="D1259" t="s">
-        <v>320</v>
+        <v>2085</v>
       </c>
       <c r="E1259">
-        <v>9</v>
+        <v>59</v>
       </c>
     </row>
     <row r="1260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1260" t="s">
-        <v>234</v>
+        <v>1558</v>
       </c>
       <c r="B1260" t="s">
         <v>1</v>
       </c>
       <c r="C1260" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1260" t="s">
-        <v>235</v>
+        <v>357</v>
       </c>
       <c r="E1260">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1261" t="s">
-        <v>641</v>
+        <v>318</v>
       </c>
       <c r="B1261" t="s">
         <v>1</v>
       </c>
       <c r="C1261" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="D1261" t="s">
-        <v>541</v>
+        <v>76</v>
       </c>
       <c r="E1261">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1262" t="s">
-        <v>302</v>
+        <v>1415</v>
       </c>
       <c r="B1262" t="s">
-        <v>1</v>
+        <v>1072</v>
       </c>
       <c r="C1262" t="s">
-        <v>55</v>
+        <v>250</v>
       </c>
       <c r="D1262" t="s">
-        <v>53</v>
+        <v>311</v>
       </c>
       <c r="E1262">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1263" t="s">
-        <v>1091</v>
+        <v>353</v>
       </c>
       <c r="B1263" t="s">
-        <v>769</v>
+        <v>236</v>
       </c>
       <c r="C1263" t="s">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="D1263" t="s">
-        <v>182</v>
+        <v>130</v>
       </c>
       <c r="E1263">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1264" t="s">
-        <v>1174</v>
+        <v>334</v>
       </c>
       <c r="B1264" t="s">
-        <v>1024</v>
+        <v>1</v>
       </c>
       <c r="C1264" t="s">
-        <v>713</v>
+        <v>46</v>
       </c>
       <c r="D1264" t="s">
-        <v>347</v>
+        <v>91</v>
       </c>
       <c r="E1264">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1265" t="s">
-        <v>1671</v>
+        <v>335</v>
       </c>
       <c r="B1265" t="s">
         <v>1</v>
       </c>
       <c r="C1265" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1265" t="s">
-        <v>239</v>
+        <v>91</v>
       </c>
       <c r="E1265">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1266" t="s">
-        <v>2193</v>
+        <v>731</v>
       </c>
       <c r="B1266" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C1266" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1266" t="s">
+        <v>432</v>
+      </c>
+      <c r="E1266">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="1267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1267" t="s">
-        <v>1231</v>
+        <v>731</v>
       </c>
       <c r="B1267" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1267" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1267" t="s">
-        <v>72</v>
+        <v>311</v>
       </c>
       <c r="E1267">
         <v>10</v>
       </c>
     </row>
     <row r="1268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1268" t="s">
-        <v>921</v>
+        <v>2189</v>
       </c>
       <c r="B1268" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1268" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1268" t="s">
+        <v>91</v>
+      </c>
+      <c r="E1268">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="1269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1269" t="s">
-        <v>670</v>
+        <v>2385</v>
       </c>
       <c r="B1269" t="s">
-        <v>1</v>
+        <v>2381</v>
       </c>
       <c r="C1269" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1269" t="s">
+        <v>311</v>
+      </c>
+      <c r="E1269">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="1270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1270" t="s">
-        <v>122</v>
+        <v>1511</v>
       </c>
       <c r="B1270" t="s">
-        <v>1</v>
+        <v>1505</v>
       </c>
       <c r="C1270" t="s">
-        <v>2</v>
+        <v>251</v>
       </c>
       <c r="D1270" t="s">
-        <v>111</v>
+        <v>203</v>
       </c>
       <c r="E1270">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1271" t="s">
-        <v>383</v>
+        <v>561</v>
       </c>
       <c r="B1271" t="s">
         <v>1</v>
       </c>
       <c r="C1271" t="s">
-        <v>384</v>
+        <v>251</v>
       </c>
       <c r="D1271" t="s">
-        <v>385</v>
+        <v>203</v>
       </c>
       <c r="E1271">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1272" t="s">
-        <v>2275</v>
+        <v>562</v>
       </c>
       <c r="B1272" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1272" t="s">
-        <v>211</v>
+        <v>251</v>
       </c>
       <c r="D1272" t="s">
-        <v>910</v>
+        <v>203</v>
       </c>
       <c r="E1272">
         <v>6</v>
       </c>
     </row>
     <row r="1273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1273" t="s">
-        <v>884</v>
+        <v>560</v>
       </c>
       <c r="B1273" t="s">
         <v>1</v>
       </c>
       <c r="C1273" t="s">
-        <v>162</v>
+        <v>251</v>
       </c>
       <c r="D1273" t="s">
-        <v>53</v>
+        <v>203</v>
       </c>
       <c r="E1273">
         <v>6</v>
       </c>
     </row>
     <row r="1274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1274" t="s">
-        <v>2105</v>
+        <v>535</v>
       </c>
       <c r="B1274" t="s">
-        <v>2099</v>
+        <v>1</v>
       </c>
       <c r="C1274" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="D1274" t="s">
-        <v>2106</v>
+        <v>536</v>
       </c>
       <c r="E1274">
-        <v>59</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1275" t="s">
-        <v>1524</v>
+        <v>665</v>
       </c>
       <c r="B1275" t="s">
         <v>1</v>
       </c>
       <c r="C1275" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="D1275" t="s">
-        <v>320</v>
+        <v>572</v>
       </c>
       <c r="E1275">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1276" t="s">
-        <v>279</v>
+        <v>1244</v>
       </c>
       <c r="B1276" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1276" t="s">
-        <v>115</v>
+        <v>61</v>
       </c>
       <c r="D1276" t="s">
-        <v>3</v>
+        <v>360</v>
       </c>
       <c r="E1276">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1277" t="s">
-        <v>1410</v>
+        <v>2492</v>
       </c>
       <c r="B1277" t="s">
-        <v>1035</v>
+        <v>1053</v>
       </c>
       <c r="C1277" t="s">
-        <v>201</v>
+        <v>2493</v>
       </c>
       <c r="D1277" t="s">
-        <v>272</v>
+        <v>2494</v>
       </c>
       <c r="E1277">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1278" t="s">
-        <v>315</v>
+        <v>1355</v>
       </c>
       <c r="B1278" t="s">
-        <v>186</v>
+        <v>793</v>
       </c>
       <c r="C1278" t="s">
-        <v>78</v>
+        <v>738</v>
       </c>
       <c r="D1278" t="s">
-        <v>72</v>
+        <v>1352</v>
       </c>
       <c r="E1278">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1279" t="s">
-        <v>296</v>
+        <v>2050</v>
       </c>
       <c r="B1279" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1279" t="s">
-        <v>8</v>
+        <v>250</v>
       </c>
       <c r="D1279" t="s">
-        <v>26</v>
+        <v>2051</v>
       </c>
       <c r="E1279">
-        <v>10</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1280" t="s">
-        <v>297</v>
+        <v>82</v>
       </c>
       <c r="B1280" t="s">
         <v>1</v>
       </c>
       <c r="C1280" t="s">
-        <v>8</v>
+        <v>83</v>
       </c>
       <c r="D1280" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="E1280">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1281" t="s">
-        <v>704</v>
+        <v>1466</v>
       </c>
       <c r="B1281" t="s">
-        <v>2162</v>
+        <v>171</v>
       </c>
       <c r="C1281" t="s">
-        <v>8</v>
+        <v>154</v>
       </c>
       <c r="D1281" t="s">
-        <v>398</v>
+        <v>97</v>
       </c>
       <c r="E1281">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1282" t="s">
-        <v>704</v>
+        <v>781</v>
       </c>
       <c r="B1282" t="s">
         <v>1</v>
       </c>
       <c r="C1282" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1282" t="s">
-        <v>272</v>
+        <v>782</v>
       </c>
       <c r="E1282">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1283" t="s">
-        <v>2195</v>
+        <v>516</v>
       </c>
       <c r="B1283" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1283" t="s">
-        <v>8</v>
+        <v>274</v>
       </c>
       <c r="D1283" t="s">
-        <v>26</v>
+        <v>360</v>
       </c>
       <c r="E1283">
         <v>8</v>
       </c>
     </row>
     <row r="1284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1284" t="s">
-        <v>2399</v>
+        <v>660</v>
       </c>
       <c r="B1284" t="s">
-        <v>2395</v>
+        <v>1</v>
       </c>
       <c r="C1284" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1284" t="s">
-        <v>272</v>
+        <v>203</v>
       </c>
       <c r="E1284">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1285" t="s">
-        <v>1506</v>
+        <v>1540</v>
       </c>
       <c r="B1285" t="s">
-        <v>1500</v>
+        <v>793</v>
       </c>
       <c r="C1285" t="s">
-        <v>202</v>
+        <v>101</v>
       </c>
       <c r="D1285" t="s">
-        <v>150</v>
+        <v>357</v>
       </c>
       <c r="E1285">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1286" t="s">
-        <v>529</v>
+        <v>2086</v>
       </c>
       <c r="B1286" t="s">
-        <v>1</v>
+        <v>2079</v>
       </c>
       <c r="C1286" t="s">
-        <v>202</v>
+        <v>65</v>
       </c>
       <c r="D1286" t="s">
-        <v>150</v>
+        <v>1086</v>
       </c>
       <c r="E1286">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1287" t="s">
-        <v>530</v>
+        <v>1433</v>
       </c>
       <c r="B1287" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C1287" t="s">
         <v>202</v>
       </c>
       <c r="D1287" t="s">
-        <v>150</v>
+        <v>1043</v>
       </c>
       <c r="E1287">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1288" t="s">
-        <v>528</v>
+        <v>2272</v>
       </c>
       <c r="B1288" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1288" t="s">
-        <v>202</v>
+        <v>6</v>
       </c>
       <c r="D1288" t="s">
-        <v>150</v>
+        <v>2273</v>
       </c>
       <c r="E1288">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1289" t="s">
-        <v>502</v>
+        <v>2278</v>
       </c>
       <c r="B1289" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1289" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="D1289" t="s">
-        <v>503</v>
+        <v>2273</v>
       </c>
       <c r="E1289">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1290" t="s">
-        <v>634</v>
+        <v>1825</v>
       </c>
       <c r="B1290" t="s">
         <v>1</v>
       </c>
       <c r="C1290" t="s">
-        <v>47</v>
+        <v>96</v>
       </c>
       <c r="D1290" t="s">
-        <v>541</v>
+        <v>280</v>
       </c>
       <c r="E1290">
         <v>6</v>
       </c>
     </row>
     <row r="1291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1291" t="s">
-        <v>1222</v>
+        <v>2321</v>
       </c>
       <c r="B1291" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>2287</v>
       </c>
       <c r="D1291" t="s">
-        <v>325</v>
+        <v>2316</v>
       </c>
       <c r="E1291">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1292" t="s">
-        <v>2508</v>
+        <v>2315</v>
       </c>
       <c r="B1292" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>2509</v>
+        <v>2287</v>
       </c>
       <c r="D1292" t="s">
-        <v>2510</v>
+        <v>2316</v>
       </c>
       <c r="E1292">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1293" t="s">
-        <v>1346</v>
+        <v>71</v>
       </c>
       <c r="B1293" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1293" t="s">
-        <v>713</v>
+        <v>46</v>
       </c>
       <c r="D1293" t="s">
-        <v>1343</v>
+        <v>52</v>
       </c>
       <c r="E1293">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1294" t="s">
-        <v>2069</v>
+        <v>823</v>
       </c>
       <c r="B1294" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1294" t="s">
-        <v>201</v>
+        <v>46</v>
       </c>
       <c r="D1294" t="s">
-        <v>2070</v>
+        <v>824</v>
       </c>
       <c r="E1294">
-        <v>29</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1295" t="s">
-        <v>15</v>
+        <v>656</v>
       </c>
       <c r="B1295" t="s">
         <v>1</v>
       </c>
       <c r="C1295" t="s">
-        <v>16</v>
+        <v>251</v>
       </c>
       <c r="D1295" t="s">
-        <v>17</v>
+        <v>203</v>
       </c>
       <c r="E1295">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1296" t="s">
-        <v>1459</v>
+        <v>659</v>
       </c>
       <c r="B1296" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1296" t="s">
-        <v>99</v>
+        <v>251</v>
       </c>
       <c r="D1296" t="s">
-        <v>34</v>
+        <v>203</v>
       </c>
       <c r="E1296">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1297" t="s">
-        <v>756</v>
+        <v>2230</v>
       </c>
       <c r="B1297" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1297" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1297" t="s">
-        <v>757</v>
+        <v>2231</v>
       </c>
       <c r="E1297">
         <v>6</v>
       </c>
     </row>
     <row r="1298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1298" t="s">
-        <v>483</v>
+        <v>158</v>
       </c>
       <c r="B1298" t="s">
         <v>1</v>
       </c>
       <c r="C1298" t="s">
-        <v>229</v>
+        <v>159</v>
       </c>
       <c r="D1298" t="s">
-        <v>325</v>
+        <v>68</v>
       </c>
       <c r="E1298">
         <v>8</v>
       </c>
     </row>
     <row r="1299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1299" t="s">
-        <v>629</v>
+        <v>1238</v>
       </c>
       <c r="B1299" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1299" t="s">
-        <v>78</v>
+        <v>1041</v>
       </c>
       <c r="D1299" t="s">
-        <v>150</v>
+        <v>360</v>
       </c>
       <c r="E1299">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1300" t="s">
-        <v>2107</v>
+        <v>2193</v>
       </c>
       <c r="B1300" t="s">
-        <v>2103</v>
+        <v>2141</v>
       </c>
       <c r="C1300" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1300" t="s">
-        <v>1049</v>
+        <v>2194</v>
       </c>
       <c r="E1300">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1301" t="s">
-        <v>1967</v>
+        <v>2072</v>
       </c>
       <c r="B1301" t="s">
-        <v>769</v>
+        <v>2065</v>
       </c>
       <c r="C1301" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D1301" t="s">
-        <v>320</v>
+        <v>2073</v>
       </c>
       <c r="E1301">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1302" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="B1302" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C1302" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D1302" t="s">
-        <v>2282</v>
+        <v>950</v>
       </c>
       <c r="E1302">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1303" t="s">
-        <v>2288</v>
+        <v>2299</v>
       </c>
       <c r="B1303" t="s">
-        <v>2162</v>
+        <v>2287</v>
       </c>
       <c r="C1303" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2282</v>
+        <v>46</v>
       </c>
       <c r="E1303">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1304" t="s">
-        <v>1809</v>
+        <v>2298</v>
       </c>
       <c r="B1304" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C1304" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>46</v>
       </c>
       <c r="E1304">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1305" t="s">
-        <v>2335</v>
+        <v>2069</v>
       </c>
       <c r="B1305" t="s">
-        <v>2299</v>
+        <v>2065</v>
+      </c>
+      <c r="C1305" t="s">
+        <v>46</v>
       </c>
       <c r="D1305" t="s">
-        <v>2330</v>
+        <v>62</v>
       </c>
       <c r="E1305">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1306" t="s">
-        <v>2329</v>
+        <v>2068</v>
       </c>
       <c r="B1306" t="s">
-        <v>2299</v>
+        <v>2065</v>
+      </c>
+      <c r="C1306" t="s">
+        <v>46</v>
       </c>
       <c r="D1306" t="s">
-        <v>2330</v>
+        <v>62</v>
       </c>
       <c r="E1306">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1307" t="s">
-        <v>799</v>
+        <v>128</v>
       </c>
       <c r="B1307" t="s">
         <v>1</v>
       </c>
       <c r="C1307" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1307" t="s">
-        <v>800</v>
+        <v>126</v>
       </c>
       <c r="E1307">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1308" t="s">
-        <v>625</v>
+        <v>26</v>
       </c>
       <c r="B1308" t="s">
         <v>1</v>
       </c>
       <c r="C1308" t="s">
-        <v>202</v>
+        <v>6</v>
       </c>
       <c r="D1308" t="s">
-        <v>150</v>
+        <v>3</v>
       </c>
       <c r="E1308">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1309" t="s">
-        <v>628</v>
+        <v>30</v>
       </c>
       <c r="B1309" t="s">
         <v>1</v>
       </c>
       <c r="C1309" t="s">
-        <v>202</v>
+        <v>31</v>
       </c>
       <c r="D1309" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="E1309">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1310" t="s">
-        <v>2237</v>
+        <v>30</v>
       </c>
       <c r="B1310" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C1310" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D1310" t="s">
-        <v>2238</v>
+        <v>32</v>
       </c>
       <c r="E1310">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1311" t="s">
-        <v>104</v>
+        <v>1134</v>
       </c>
       <c r="B1311" t="s">
-        <v>1</v>
+        <v>1085</v>
       </c>
       <c r="C1311" t="s">
-        <v>105</v>
+        <v>61</v>
       </c>
       <c r="D1311" t="s">
-        <v>96</v>
+        <v>1086</v>
       </c>
       <c r="E1311">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1312" t="s">
-        <v>1214</v>
+        <v>695</v>
       </c>
       <c r="B1312" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1312" t="s">
-        <v>1215</v>
+        <v>31</v>
       </c>
       <c r="D1312" t="s">
-        <v>325</v>
+        <v>76</v>
       </c>
       <c r="E1312">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1313" t="s">
-        <v>2199</v>
+        <v>1435</v>
       </c>
       <c r="B1313" t="s">
-        <v>2162</v>
+        <v>171</v>
       </c>
       <c r="C1313" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1313" t="s">
-        <v>2200</v>
+        <v>44</v>
       </c>
       <c r="E1313">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1314" t="s">
-        <v>2092</v>
+        <v>1651</v>
       </c>
       <c r="B1314" t="s">
-        <v>2085</v>
+        <v>1</v>
       </c>
       <c r="C1314" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1314" t="s">
-        <v>2093</v>
+        <v>280</v>
       </c>
       <c r="E1314">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1315" t="s">
-        <v>2328</v>
+        <v>2232</v>
       </c>
       <c r="B1315" t="s">
-        <v>2299</v>
+        <v>2141</v>
       </c>
       <c r="C1315" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="D1315" t="s">
-        <v>9</v>
+        <v>2233</v>
       </c>
       <c r="E1315">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1316" t="s">
-        <v>2295</v>
+        <v>724</v>
       </c>
       <c r="B1316" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1316" t="s">
-        <v>8</v>
+        <v>180</v>
       </c>
       <c r="D1316" t="s">
-        <v>933</v>
+        <v>76</v>
       </c>
       <c r="E1316">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1317" t="s">
-        <v>2206</v>
+        <v>400</v>
       </c>
       <c r="B1317" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1317" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="D1317" t="s">
-        <v>2207</v>
+        <v>52</v>
       </c>
       <c r="E1317">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1318" t="s">
-        <v>2311</v>
+        <v>2172</v>
       </c>
       <c r="B1318" t="s">
-        <v>2299</v>
+        <v>2141</v>
       </c>
       <c r="C1318" t="s">
-        <v>8</v>
+        <v>6</v>
+      </c>
+      <c r="D1318" t="s">
+        <v>2171</v>
       </c>
       <c r="E1318">
         <v>16</v>
       </c>
     </row>
     <row r="1319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1319" t="s">
-        <v>2310</v>
+        <v>1260</v>
       </c>
       <c r="B1319" t="s">
-        <v>2299</v>
+        <v>793</v>
       </c>
       <c r="C1319" t="s">
-        <v>8</v>
+        <v>752</v>
+      </c>
+      <c r="D1319" t="s">
+        <v>536</v>
       </c>
       <c r="E1319">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1320" t="s">
-        <v>2089</v>
+        <v>2207</v>
       </c>
       <c r="B1320" t="s">
-        <v>2085</v>
+        <v>2208</v>
       </c>
       <c r="C1320" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="D1320" t="s">
-        <v>9</v>
+        <v>1330</v>
       </c>
       <c r="E1320">
-        <v>9</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1321" t="s">
-        <v>2088</v>
+        <v>2290</v>
       </c>
       <c r="B1321" t="s">
-        <v>2085</v>
+        <v>2287</v>
       </c>
       <c r="C1321" t="s">
-        <v>8</v>
+        <v>1041</v>
       </c>
       <c r="D1321" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="E1321">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1322" t="s">
-        <v>70</v>
+        <v>1326</v>
       </c>
       <c r="B1322" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1322" t="s">
-        <v>55</v>
+        <v>1041</v>
       </c>
       <c r="D1322" t="s">
-        <v>68</v>
+        <v>360</v>
       </c>
       <c r="E1322">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1323" t="s">
-        <v>1105</v>
+        <v>1418</v>
       </c>
       <c r="B1323" t="s">
-        <v>1048</v>
+        <v>1263</v>
       </c>
       <c r="C1323" t="s">
-        <v>55</v>
+        <v>1419</v>
       </c>
       <c r="D1323" t="s">
-        <v>1049</v>
+        <v>980</v>
       </c>
       <c r="E1323">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1324" t="s">
-        <v>664</v>
+        <v>1006</v>
       </c>
       <c r="B1324" t="s">
         <v>1</v>
       </c>
       <c r="C1324" t="s">
-        <v>2</v>
+        <v>1007</v>
       </c>
       <c r="D1324" t="s">
-        <v>3</v>
+        <v>311</v>
       </c>
       <c r="E1324">
         <v>6</v>
       </c>
     </row>
     <row r="1325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1325" t="s">
-        <v>1625</v>
+        <v>496</v>
       </c>
       <c r="B1325" t="s">
         <v>1</v>
       </c>
       <c r="C1325" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D1325" t="s">
-        <v>239</v>
+        <v>360</v>
       </c>
       <c r="E1325">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1326" t="s">
-        <v>2239</v>
+        <v>502</v>
       </c>
       <c r="B1326" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1326" t="s">
-        <v>47</v>
+        <v>296</v>
       </c>
       <c r="D1326" t="s">
-        <v>2240</v>
+        <v>360</v>
       </c>
       <c r="E1326">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1327" t="s">
-        <v>1991</v>
+        <v>670</v>
       </c>
       <c r="B1327" t="s">
         <v>1</v>
       </c>
       <c r="C1327" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D1327" t="s">
-        <v>239</v>
+        <v>572</v>
       </c>
       <c r="E1327">
         <v>6</v>
       </c>
     </row>
     <row r="1328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1328" t="s">
-        <v>994</v>
+        <v>2080</v>
       </c>
       <c r="B1328" t="s">
-        <v>1</v>
+        <v>2081</v>
       </c>
       <c r="C1328" t="s">
-        <v>8</v>
+        <v>250</v>
       </c>
       <c r="D1328" t="s">
-        <v>976</v>
+        <v>2082</v>
       </c>
       <c r="E1328">
-        <v>125</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1329" t="s">
-        <v>2159</v>
+        <v>2083</v>
       </c>
       <c r="B1329" t="s">
-        <v>2013</v>
+        <v>2081</v>
       </c>
       <c r="C1329" t="s">
-        <v>36</v>
+        <v>250</v>
       </c>
       <c r="D1329" t="s">
-        <v>272</v>
+        <v>2082</v>
       </c>
       <c r="E1329">
-        <v>99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1330" t="s">
-        <v>695</v>
+        <v>1688</v>
       </c>
       <c r="B1330" t="s">
         <v>1</v>
       </c>
       <c r="C1330" t="s">
-        <v>127</v>
+        <v>250</v>
       </c>
       <c r="D1330" t="s">
-        <v>3</v>
+        <v>280</v>
       </c>
       <c r="E1330">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1331" t="s">
-        <v>366</v>
+        <v>1606</v>
       </c>
       <c r="B1331" t="s">
         <v>1</v>
       </c>
       <c r="C1331" t="s">
-        <v>115</v>
+        <v>1485</v>
       </c>
       <c r="D1331" t="s">
-        <v>20</v>
+        <v>280</v>
       </c>
       <c r="E1331">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1332" t="s">
-        <v>2175</v>
+        <v>1240</v>
       </c>
       <c r="B1332" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1332" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="D1332" t="s">
-        <v>2174</v>
+        <v>360</v>
       </c>
       <c r="E1332">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1333" t="s">
-        <v>1238</v>
+        <v>276</v>
       </c>
       <c r="B1333" t="s">
-        <v>769</v>
+        <v>236</v>
       </c>
       <c r="C1333" t="s">
-        <v>727</v>
+        <v>12</v>
       </c>
       <c r="D1333" t="s">
-        <v>503</v>
+        <v>130</v>
       </c>
       <c r="E1333">
         <v>10</v>
       </c>
     </row>
     <row r="1334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1334" t="s">
-        <v>2217</v>
+        <v>303</v>
       </c>
       <c r="B1334" t="s">
-        <v>2218</v>
+        <v>1</v>
       </c>
       <c r="C1334" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D1334" t="s">
-        <v>1312</v>
+        <v>304</v>
       </c>
       <c r="E1334">
-        <v>79</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1335" t="s">
-        <v>2302</v>
+        <v>1514</v>
       </c>
       <c r="B1335" t="s">
-        <v>2299</v>
+        <v>1515</v>
       </c>
       <c r="C1335" t="s">
-        <v>1215</v>
+        <v>46</v>
       </c>
       <c r="D1335" t="s">
-        <v>966</v>
+        <v>1516</v>
       </c>
       <c r="E1335">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1336" t="s">
-        <v>1308</v>
+        <v>2195</v>
       </c>
       <c r="B1336" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C1336" t="s">
-        <v>1215</v>
+        <v>46</v>
       </c>
       <c r="D1336" t="s">
-        <v>325</v>
+        <v>304</v>
       </c>
       <c r="E1336">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1337" t="s">
-        <v>1414</v>
+        <v>474</v>
       </c>
       <c r="B1337" t="s">
-        <v>1241</v>
+        <v>1</v>
       </c>
       <c r="C1337" t="s">
-        <v>1415</v>
+        <v>2</v>
       </c>
       <c r="D1337" t="s">
-        <v>966</v>
+        <v>475</v>
       </c>
       <c r="E1337">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1338" t="s">
-        <v>992</v>
+        <v>1490</v>
       </c>
       <c r="B1338" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C1338" t="s">
-        <v>993</v>
+        <v>164</v>
       </c>
       <c r="D1338" t="s">
-        <v>272</v>
+        <v>1491</v>
       </c>
       <c r="E1338">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1339" t="s">
-        <v>323</v>
+        <v>2390</v>
       </c>
       <c r="B1339" t="s">
-        <v>1</v>
+        <v>2387</v>
       </c>
       <c r="C1339" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>98</v>
       </c>
       <c r="E1339">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1340" t="s">
-        <v>462</v>
+        <v>1820</v>
       </c>
       <c r="B1340" t="s">
         <v>1</v>
       </c>
       <c r="C1340" t="s">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="D1340" t="s">
-        <v>325</v>
+        <v>293</v>
       </c>
       <c r="E1340">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1341" t="s">
-        <v>468</v>
+        <v>1803</v>
       </c>
       <c r="B1341" t="s">
         <v>1</v>
       </c>
       <c r="C1341" t="s">
-        <v>256</v>
+        <v>2</v>
       </c>
       <c r="D1341" t="s">
-        <v>325</v>
+        <v>293</v>
       </c>
       <c r="E1341">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1342" t="s">
-        <v>639</v>
+        <v>1766</v>
       </c>
       <c r="B1342" t="s">
         <v>1</v>
       </c>
       <c r="C1342" t="s">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D1342" t="s">
-        <v>541</v>
+        <v>293</v>
       </c>
       <c r="E1342">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1343" t="s">
-        <v>2098</v>
+        <v>1824</v>
       </c>
       <c r="B1343" t="s">
-        <v>2099</v>
+        <v>1</v>
       </c>
       <c r="C1343" t="s">
-        <v>201</v>
+        <v>2</v>
       </c>
       <c r="D1343" t="s">
-        <v>2100</v>
+        <v>293</v>
       </c>
       <c r="E1343">
-        <v>45</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1344" t="s">
-        <v>2101</v>
+        <v>1821</v>
       </c>
       <c r="B1344" t="s">
-        <v>2099</v>
+        <v>1</v>
       </c>
       <c r="C1344" t="s">
-        <v>201</v>
+        <v>2</v>
       </c>
       <c r="D1344" t="s">
-        <v>2100</v>
+        <v>293</v>
       </c>
       <c r="E1344">
-        <v>49</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1345" t="s">
-        <v>1662</v>
+        <v>1835</v>
       </c>
       <c r="B1345" t="s">
         <v>1</v>
       </c>
       <c r="C1345" t="s">
-        <v>201</v>
+        <v>2</v>
       </c>
       <c r="D1345" t="s">
-        <v>239</v>
+        <v>293</v>
       </c>
       <c r="E1345">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1346" t="s">
-        <v>1574</v>
+        <v>1804</v>
       </c>
       <c r="B1346" t="s">
         <v>1</v>
       </c>
       <c r="C1346" t="s">
-        <v>1479</v>
+        <v>2</v>
       </c>
       <c r="D1346" t="s">
-        <v>239</v>
+        <v>293</v>
       </c>
       <c r="E1346">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1347" t="s">
-        <v>1218</v>
+        <v>1765</v>
       </c>
       <c r="B1347" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1347" t="s">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="D1347" t="s">
-        <v>325</v>
+        <v>293</v>
       </c>
       <c r="E1347">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1348" t="s">
-        <v>231</v>
+        <v>1767</v>
       </c>
       <c r="B1348" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C1348" t="s">
-        <v>206</v>
+        <v>2</v>
       </c>
       <c r="D1348" t="s">
-        <v>72</v>
+        <v>293</v>
       </c>
       <c r="E1348">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1349" t="s">
-        <v>264</v>
+        <v>1819</v>
       </c>
       <c r="B1349" t="s">
         <v>1</v>
       </c>
       <c r="C1349" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1349" t="s">
+        <v>293</v>
+      </c>
+      <c r="E1349">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="1350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1350" t="s">
-        <v>1509</v>
+        <v>1823</v>
       </c>
       <c r="B1350" t="s">
-        <v>1510</v>
+        <v>1</v>
       </c>
       <c r="C1350" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1350" t="s">
+        <v>293</v>
+      </c>
+      <c r="E1350">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="1351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1351" t="s">
-        <v>2201</v>
+        <v>24</v>
       </c>
       <c r="B1351" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1351" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1351" t="s">
-        <v>265</v>
+        <v>3</v>
       </c>
       <c r="E1351">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1352" t="s">
-        <v>440</v>
+        <v>1139</v>
       </c>
       <c r="B1352" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1352" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="D1352" t="s">
-        <v>441</v>
+        <v>1140</v>
       </c>
       <c r="E1352">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1353" t="s">
-        <v>1484</v>
+        <v>29</v>
       </c>
       <c r="B1353" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1353" t="s">
-        <v>110</v>
+        <v>9</v>
       </c>
       <c r="D1353" t="s">
-        <v>1485</v>
+        <v>3</v>
       </c>
       <c r="E1353">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1354" t="s">
-        <v>2408</v>
+        <v>325</v>
       </c>
       <c r="B1354" t="s">
-        <v>2403</v>
+        <v>1</v>
       </c>
       <c r="C1354" t="s">
-        <v>36</v>
+        <v>326</v>
+      </c>
+      <c r="D1354" t="s">
+        <v>327</v>
       </c>
       <c r="E1354">
         <v>25</v>
       </c>
     </row>
     <row r="1355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1355" t="s">
-        <v>1804</v>
+        <v>1574</v>
       </c>
       <c r="B1355" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1355" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="D1355" t="s">
-        <v>253</v>
+        <v>1227</v>
       </c>
       <c r="E1355">
         <v>8</v>
       </c>
     </row>
     <row r="1356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1356" t="s">
-        <v>1783</v>
+        <v>757</v>
       </c>
       <c r="B1356" t="s">
-        <v>1</v>
+        <v>236</v>
       </c>
       <c r="C1356" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="D1356" t="s">
-        <v>253</v>
+        <v>488</v>
       </c>
       <c r="E1356">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1357" t="s">
-        <v>1748</v>
+        <v>2199</v>
       </c>
       <c r="B1357" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1357" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="D1357" t="s">
-        <v>253</v>
+        <v>2200</v>
       </c>
       <c r="E1357">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1358" t="s">
-        <v>1808</v>
+        <v>668</v>
       </c>
       <c r="B1358" t="s">
         <v>1</v>
       </c>
       <c r="C1358" t="s">
-        <v>78</v>
+        <v>251</v>
       </c>
       <c r="D1358" t="s">
-        <v>253</v>
+        <v>203</v>
       </c>
       <c r="E1358">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1359" t="s">
-        <v>1805</v>
+        <v>668</v>
       </c>
       <c r="B1359" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1359" t="s">
-        <v>78</v>
+        <v>251</v>
       </c>
       <c r="D1359" t="s">
-        <v>253</v>
+        <v>203</v>
       </c>
       <c r="E1359">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1360" t="s">
-        <v>1822</v>
+        <v>664</v>
       </c>
       <c r="B1360" t="s">
         <v>1</v>
       </c>
       <c r="C1360" t="s">
-        <v>78</v>
+        <v>202</v>
       </c>
       <c r="D1360" t="s">
-        <v>253</v>
+        <v>203</v>
       </c>
       <c r="E1360">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1361" t="s">
-        <v>1784</v>
+        <v>2334</v>
       </c>
       <c r="B1361" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C1361" t="s">
-        <v>78</v>
+        <v>274</v>
       </c>
       <c r="D1361" t="s">
-        <v>253</v>
+        <v>113</v>
       </c>
       <c r="E1361">
         <v>8</v>
       </c>
     </row>
     <row r="1362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1362" t="s">
-        <v>1747</v>
+        <v>1405</v>
       </c>
       <c r="B1362" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1362" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="D1362" t="s">
-        <v>253</v>
+        <v>311</v>
       </c>
       <c r="E1362">
         <v>8</v>
       </c>
     </row>
     <row r="1363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1363" t="s">
-        <v>1749</v>
+        <v>1417</v>
       </c>
       <c r="B1363" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1363" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D1363" t="s">
-        <v>253</v>
+        <v>311</v>
       </c>
       <c r="E1363">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1364" t="s">
-        <v>1803</v>
+        <v>962</v>
       </c>
       <c r="B1364" t="s">
         <v>1</v>
       </c>
       <c r="C1364" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="D1364" t="s">
-        <v>253</v>
+        <v>963</v>
       </c>
       <c r="E1364">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1365" t="s">
-        <v>1807</v>
+        <v>1402</v>
       </c>
       <c r="B1365" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1365" t="s">
-        <v>78</v>
+        <v>1403</v>
       </c>
       <c r="D1365" t="s">
-        <v>253</v>
+        <v>963</v>
       </c>
       <c r="E1365">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1366" t="s">
-        <v>1110</v>
+        <v>1773</v>
       </c>
       <c r="B1366" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1366" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D1366" t="s">
-        <v>1111</v>
+        <v>280</v>
       </c>
       <c r="E1366">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1367" t="s">
-        <v>286</v>
+        <v>565</v>
       </c>
       <c r="B1367" t="s">
         <v>1</v>
       </c>
       <c r="C1367" t="s">
-        <v>287</v>
+        <v>56</v>
       </c>
       <c r="D1367" t="s">
-        <v>288</v>
+        <v>566</v>
       </c>
       <c r="E1367">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1368" t="s">
-        <v>1540</v>
+        <v>644</v>
       </c>
       <c r="B1368" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1368" t="s">
-        <v>19</v>
+        <v>164</v>
       </c>
       <c r="D1368" t="s">
-        <v>1201</v>
+        <v>572</v>
       </c>
       <c r="E1368">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1369" t="s">
-        <v>732</v>
+        <v>490</v>
       </c>
       <c r="B1369" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C1369" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="D1369" t="s">
-        <v>454</v>
+        <v>488</v>
       </c>
       <c r="E1369">
         <v>12</v>
       </c>
     </row>
     <row r="1370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1370" t="s">
-        <v>2209</v>
+        <v>2173</v>
       </c>
       <c r="B1370" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C1370" t="s">
-        <v>55</v>
+        <v>224</v>
       </c>
       <c r="D1370" t="s">
-        <v>2210</v>
+        <v>2171</v>
       </c>
       <c r="E1370">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1371" t="s">
-        <v>637</v>
+        <v>820</v>
       </c>
       <c r="B1371" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1371" t="s">
-        <v>202</v>
+        <v>46</v>
       </c>
       <c r="D1371" t="s">
-        <v>150</v>
+        <v>750</v>
       </c>
       <c r="E1371">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1372" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="B1372" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1372" t="s">
-        <v>202</v>
+        <v>164</v>
       </c>
       <c r="D1372" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1372">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1373" t="s">
-        <v>633</v>
+        <v>647</v>
       </c>
       <c r="B1373" t="s">
         <v>1</v>
       </c>
       <c r="C1373" t="s">
-        <v>149</v>
+        <v>164</v>
       </c>
       <c r="D1373" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1373">
         <v>6</v>
       </c>
     </row>
     <row r="1374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1374" t="s">
-        <v>2348</v>
+        <v>1265</v>
       </c>
       <c r="B1374" t="s">
-        <v>2343</v>
+        <v>793</v>
       </c>
       <c r="C1374" t="s">
-        <v>229</v>
+        <v>31</v>
       </c>
       <c r="D1374" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="E1374">
         <v>8</v>
       </c>
     </row>
     <row r="1375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1375" t="s">
-        <v>1401</v>
+        <v>889</v>
       </c>
       <c r="B1375" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1375" t="s">
-        <v>162</v>
+        <v>112</v>
       </c>
       <c r="D1375" t="s">
-        <v>272</v>
+        <v>890</v>
       </c>
       <c r="E1375">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1376" t="s">
-        <v>1413</v>
+        <v>141</v>
       </c>
       <c r="B1376" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1376" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="D1376" t="s">
-        <v>272</v>
+        <v>133</v>
       </c>
       <c r="E1376">
         <v>12</v>
       </c>
     </row>
     <row r="1377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1377" t="s">
-        <v>948</v>
+        <v>2031</v>
       </c>
       <c r="B1377" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1377" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D1377" t="s">
-        <v>949</v>
+        <v>2032</v>
       </c>
       <c r="E1377">
-        <v>4</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1378" t="s">
-        <v>1395</v>
+        <v>2399</v>
       </c>
       <c r="B1378" t="s">
-        <v>769</v>
+        <v>2387</v>
       </c>
       <c r="C1378" t="s">
-        <v>1396</v>
-[...2 lines deleted...]
-        <v>949</v>
+        <v>98</v>
       </c>
       <c r="E1378">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1379" t="s">
-        <v>1755</v>
+        <v>1111</v>
       </c>
       <c r="B1379" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1379" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1379" t="s">
-        <v>239</v>
+        <v>1107</v>
       </c>
       <c r="E1379">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1380" t="s">
-        <v>1667</v>
+        <v>726</v>
       </c>
       <c r="B1380" t="s">
         <v>1</v>
       </c>
       <c r="C1380" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D1380" t="s">
-        <v>421</v>
+        <v>536</v>
       </c>
       <c r="E1380">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1381" t="s">
-        <v>533</v>
+        <v>725</v>
       </c>
       <c r="B1381" t="s">
         <v>1</v>
       </c>
       <c r="C1381" t="s">
-        <v>162</v>
+        <v>2</v>
       </c>
       <c r="D1381" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="E1381">
         <v>6</v>
       </c>
     </row>
     <row r="1382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1382" t="s">
-        <v>613</v>
+        <v>1480</v>
       </c>
       <c r="B1382" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C1382" t="s">
-        <v>110</v>
+        <v>1481</v>
       </c>
       <c r="D1382" t="s">
-        <v>541</v>
+        <v>76</v>
       </c>
       <c r="E1382">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1383" t="s">
-        <v>456</v>
+        <v>522</v>
       </c>
       <c r="B1383" t="s">
         <v>1</v>
       </c>
       <c r="C1383" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="D1383" t="s">
-        <v>454</v>
+        <v>360</v>
       </c>
       <c r="E1383">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1384" t="s">
-        <v>2176</v>
+        <v>1900</v>
       </c>
       <c r="B1384" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1384" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="D1384" t="s">
-        <v>2174</v>
+        <v>280</v>
       </c>
       <c r="E1384">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1385" t="s">
-        <v>796</v>
+        <v>1878</v>
       </c>
       <c r="B1385" t="s">
         <v>1</v>
       </c>
       <c r="C1385" t="s">
-        <v>8</v>
+        <v>261</v>
       </c>
       <c r="D1385" t="s">
-        <v>725</v>
+        <v>280</v>
       </c>
       <c r="E1385">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1386" t="s">
-        <v>1431</v>
+        <v>1779</v>
       </c>
       <c r="B1386" t="s">
-        <v>118</v>
+        <v>793</v>
       </c>
       <c r="C1386" t="s">
-        <v>127</v>
+        <v>218</v>
       </c>
       <c r="D1386" t="s">
-        <v>217</v>
+        <v>754</v>
       </c>
       <c r="E1386">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1387" t="s">
-        <v>616</v>
+        <v>289</v>
       </c>
       <c r="B1387" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1387" t="s">
-        <v>110</v>
+        <v>6</v>
       </c>
       <c r="D1387" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="E1387">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1388" t="s">
-        <v>616</v>
+        <v>1183</v>
       </c>
       <c r="B1388" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1388" t="s">
-        <v>110</v>
+        <v>296</v>
       </c>
       <c r="D1388" t="s">
-        <v>150</v>
+        <v>366</v>
       </c>
       <c r="E1388">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1389" t="s">
-        <v>1243</v>
+        <v>242</v>
       </c>
       <c r="B1389" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1389" t="s">
-        <v>2</v>
+        <v>243</v>
       </c>
       <c r="D1389" t="s">
-        <v>3</v>
+        <v>244</v>
       </c>
       <c r="E1389">
         <v>8</v>
       </c>
     </row>
     <row r="1390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1390" t="s">
-        <v>869</v>
+        <v>2008</v>
       </c>
       <c r="B1390" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1390" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D1390" t="s">
-        <v>870</v>
+        <v>203</v>
       </c>
       <c r="E1390">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1391" t="s">
-        <v>85</v>
+        <v>510</v>
       </c>
       <c r="B1391" t="s">
         <v>1</v>
       </c>
       <c r="C1391" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="D1391" t="s">
-        <v>75</v>
+        <v>360</v>
       </c>
       <c r="E1391">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1392" t="s">
-        <v>2050</v>
+        <v>240</v>
       </c>
       <c r="B1392" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1392" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1392" t="s">
-        <v>2051</v>
+        <v>241</v>
       </c>
       <c r="E1392">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1393" t="s">
-        <v>2417</v>
+        <v>10</v>
       </c>
       <c r="B1393" t="s">
-        <v>2403</v>
+        <v>1</v>
       </c>
       <c r="C1393" t="s">
-        <v>36</v>
+        <v>6</v>
+      </c>
+      <c r="D1393" t="s">
+        <v>3</v>
       </c>
       <c r="E1393">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1394" t="s">
-        <v>1079</v>
+        <v>64</v>
       </c>
       <c r="B1394" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1394" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="D1394" t="s">
-        <v>1075</v>
+        <v>66</v>
       </c>
       <c r="E1394">
         <v>16</v>
       </c>
     </row>
     <row r="1395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1395" t="s">
-        <v>697</v>
+        <v>2107</v>
       </c>
       <c r="B1395" t="s">
-        <v>1</v>
+        <v>2105</v>
       </c>
       <c r="C1395" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D1395" t="s">
-        <v>503</v>
+        <v>1150</v>
       </c>
       <c r="E1395">
-        <v>8</v>
+        <v>66</v>
       </c>
     </row>
     <row r="1396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1396" t="s">
-        <v>696</v>
+        <v>1683</v>
       </c>
       <c r="B1396" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1396" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="D1396" t="s">
-        <v>503</v>
+        <v>280</v>
       </c>
       <c r="E1396">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1397" t="s">
-        <v>1474</v>
+        <v>1947</v>
       </c>
       <c r="B1397" t="s">
-        <v>118</v>
+        <v>793</v>
       </c>
       <c r="C1397" t="s">
-        <v>1475</v>
+        <v>98</v>
       </c>
       <c r="D1397" t="s">
-        <v>3</v>
+        <v>558</v>
       </c>
       <c r="E1397">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1398" t="s">
-        <v>489</v>
+        <v>1971</v>
       </c>
       <c r="B1398" t="s">
-        <v>1</v>
+        <v>2105</v>
       </c>
       <c r="C1398" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="D1398" t="s">
-        <v>325</v>
+        <v>1086</v>
       </c>
       <c r="E1398">
-        <v>8</v>
+        <v>66</v>
       </c>
     </row>
     <row r="1399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1399" t="s">
-        <v>1896</v>
+        <v>1932</v>
       </c>
       <c r="B1399" t="s">
-        <v>1</v>
+        <v>2099</v>
       </c>
       <c r="C1399" t="s">
-        <v>110</v>
+        <v>65</v>
       </c>
       <c r="D1399" t="s">
-        <v>239</v>
+        <v>1150</v>
       </c>
       <c r="E1399">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1400" t="s">
-        <v>1895</v>
+        <v>253</v>
       </c>
       <c r="B1400" t="s">
         <v>1</v>
       </c>
       <c r="C1400" t="s">
-        <v>110</v>
+        <v>56</v>
       </c>
       <c r="D1400" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E1400">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1401" t="s">
-        <v>1873</v>
+        <v>2261</v>
       </c>
       <c r="B1401" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1401" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="D1401" t="s">
-        <v>239</v>
+        <v>2202</v>
       </c>
       <c r="E1401">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1402" t="s">
-        <v>1760</v>
+        <v>2508</v>
       </c>
       <c r="B1402" t="s">
-        <v>769</v>
-[...5 lines deleted...]
-        <v>729</v>
+        <v>2509</v>
       </c>
       <c r="E1402">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1403" t="s">
-        <v>249</v>
+        <v>837</v>
       </c>
       <c r="B1403" t="s">
-        <v>1</v>
+        <v>838</v>
       </c>
       <c r="C1403" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D1403" t="s">
-        <v>248</v>
+        <v>550</v>
       </c>
       <c r="E1403">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1404" t="s">
-        <v>1156</v>
+        <v>842</v>
       </c>
       <c r="B1404" t="s">
-        <v>769</v>
+        <v>838</v>
       </c>
       <c r="C1404" t="s">
-        <v>256</v>
+        <v>61</v>
       </c>
       <c r="D1404" t="s">
-        <v>332</v>
+        <v>550</v>
       </c>
       <c r="E1404">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1405" t="s">
-        <v>192</v>
+        <v>1645</v>
       </c>
       <c r="B1405" t="s">
         <v>1</v>
       </c>
       <c r="C1405" t="s">
-        <v>193</v>
+        <v>132</v>
       </c>
       <c r="D1405" t="s">
-        <v>194</v>
+        <v>357</v>
       </c>
       <c r="E1405">
         <v>8</v>
       </c>
     </row>
     <row r="1406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1406" t="s">
-        <v>2025</v>
+        <v>2147</v>
       </c>
       <c r="B1406" t="s">
-        <v>2013</v>
+        <v>2141</v>
       </c>
       <c r="C1406" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1406" t="s">
-        <v>150</v>
+        <v>950</v>
       </c>
       <c r="E1406">
-        <v>35</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1407" t="s">
-        <v>476</v>
+        <v>1336</v>
       </c>
       <c r="B1407" t="s">
-        <v>1</v>
+        <v>1062</v>
       </c>
       <c r="C1407" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1407" t="s">
-        <v>325</v>
+        <v>748</v>
       </c>
       <c r="E1407">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1408" t="s">
-        <v>190</v>
+        <v>1389</v>
       </c>
       <c r="B1408" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1408" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1408" t="s">
+        <v>748</v>
+      </c>
+      <c r="E1408">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="1409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1409" t="s">
-        <v>2125</v>
+        <v>430</v>
       </c>
       <c r="B1409" t="s">
-        <v>2143</v>
+        <v>368</v>
       </c>
       <c r="C1409" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1409" t="s">
-        <v>1122</v>
+        <v>262</v>
       </c>
       <c r="E1409">
-        <v>149</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1410" t="s">
-        <v>2125</v>
+        <v>2088</v>
       </c>
       <c r="B1410" t="s">
-        <v>2122</v>
+        <v>2081</v>
       </c>
       <c r="C1410" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1410" t="s">
-        <v>1122</v>
+        <v>1214</v>
       </c>
       <c r="E1410">
-        <v>66</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1411" t="s">
-        <v>1657</v>
+        <v>2058</v>
       </c>
       <c r="B1411" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C1411" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D1411" t="s">
-        <v>239</v>
+        <v>1227</v>
       </c>
       <c r="E1411">
-        <v>9</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1412" t="s">
-        <v>1817</v>
+        <v>2246</v>
       </c>
       <c r="B1412" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1412" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1412" t="s">
-        <v>239</v>
+        <v>315</v>
       </c>
       <c r="E1412">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1413" t="s">
-        <v>1817</v>
+        <v>2245</v>
       </c>
       <c r="B1413" t="s">
-        <v>2013</v>
+        <v>2141</v>
       </c>
       <c r="C1413" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1413" t="s">
-        <v>2015</v>
+        <v>315</v>
       </c>
       <c r="E1413">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1414" t="s">
-        <v>1983</v>
+        <v>2244</v>
       </c>
       <c r="B1414" t="s">
-        <v>2122</v>
+        <v>2141</v>
       </c>
       <c r="C1414" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1414" t="s">
-        <v>1049</v>
+        <v>315</v>
       </c>
       <c r="E1414">
-        <v>66</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1415" t="s">
-        <v>1939</v>
+        <v>2011</v>
       </c>
       <c r="B1415" t="s">
-        <v>2120</v>
+        <v>1998</v>
       </c>
       <c r="C1415" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1415" t="s">
-        <v>1122</v>
+        <v>2012</v>
       </c>
       <c r="E1415">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1416" t="s">
-        <v>204</v>
+        <v>362</v>
       </c>
       <c r="B1416" t="s">
         <v>1</v>
       </c>
       <c r="C1416" t="s">
-        <v>162</v>
+        <v>20</v>
       </c>
       <c r="D1416" t="s">
-        <v>150</v>
+        <v>52</v>
       </c>
       <c r="E1416">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1417" t="s">
-        <v>2270</v>
+        <v>1620</v>
       </c>
       <c r="B1417" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1417" t="s">
-        <v>173</v>
+        <v>1621</v>
       </c>
       <c r="D1417" t="s">
-        <v>2212</v>
+        <v>357</v>
       </c>
       <c r="E1417">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1418" t="s">
-        <v>2524</v>
+        <v>230</v>
       </c>
       <c r="B1418" t="s">
-        <v>2525</v>
+        <v>1</v>
+      </c>
+      <c r="C1418" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1418" t="s">
+        <v>52</v>
       </c>
       <c r="E1418">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1419" t="s">
-        <v>815</v>
+        <v>1563</v>
       </c>
       <c r="B1419" t="s">
-        <v>816</v>
+        <v>1</v>
       </c>
       <c r="C1419" t="s">
-        <v>55</v>
+        <v>261</v>
       </c>
       <c r="D1419" t="s">
-        <v>517</v>
+        <v>293</v>
       </c>
       <c r="E1419">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1420" t="s">
-        <v>820</v>
+        <v>1864</v>
       </c>
       <c r="B1420" t="s">
-        <v>816</v>
+        <v>793</v>
       </c>
       <c r="C1420" t="s">
-        <v>55</v>
+        <v>261</v>
       </c>
       <c r="D1420" t="s">
-        <v>517</v>
+        <v>280</v>
       </c>
       <c r="E1420">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1421" t="s">
-        <v>1618</v>
+        <v>1562</v>
       </c>
       <c r="B1421" t="s">
         <v>1</v>
       </c>
       <c r="C1421" t="s">
-        <v>74</v>
+        <v>261</v>
       </c>
       <c r="D1421" t="s">
-        <v>320</v>
+        <v>293</v>
       </c>
       <c r="E1421">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1422" t="s">
-        <v>1320</v>
+        <v>1564</v>
       </c>
       <c r="B1422" t="s">
-        <v>1024</v>
+        <v>793</v>
       </c>
       <c r="C1422" t="s">
-        <v>8</v>
+        <v>261</v>
       </c>
       <c r="D1422" t="s">
-        <v>723</v>
+        <v>280</v>
       </c>
       <c r="E1422">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1423" t="s">
-        <v>1382</v>
+        <v>1564</v>
       </c>
       <c r="B1423" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1423" t="s">
-        <v>8</v>
+        <v>261</v>
       </c>
       <c r="D1423" t="s">
-        <v>723</v>
+        <v>280</v>
       </c>
       <c r="E1423">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1424" t="s">
-        <v>396</v>
+        <v>2103</v>
       </c>
       <c r="B1424" t="s">
-        <v>334</v>
+        <v>2099</v>
       </c>
       <c r="C1424" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="D1424" t="s">
-        <v>217</v>
+        <v>1996</v>
       </c>
       <c r="E1424">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1425" t="s">
-        <v>2110</v>
+        <v>1724</v>
       </c>
       <c r="B1425" t="s">
-        <v>2099</v>
+        <v>1</v>
       </c>
       <c r="C1425" t="s">
-        <v>8</v>
+        <v>1725</v>
       </c>
       <c r="D1425" t="s">
-        <v>1187</v>
+        <v>357</v>
       </c>
       <c r="E1425">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1426" t="s">
-        <v>2078</v>
+        <v>1916</v>
       </c>
       <c r="B1426" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1426" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D1426" t="s">
-        <v>1201</v>
+        <v>280</v>
       </c>
       <c r="E1426">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1427" t="s">
-        <v>2161</v>
+        <v>2203</v>
       </c>
       <c r="B1427" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C1427" t="s">
-        <v>727</v>
+        <v>37</v>
       </c>
       <c r="D1427" t="s">
-        <v>2163</v>
+        <v>982</v>
       </c>
       <c r="E1427">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1428" t="s">
-        <v>2253</v>
+        <v>404</v>
       </c>
       <c r="B1428" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1428" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1428" t="s">
+        <v>203</v>
+      </c>
+      <c r="E1428">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="1429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1429" t="s">
-        <v>2252</v>
+        <v>1531</v>
       </c>
       <c r="B1429" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1429" t="s">
-        <v>8</v>
+        <v>507</v>
       </c>
       <c r="D1429" t="s">
-        <v>276</v>
+        <v>1520</v>
       </c>
       <c r="E1429">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1430" t="s">
-        <v>2251</v>
+        <v>1530</v>
       </c>
       <c r="B1430" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1430" t="s">
-        <v>8</v>
+        <v>507</v>
       </c>
       <c r="D1430" t="s">
-        <v>276</v>
+        <v>1520</v>
       </c>
       <c r="E1430">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1431" t="s">
-        <v>2028</v>
+        <v>2300</v>
       </c>
       <c r="B1431" t="s">
-        <v>2013</v>
+        <v>2287</v>
       </c>
       <c r="C1431" t="s">
-        <v>8</v>
+        <v>507</v>
       </c>
       <c r="D1431" t="s">
-        <v>2029</v>
+        <v>2301</v>
       </c>
       <c r="E1431">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1432" t="s">
-        <v>931</v>
+        <v>1532</v>
       </c>
       <c r="B1432" t="s">
-        <v>334</v>
+        <v>793</v>
       </c>
       <c r="C1432" t="s">
-        <v>8</v>
+        <v>507</v>
       </c>
       <c r="D1432" t="s">
-        <v>217</v>
+        <v>1520</v>
       </c>
       <c r="E1432">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1433" t="s">
-        <v>290</v>
+        <v>1533</v>
       </c>
       <c r="B1433" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1433" t="s">
-        <v>13</v>
+        <v>507</v>
       </c>
       <c r="D1433" t="s">
-        <v>28</v>
+        <v>1520</v>
       </c>
       <c r="E1433">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1434" t="s">
-        <v>327</v>
+        <v>1535</v>
       </c>
       <c r="B1434" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1434" t="s">
-        <v>13</v>
+        <v>507</v>
       </c>
       <c r="D1434" t="s">
-        <v>20</v>
+        <v>1520</v>
       </c>
       <c r="E1434">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1435" t="s">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="B1435" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1435" t="s">
-        <v>1589</v>
+        <v>507</v>
       </c>
       <c r="D1435" t="s">
-        <v>320</v>
+        <v>1520</v>
       </c>
       <c r="E1435">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1436" t="s">
-        <v>180</v>
+        <v>783</v>
       </c>
       <c r="B1436" t="s">
         <v>1</v>
       </c>
       <c r="C1436" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D1436" t="s">
-        <v>20</v>
+        <v>464</v>
       </c>
       <c r="E1436">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1437" t="s">
-        <v>1528</v>
+        <v>1686</v>
       </c>
       <c r="B1437" t="s">
         <v>1</v>
       </c>
       <c r="C1437" t="s">
-        <v>216</v>
+        <v>6</v>
       </c>
       <c r="D1437" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E1437">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1438" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1438" t="s">
-        <v>1857</v>
+        <v>1628</v>
       </c>
       <c r="B1438" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1438" t="s">
-        <v>216</v>
+        <v>6</v>
       </c>
       <c r="D1438" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E1438">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1439" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1439" t="s">
-        <v>1527</v>
+        <v>139</v>
       </c>
       <c r="B1439" t="s">
         <v>1</v>
       </c>
       <c r="C1439" t="s">
-        <v>216</v>
+        <v>2</v>
       </c>
       <c r="D1439" t="s">
-        <v>253</v>
+        <v>133</v>
       </c>
       <c r="E1439">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1440" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1440" t="s">
-        <v>1529</v>
+        <v>152</v>
       </c>
       <c r="B1440" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C1440" t="s">
-        <v>216</v>
+        <v>46</v>
       </c>
       <c r="D1440" t="s">
-        <v>239</v>
+        <v>68</v>
       </c>
       <c r="E1440">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1441" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1441" t="s">
-        <v>1529</v>
+        <v>152</v>
       </c>
       <c r="B1441" t="s">
         <v>1</v>
       </c>
       <c r="C1441" t="s">
-        <v>216</v>
+        <v>46</v>
       </c>
       <c r="D1441" t="s">
-        <v>239</v>
+        <v>68</v>
       </c>
       <c r="E1441">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1442" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1442" t="s">
-        <v>2119</v>
+        <v>1656</v>
       </c>
       <c r="B1442" t="s">
-        <v>2120</v>
+        <v>1</v>
       </c>
       <c r="C1442" t="s">
-        <v>13</v>
+        <v>132</v>
       </c>
       <c r="D1442" t="s">
-        <v>2011</v>
+        <v>280</v>
       </c>
       <c r="E1442">
-        <v>45</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1443" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1443" t="s">
-        <v>1907</v>
+        <v>1657</v>
       </c>
       <c r="B1443" t="s">
         <v>1</v>
       </c>
       <c r="C1443" t="s">
-        <v>206</v>
+        <v>132</v>
       </c>
       <c r="D1443" t="s">
-        <v>421</v>
+        <v>280</v>
       </c>
       <c r="E1443">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1444" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1444" t="s">
-        <v>1705</v>
+        <v>977</v>
       </c>
       <c r="B1444" t="s">
         <v>1</v>
       </c>
-      <c r="C1444" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1444" t="s">
-        <v>320</v>
+        <v>203</v>
       </c>
       <c r="E1444">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1445" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1445" t="s">
-        <v>1921</v>
+        <v>541</v>
       </c>
       <c r="B1445" t="s">
         <v>1</v>
       </c>
       <c r="C1445" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="D1445" t="s">
-        <v>239</v>
+        <v>538</v>
       </c>
       <c r="E1445">
         <v>6</v>
       </c>
     </row>
     <row r="1446" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1446" t="s">
-        <v>2213</v>
+        <v>1444</v>
       </c>
       <c r="B1446" t="s">
-        <v>2162</v>
+        <v>171</v>
       </c>
       <c r="C1446" t="s">
-        <v>47</v>
+        <v>164</v>
       </c>
       <c r="D1446" t="s">
-        <v>968</v>
+        <v>165</v>
       </c>
       <c r="E1446">
         <v>8</v>
       </c>
     </row>
     <row r="1447" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1447" t="s">
-        <v>370</v>
+        <v>1215</v>
       </c>
       <c r="B1447" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1447" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D1447" t="s">
-        <v>150</v>
+        <v>1216</v>
       </c>
       <c r="E1447">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1448" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1448" t="s">
-        <v>2312</v>
+        <v>540</v>
       </c>
       <c r="B1448" t="s">
-        <v>2299</v>
+        <v>1</v>
       </c>
       <c r="C1448" t="s">
-        <v>473</v>
+        <v>83</v>
       </c>
       <c r="D1448" t="s">
-        <v>2313</v>
+        <v>538</v>
       </c>
       <c r="E1448">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1449" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1449" t="s">
-        <v>758</v>
+        <v>1689</v>
       </c>
       <c r="B1449" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1449" t="s">
-        <v>55</v>
+        <v>1690</v>
       </c>
       <c r="D1449" t="s">
-        <v>430</v>
+        <v>293</v>
       </c>
       <c r="E1449">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1450" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1450" t="s">
-        <v>1660</v>
+        <v>1625</v>
       </c>
       <c r="B1450" t="s">
         <v>1</v>
       </c>
       <c r="C1450" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D1450" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="E1450">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1451" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1451" t="s">
-        <v>1596</v>
+        <v>640</v>
       </c>
       <c r="B1451" t="s">
         <v>1</v>
       </c>
       <c r="C1451" t="s">
-        <v>19</v>
+        <v>164</v>
       </c>
       <c r="D1451" t="s">
-        <v>239</v>
+        <v>572</v>
       </c>
       <c r="E1451">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1452" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1452" t="s">
-        <v>83</v>
+        <v>485</v>
       </c>
       <c r="B1452" t="s">
         <v>1</v>
       </c>
       <c r="C1452" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D1452" t="s">
-        <v>75</v>
+        <v>486</v>
       </c>
       <c r="E1452">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1453" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1453" t="s">
-        <v>97</v>
+        <v>1522</v>
       </c>
       <c r="B1453" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1453" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1453" t="s">
-        <v>96</v>
+        <v>1523</v>
       </c>
       <c r="E1453">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1454" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1454" t="s">
-        <v>97</v>
+        <v>1524</v>
       </c>
       <c r="B1454" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1454" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1454" t="s">
-        <v>96</v>
+        <v>1520</v>
       </c>
       <c r="E1454">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1455" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1455" t="s">
-        <v>1630</v>
+        <v>1677</v>
       </c>
       <c r="B1455" t="s">
         <v>1</v>
       </c>
       <c r="C1455" t="s">
-        <v>74</v>
+        <v>40</v>
       </c>
       <c r="D1455" t="s">
-        <v>239</v>
+        <v>293</v>
       </c>
       <c r="E1455">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1456" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1456" t="s">
-        <v>1631</v>
+        <v>2374</v>
       </c>
       <c r="B1456" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C1456" t="s">
-        <v>74</v>
+        <v>994</v>
       </c>
       <c r="D1456" t="s">
-        <v>239</v>
+        <v>990</v>
       </c>
       <c r="E1456">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1457" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1457" t="s">
-        <v>963</v>
+        <v>427</v>
       </c>
       <c r="B1457" t="s">
         <v>1</v>
       </c>
+      <c r="C1457" t="s">
+        <v>54</v>
+      </c>
       <c r="D1457" t="s">
-        <v>150</v>
+        <v>92</v>
       </c>
       <c r="E1457">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1458" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1458" t="s">
-        <v>508</v>
+        <v>854</v>
       </c>
       <c r="B1458" t="s">
         <v>1</v>
       </c>
       <c r="C1458" t="s">
-        <v>13</v>
+        <v>274</v>
       </c>
       <c r="D1458" t="s">
-        <v>505</v>
+        <v>855</v>
       </c>
       <c r="E1458">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1459" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1459" t="s">
-        <v>1434</v>
+        <v>1588</v>
       </c>
       <c r="B1459" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1459" t="s">
-        <v>110</v>
+        <v>65</v>
       </c>
       <c r="D1459" t="s">
-        <v>111</v>
+        <v>280</v>
       </c>
       <c r="E1459">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1460" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1460" t="s">
-        <v>1188</v>
+        <v>1798</v>
       </c>
       <c r="B1460" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1460" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D1460" t="s">
-        <v>1189</v>
+        <v>280</v>
       </c>
       <c r="E1460">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1461" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1461" t="s">
-        <v>1673</v>
+        <v>189</v>
       </c>
       <c r="B1461" t="s">
         <v>1</v>
       </c>
       <c r="C1461" t="s">
-        <v>55</v>
+        <v>180</v>
       </c>
       <c r="D1461" t="s">
-        <v>419</v>
+        <v>165</v>
       </c>
       <c r="E1461">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1462" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1462" t="s">
-        <v>507</v>
+        <v>1101</v>
       </c>
       <c r="B1462" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1462" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="D1462" t="s">
-        <v>505</v>
+        <v>203</v>
       </c>
       <c r="E1462">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1463" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1463" t="s">
-        <v>1663</v>
+        <v>1101</v>
       </c>
       <c r="B1463" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1463" t="s">
-        <v>1664</v>
+        <v>6</v>
       </c>
       <c r="D1463" t="s">
-        <v>253</v>
+        <v>203</v>
       </c>
       <c r="E1463">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1464" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1464" t="s">
-        <v>1593</v>
+        <v>1653</v>
       </c>
       <c r="B1464" t="s">
         <v>1</v>
       </c>
       <c r="C1464" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="D1464" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="E1464">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1465" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1465" t="s">
-        <v>609</v>
+        <v>2224</v>
       </c>
       <c r="B1465" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1465" t="s">
-        <v>110</v>
+        <v>46</v>
       </c>
       <c r="D1465" t="s">
-        <v>541</v>
+        <v>2225</v>
       </c>
       <c r="E1465">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1466" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1466" t="s">
-        <v>451</v>
+        <v>225</v>
       </c>
       <c r="B1466" t="s">
         <v>1</v>
       </c>
       <c r="C1466" t="s">
-        <v>8</v>
+        <v>202</v>
       </c>
       <c r="D1466" t="s">
-        <v>452</v>
+        <v>203</v>
       </c>
       <c r="E1466">
         <v>8</v>
       </c>
     </row>
     <row r="1467" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1467" t="s">
-        <v>1651</v>
+        <v>623</v>
       </c>
       <c r="B1467" t="s">
         <v>1</v>
       </c>
       <c r="C1467" t="s">
-        <v>159</v>
+        <v>202</v>
       </c>
       <c r="D1467" t="s">
-        <v>253</v>
+        <v>203</v>
       </c>
       <c r="E1467">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1468" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1468" t="s">
-        <v>2388</v>
+        <v>843</v>
       </c>
       <c r="B1468" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C1468" t="s">
-        <v>980</v>
+        <v>46</v>
       </c>
       <c r="D1468" t="s">
-        <v>976</v>
+        <v>550</v>
       </c>
       <c r="E1468">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1469" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1469" t="s">
-        <v>393</v>
+        <v>39</v>
       </c>
       <c r="B1469" t="s">
         <v>1</v>
       </c>
       <c r="C1469" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D1469" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="E1469">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1470" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1470" t="s">
-        <v>832</v>
+        <v>666</v>
       </c>
       <c r="B1470" t="s">
         <v>1</v>
       </c>
       <c r="C1470" t="s">
-        <v>229</v>
+        <v>164</v>
       </c>
       <c r="D1470" t="s">
-        <v>833</v>
+        <v>572</v>
       </c>
       <c r="E1470">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1471" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1471" t="s">
-        <v>1146</v>
+        <v>891</v>
       </c>
       <c r="B1471" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1471" t="s">
-        <v>331</v>
+        <v>61</v>
       </c>
       <c r="D1471" t="s">
-        <v>332</v>
+        <v>52</v>
       </c>
       <c r="E1471">
-        <v>19</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1472" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1472" t="s">
-        <v>1556</v>
+        <v>2353</v>
       </c>
       <c r="B1472" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C1472" t="s">
-        <v>102</v>
+        <v>56</v>
       </c>
       <c r="D1472" t="s">
-        <v>239</v>
+        <v>2354</v>
       </c>
       <c r="E1472">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1473" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1473" t="s">
-        <v>1777</v>
+        <v>663</v>
       </c>
       <c r="B1473" t="s">
         <v>1</v>
       </c>
       <c r="C1473" t="s">
-        <v>102</v>
+        <v>56</v>
       </c>
       <c r="D1473" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E1473">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1474" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1474" t="s">
-        <v>136</v>
+        <v>702</v>
       </c>
       <c r="B1474" t="s">
         <v>1</v>
       </c>
       <c r="C1474" t="s">
-        <v>127</v>
+        <v>164</v>
       </c>
       <c r="D1474" t="s">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="E1474">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1475" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1475" t="s">
-        <v>1925</v>
+        <v>833</v>
       </c>
       <c r="B1475" t="s">
-        <v>1926</v>
+        <v>1</v>
       </c>
       <c r="C1475" t="s">
-        <v>102</v>
+        <v>2</v>
       </c>
       <c r="D1475" t="s">
-        <v>1201</v>
+        <v>203</v>
       </c>
       <c r="E1475">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1476" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1476" t="s">
-        <v>1067</v>
+        <v>682</v>
       </c>
       <c r="B1476" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1476" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="D1476" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1476">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1477" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1477" t="s">
-        <v>1067</v>
+        <v>1973</v>
       </c>
       <c r="B1477" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1477" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
       <c r="D1477" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E1477">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1478" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1478" t="s">
-        <v>1627</v>
+        <v>1121</v>
       </c>
       <c r="B1478" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1478" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D1478" t="s">
-        <v>320</v>
+        <v>232</v>
       </c>
       <c r="E1478">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1479" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1479" t="s">
-        <v>2232</v>
+        <v>2310</v>
       </c>
       <c r="B1479" t="s">
-        <v>2162</v>
+        <v>2287</v>
       </c>
       <c r="C1479" t="s">
-        <v>8</v>
+        <v>310</v>
       </c>
       <c r="D1479" t="s">
-        <v>2207</v>
+        <v>2301</v>
       </c>
       <c r="E1479">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1480" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1480" t="s">
-        <v>232</v>
+        <v>1912</v>
       </c>
       <c r="B1480" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1480" t="s">
-        <v>39</v>
+        <v>310</v>
       </c>
       <c r="D1480" t="s">
-        <v>233</v>
+        <v>1227</v>
       </c>
       <c r="E1480">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1481" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1481" t="s">
-        <v>174</v>
+        <v>1913</v>
       </c>
       <c r="B1481" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1481" t="s">
-        <v>149</v>
+        <v>310</v>
       </c>
       <c r="D1481" t="s">
-        <v>150</v>
+        <v>1227</v>
       </c>
       <c r="E1481">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1482" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1482" t="s">
-        <v>592</v>
+        <v>1110</v>
       </c>
       <c r="B1482" t="s">
-        <v>1</v>
+        <v>1053</v>
       </c>
       <c r="C1482" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="D1482" t="s">
-        <v>150</v>
+        <v>1107</v>
       </c>
       <c r="E1482">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1483" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1483" t="s">
-        <v>821</v>
+        <v>1004</v>
       </c>
       <c r="B1483" t="s">
         <v>1</v>
       </c>
       <c r="C1483" t="s">
-        <v>8</v>
+        <v>1005</v>
       </c>
       <c r="D1483" t="s">
-        <v>517</v>
+        <v>990</v>
       </c>
       <c r="E1483">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1484" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1484" t="s">
-        <v>635</v>
+        <v>444</v>
       </c>
       <c r="B1484" t="s">
         <v>1</v>
       </c>
       <c r="C1484" t="s">
-        <v>110</v>
+        <v>216</v>
       </c>
       <c r="D1484" t="s">
-        <v>541</v>
+        <v>411</v>
       </c>
       <c r="E1484">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1485" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1485" t="s">
-        <v>871</v>
+        <v>143</v>
       </c>
       <c r="B1485" t="s">
         <v>1</v>
       </c>
       <c r="C1485" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="D1485" t="s">
-        <v>20</v>
+        <v>133</v>
       </c>
       <c r="E1485">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1486" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1486" t="s">
-        <v>2367</v>
+        <v>1840</v>
       </c>
       <c r="B1486" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C1486" t="s">
-        <v>162</v>
+        <v>6</v>
       </c>
       <c r="D1486" t="s">
-        <v>2368</v>
+        <v>302</v>
       </c>
       <c r="E1486">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1487" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1487" t="s">
-        <v>632</v>
+        <v>1955</v>
       </c>
       <c r="B1487" t="s">
         <v>1</v>
       </c>
       <c r="C1487" t="s">
-        <v>162</v>
+        <v>6</v>
       </c>
       <c r="D1487" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E1487">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1488" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1488" t="s">
-        <v>671</v>
+        <v>482</v>
       </c>
       <c r="B1488" t="s">
         <v>1</v>
       </c>
       <c r="C1488" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="D1488" t="s">
-        <v>3</v>
+        <v>483</v>
       </c>
       <c r="E1488">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1489" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1489" t="s">
-        <v>811</v>
+        <v>484</v>
       </c>
       <c r="B1489" t="s">
         <v>1</v>
       </c>
       <c r="C1489" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="D1489" t="s">
-        <v>150</v>
+        <v>483</v>
       </c>
       <c r="E1489">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1490" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1490" t="s">
-        <v>651</v>
+        <v>506</v>
       </c>
       <c r="B1490" t="s">
         <v>1</v>
       </c>
       <c r="C1490" t="s">
-        <v>33</v>
+        <v>507</v>
       </c>
       <c r="D1490" t="s">
-        <v>150</v>
+        <v>360</v>
       </c>
       <c r="E1490">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1491" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1491" t="s">
-        <v>1985</v>
+        <v>1901</v>
       </c>
       <c r="B1491" t="s">
-        <v>1</v>
+        <v>1902</v>
       </c>
       <c r="C1491" t="s">
-        <v>99</v>
+        <v>1309</v>
       </c>
       <c r="D1491" t="s">
-        <v>239</v>
+        <v>1227</v>
       </c>
       <c r="E1491">
-        <v>5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1492" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1492" t="s">
-        <v>1092</v>
+        <v>1714</v>
       </c>
       <c r="B1492" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1492" t="s">
-        <v>30</v>
+        <v>1309</v>
       </c>
       <c r="D1492" t="s">
-        <v>182</v>
+        <v>754</v>
       </c>
       <c r="E1492">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1493" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1493" t="s">
-        <v>2323</v>
+        <v>1120</v>
       </c>
       <c r="B1493" t="s">
-        <v>2299</v>
+        <v>793</v>
       </c>
       <c r="C1493" t="s">
-        <v>271</v>
+        <v>96</v>
       </c>
       <c r="D1493" t="s">
-        <v>2313</v>
+        <v>283</v>
       </c>
       <c r="E1493">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1494" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1494" t="s">
-        <v>1917</v>
+        <v>1782</v>
       </c>
       <c r="B1494" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1494" t="s">
-        <v>271</v>
+        <v>31</v>
       </c>
       <c r="D1494" t="s">
-        <v>1201</v>
+        <v>754</v>
       </c>
       <c r="E1494">
         <v>7</v>
       </c>
     </row>
     <row r="1495" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1495" t="s">
-        <v>1207</v>
+        <v>1781</v>
       </c>
       <c r="B1495" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1495" t="s">
-        <v>271</v>
+        <v>31</v>
       </c>
       <c r="D1495" t="s">
-        <v>1208</v>
+        <v>558</v>
       </c>
       <c r="E1495">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1496" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1496" t="s">
-        <v>1918</v>
+        <v>1741</v>
       </c>
       <c r="B1496" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1496" t="s">
-        <v>271</v>
+        <v>31</v>
       </c>
       <c r="D1496" t="s">
-        <v>1201</v>
+        <v>558</v>
       </c>
       <c r="E1496">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1497" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1497" t="s">
-        <v>1078</v>
+        <v>634</v>
       </c>
       <c r="B1497" t="s">
-        <v>1051</v>
+        <v>1</v>
       </c>
       <c r="C1497" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D1497" t="s">
-        <v>1075</v>
+        <v>203</v>
       </c>
       <c r="E1497">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1498" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1498" t="s">
-        <v>990</v>
+        <v>563</v>
       </c>
       <c r="B1498" t="s">
         <v>1</v>
       </c>
       <c r="C1498" t="s">
-        <v>991</v>
+        <v>110</v>
       </c>
       <c r="D1498" t="s">
-        <v>976</v>
+        <v>203</v>
       </c>
       <c r="E1498">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1499" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1499" t="s">
-        <v>410</v>
+        <v>1321</v>
       </c>
       <c r="B1499" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1499" t="s">
-        <v>165</v>
+        <v>112</v>
       </c>
       <c r="D1499" t="s">
-        <v>377</v>
+        <v>1322</v>
       </c>
       <c r="E1499">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1500" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1500" t="s">
-        <v>87</v>
+        <v>1056</v>
       </c>
       <c r="B1500" t="s">
-        <v>1</v>
+        <v>1053</v>
       </c>
       <c r="C1500" t="s">
-        <v>19</v>
+        <v>112</v>
       </c>
       <c r="D1500" t="s">
-        <v>75</v>
+        <v>471</v>
       </c>
       <c r="E1500">
         <v>12</v>
       </c>
     </row>
     <row r="1501" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1501" t="s">
-        <v>1826</v>
+        <v>1495</v>
       </c>
       <c r="B1501" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C1501" t="s">
-        <v>19</v>
+        <v>1496</v>
       </c>
       <c r="D1501" t="s">
-        <v>263</v>
+        <v>917</v>
       </c>
       <c r="E1501">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1502" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1502" t="s">
-        <v>448</v>
+        <v>1495</v>
       </c>
       <c r="B1502" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1502" t="s">
-        <v>39</v>
+        <v>1496</v>
       </c>
       <c r="D1502" t="s">
-        <v>449</v>
+        <v>917</v>
       </c>
       <c r="E1502">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1503" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1503" t="s">
-        <v>450</v>
+        <v>188</v>
       </c>
       <c r="B1503" t="s">
         <v>1</v>
       </c>
       <c r="C1503" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="D1503" t="s">
-        <v>449</v>
+        <v>165</v>
       </c>
       <c r="E1503">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1504" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1504" t="s">
-        <v>472</v>
+        <v>1976</v>
       </c>
       <c r="B1504" t="s">
         <v>1</v>
       </c>
       <c r="C1504" t="s">
-        <v>473</v>
+        <v>2</v>
       </c>
       <c r="D1504" t="s">
-        <v>325</v>
+        <v>280</v>
       </c>
       <c r="E1504">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1505" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1505" t="s">
-        <v>1898</v>
+        <v>1980</v>
       </c>
       <c r="B1505" t="s">
-        <v>1899</v>
+        <v>1</v>
       </c>
       <c r="C1505" t="s">
-        <v>1291</v>
+        <v>2</v>
       </c>
       <c r="D1505" t="s">
-        <v>1201</v>
+        <v>280</v>
       </c>
       <c r="E1505">
-        <v>29</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1506" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1506" t="s">
-        <v>1691</v>
+        <v>1381</v>
       </c>
       <c r="B1506" t="s">
-        <v>769</v>
+        <v>1053</v>
       </c>
       <c r="C1506" t="s">
-        <v>1291</v>
+        <v>330</v>
       </c>
       <c r="D1506" t="s">
-        <v>729</v>
+        <v>1382</v>
       </c>
       <c r="E1506">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1507" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1507" t="s">
-        <v>1090</v>
+        <v>589</v>
       </c>
       <c r="B1507" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1507" t="s">
-        <v>33</v>
+        <v>251</v>
       </c>
       <c r="D1507" t="s">
-        <v>242</v>
+        <v>203</v>
       </c>
       <c r="E1507">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1508" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1508" t="s">
-        <v>1762</v>
+        <v>222</v>
       </c>
       <c r="B1508" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1508" t="s">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="D1508" t="s">
-        <v>729</v>
+        <v>203</v>
       </c>
       <c r="E1508">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1509" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1509" t="s">
-        <v>1722</v>
+        <v>1002</v>
       </c>
       <c r="B1509" t="s">
         <v>1</v>
       </c>
       <c r="C1509" t="s">
-        <v>2</v>
+        <v>1003</v>
       </c>
       <c r="D1509" t="s">
-        <v>525</v>
+        <v>990</v>
       </c>
       <c r="E1509">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1510" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1510" t="s">
-        <v>603</v>
+        <v>937</v>
       </c>
       <c r="B1510" t="s">
         <v>1</v>
       </c>
       <c r="C1510" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="D1510" t="s">
-        <v>150</v>
+        <v>278</v>
       </c>
       <c r="E1510">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1511" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1511" t="s">
-        <v>531</v>
+        <v>1349</v>
       </c>
       <c r="B1511" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1511" t="s">
-        <v>49</v>
+        <v>250</v>
       </c>
       <c r="D1511" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="E1511">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1512" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1512" t="s">
-        <v>1303</v>
+        <v>1712</v>
       </c>
       <c r="B1512" t="s">
-        <v>769</v>
+        <v>1053</v>
       </c>
       <c r="C1512" t="s">
-        <v>52</v>
+        <v>2</v>
       </c>
       <c r="D1512" t="s">
-        <v>1304</v>
+        <v>357</v>
       </c>
       <c r="E1512">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1513" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1513" t="s">
-        <v>1489</v>
+        <v>1829</v>
       </c>
       <c r="B1513" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C1513" t="s">
-        <v>1490</v>
+        <v>2</v>
       </c>
       <c r="D1513" t="s">
-        <v>897</v>
+        <v>357</v>
       </c>
       <c r="E1513">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1514" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1514" t="s">
-        <v>1489</v>
+        <v>1559</v>
       </c>
       <c r="B1514" t="s">
-        <v>118</v>
+        <v>793</v>
       </c>
       <c r="C1514" t="s">
-        <v>1490</v>
+        <v>2</v>
       </c>
       <c r="D1514" t="s">
-        <v>897</v>
+        <v>357</v>
       </c>
       <c r="E1514">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1515" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1515" t="s">
-        <v>135</v>
+        <v>2495</v>
       </c>
       <c r="B1515" t="s">
         <v>1</v>
       </c>
       <c r="C1515" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1515" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E1515">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="1516" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1516" t="s">
-        <v>1373</v>
+        <v>1831</v>
       </c>
       <c r="B1516" t="s">
-        <v>1051</v>
+        <v>793</v>
       </c>
       <c r="C1516" t="s">
-        <v>292</v>
+        <v>216</v>
       </c>
       <c r="D1516" t="s">
-        <v>1374</v>
+        <v>357</v>
       </c>
       <c r="E1516">
-        <v>3</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1517" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1517" t="s">
-        <v>558</v>
+        <v>778</v>
       </c>
       <c r="B1517" t="s">
         <v>1</v>
       </c>
       <c r="C1517" t="s">
-        <v>202</v>
+        <v>296</v>
       </c>
       <c r="D1517" t="s">
-        <v>150</v>
+        <v>297</v>
       </c>
       <c r="E1517">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1518" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1518" t="s">
-        <v>171</v>
+        <v>1231</v>
       </c>
       <c r="B1518" t="s">
-        <v>1</v>
+        <v>1208</v>
       </c>
       <c r="C1518" t="s">
-        <v>13</v>
+        <v>372</v>
       </c>
       <c r="D1518" t="s">
-        <v>150</v>
+        <v>1232</v>
       </c>
       <c r="E1518">
-        <v>8</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1519" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1519" t="s">
-        <v>988</v>
+        <v>1392</v>
       </c>
       <c r="B1519" t="s">
-        <v>1</v>
+        <v>1062</v>
       </c>
       <c r="C1519" t="s">
-        <v>989</v>
+        <v>46</v>
       </c>
       <c r="D1519" t="s">
-        <v>976</v>
+        <v>62</v>
       </c>
       <c r="E1519">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1520" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1520" t="s">
-        <v>919</v>
+        <v>1391</v>
       </c>
       <c r="B1520" t="s">
-        <v>1</v>
+        <v>1062</v>
       </c>
       <c r="C1520" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="D1520" t="s">
-        <v>235</v>
+        <v>62</v>
       </c>
       <c r="E1520">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1521" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1521" t="s">
-        <v>1340</v>
+        <v>1611</v>
       </c>
       <c r="B1521" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1521" t="s">
-        <v>201</v>
+        <v>96</v>
       </c>
       <c r="D1521" t="s">
-        <v>53</v>
+        <v>280</v>
       </c>
       <c r="E1521">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1522" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1522" t="s">
-        <v>1688</v>
+        <v>1612</v>
       </c>
       <c r="B1522" t="s">
-        <v>1051</v>
+        <v>1</v>
       </c>
       <c r="C1522" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="D1522" t="s">
-        <v>320</v>
+        <v>280</v>
       </c>
       <c r="E1522">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1523" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1523" t="s">
-        <v>1814</v>
+        <v>2206</v>
       </c>
       <c r="B1523" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C1523" t="s">
-        <v>78</v>
+        <v>112</v>
       </c>
       <c r="D1523" t="s">
-        <v>320</v>
+        <v>203</v>
       </c>
       <c r="E1523">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1524" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1524" t="s">
-        <v>1525</v>
+        <v>1245</v>
       </c>
       <c r="B1524" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1524" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="D1524" t="s">
-        <v>320</v>
+        <v>360</v>
       </c>
       <c r="E1524">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1525" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1525" t="s">
-        <v>2511</v>
+        <v>1001</v>
       </c>
       <c r="B1525" t="s">
         <v>1</v>
       </c>
       <c r="C1525" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D1525" t="s">
-        <v>1326</v>
+        <v>990</v>
       </c>
       <c r="E1525">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1526" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1526" t="s">
-        <v>1816</v>
+        <v>539</v>
       </c>
       <c r="B1526" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1526" t="s">
-        <v>165</v>
+        <v>6</v>
       </c>
       <c r="D1526" t="s">
-        <v>320</v>
+        <v>538</v>
       </c>
       <c r="E1526">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1527" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1527" t="s">
-        <v>753</v>
+        <v>2056</v>
       </c>
       <c r="B1527" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1527" t="s">
-        <v>256</v>
+        <v>274</v>
       </c>
       <c r="D1527" t="s">
-        <v>257</v>
+        <v>550</v>
       </c>
       <c r="E1527">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1528" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1528" t="s">
-        <v>1205</v>
+        <v>2238</v>
       </c>
       <c r="B1528" t="s">
-        <v>1181</v>
+        <v>2141</v>
       </c>
       <c r="C1528" t="s">
-        <v>338</v>
+        <v>218</v>
       </c>
       <c r="D1528" t="s">
-        <v>1206</v>
+        <v>2205</v>
       </c>
       <c r="E1528">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1529" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1529" t="s">
-        <v>1385</v>
+        <v>1472</v>
       </c>
       <c r="B1529" t="s">
-        <v>1024</v>
+        <v>171</v>
       </c>
       <c r="C1529" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D1529" t="s">
-        <v>9</v>
+        <v>203</v>
       </c>
       <c r="E1529">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1530" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1530" t="s">
-        <v>1384</v>
+        <v>367</v>
       </c>
       <c r="B1530" t="s">
-        <v>1024</v>
+        <v>368</v>
       </c>
       <c r="C1530" t="s">
-        <v>8</v>
+        <v>369</v>
       </c>
       <c r="D1530" t="s">
-        <v>9</v>
+        <v>370</v>
       </c>
       <c r="E1530">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1531" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1531" t="s">
-        <v>1581</v>
+        <v>906</v>
       </c>
       <c r="B1531" t="s">
         <v>1</v>
       </c>
       <c r="C1531" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="D1531" t="s">
-        <v>239</v>
+        <v>907</v>
       </c>
       <c r="E1531">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1532" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1532" t="s">
-        <v>1582</v>
+        <v>1069</v>
       </c>
       <c r="B1532" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1532" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="D1532" t="s">
-        <v>239</v>
+        <v>68</v>
       </c>
       <c r="E1532">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1533" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1533" t="s">
-        <v>2216</v>
+        <v>1071</v>
       </c>
       <c r="B1533" t="s">
-        <v>2162</v>
+        <v>1072</v>
       </c>
       <c r="C1533" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D1533" t="s">
-        <v>150</v>
+        <v>68</v>
       </c>
       <c r="E1533">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1534" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1534" t="s">
-        <v>1223</v>
+        <v>1070</v>
       </c>
       <c r="B1534" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1534" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D1534" t="s">
-        <v>325</v>
+        <v>68</v>
       </c>
       <c r="E1534">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1535" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1535" t="s">
-        <v>987</v>
+        <v>1492</v>
       </c>
       <c r="B1535" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C1535" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1535" t="s">
-        <v>976</v>
+        <v>337</v>
       </c>
       <c r="E1535">
         <v>4</v>
       </c>
     </row>
     <row r="1536" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1536" t="s">
-        <v>506</v>
+        <v>1393</v>
       </c>
       <c r="B1536" t="s">
-        <v>1</v>
+        <v>1053</v>
       </c>
       <c r="C1536" t="s">
-        <v>19</v>
+        <v>1394</v>
       </c>
       <c r="D1536" t="s">
-        <v>505</v>
+        <v>748</v>
       </c>
       <c r="E1536">
         <v>6</v>
       </c>
     </row>
     <row r="1537" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1537" t="s">
-        <v>2075</v>
+        <v>1341</v>
       </c>
       <c r="B1537" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C1537" t="s">
-        <v>229</v>
+        <v>46</v>
       </c>
       <c r="D1537" t="s">
-        <v>517</v>
+        <v>748</v>
       </c>
       <c r="E1537">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1538" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1538" t="s">
-        <v>2076</v>
+        <v>512</v>
       </c>
       <c r="B1538" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1538" t="s">
-        <v>229</v>
+        <v>250</v>
       </c>
       <c r="D1538" t="s">
-        <v>517</v>
+        <v>360</v>
       </c>
       <c r="E1538">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1539" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1539" t="s">
-        <v>2245</v>
+        <v>269</v>
       </c>
       <c r="B1539" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1539" t="s">
-        <v>167</v>
+        <v>110</v>
       </c>
       <c r="D1539" t="s">
-        <v>2215</v>
+        <v>270</v>
       </c>
       <c r="E1539">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1540" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1540" t="s">
-        <v>1465</v>
+        <v>657</v>
       </c>
       <c r="B1540" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1540" t="s">
-        <v>162</v>
+        <v>56</v>
       </c>
       <c r="D1540" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1540">
         <v>6</v>
       </c>
     </row>
     <row r="1541" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1541" t="s">
-        <v>333</v>
+        <v>639</v>
       </c>
       <c r="B1541" t="s">
-        <v>334</v>
+        <v>1</v>
       </c>
       <c r="C1541" t="s">
-        <v>335</v>
+        <v>56</v>
       </c>
       <c r="D1541" t="s">
-        <v>336</v>
+        <v>203</v>
       </c>
       <c r="E1541">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1542" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1542" t="s">
-        <v>886</v>
+        <v>568</v>
       </c>
       <c r="B1542" t="s">
         <v>1</v>
       </c>
       <c r="C1542" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D1542" t="s">
-        <v>887</v>
+        <v>203</v>
       </c>
       <c r="E1542">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1543" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1543" t="s">
-        <v>1032</v>
+        <v>658</v>
       </c>
       <c r="B1543" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1543" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D1543" t="s">
-        <v>96</v>
+        <v>203</v>
       </c>
       <c r="E1543">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1544" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1544" t="s">
-        <v>1034</v>
+        <v>1271</v>
       </c>
       <c r="B1544" t="s">
-        <v>1035</v>
+        <v>793</v>
       </c>
       <c r="C1544" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D1544" t="s">
-        <v>96</v>
+        <v>203</v>
       </c>
       <c r="E1544">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1545" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1545" t="s">
-        <v>1033</v>
+        <v>2373</v>
       </c>
       <c r="B1545" t="s">
-        <v>769</v>
+        <v>2329</v>
       </c>
       <c r="C1545" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1545" t="s">
-        <v>96</v>
+        <v>990</v>
       </c>
       <c r="E1545">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1546" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1546" t="s">
-        <v>1486</v>
+        <v>447</v>
       </c>
       <c r="B1546" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1546" t="s">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D1546" t="s">
-        <v>299</v>
+        <v>130</v>
       </c>
       <c r="E1546">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1547" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1547" t="s">
-        <v>1386</v>
+        <v>1439</v>
       </c>
       <c r="B1547" t="s">
-        <v>1051</v>
+        <v>171</v>
       </c>
       <c r="C1547" t="s">
-        <v>1387</v>
+        <v>31</v>
       </c>
       <c r="D1547" t="s">
-        <v>723</v>
+        <v>1438</v>
       </c>
       <c r="E1547">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1548" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1548" t="s">
-        <v>1329</v>
+        <v>504</v>
       </c>
       <c r="B1548" t="s">
-        <v>769</v>
+        <v>236</v>
       </c>
       <c r="C1548" t="s">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="D1548" t="s">
-        <v>723</v>
+        <v>360</v>
       </c>
       <c r="E1548">
         <v>12</v>
       </c>
     </row>
     <row r="1549" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1549" t="s">
-        <v>478</v>
+        <v>1191</v>
       </c>
       <c r="B1549" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1549" t="s">
-        <v>201</v>
+        <v>238</v>
       </c>
       <c r="D1549" t="s">
-        <v>325</v>
+        <v>381</v>
       </c>
       <c r="E1549">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1550" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1550" t="s">
-        <v>224</v>
+        <v>1357</v>
       </c>
       <c r="B1550" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1550" t="s">
-        <v>49</v>
+        <v>154</v>
       </c>
       <c r="D1550" t="s">
-        <v>225</v>
+        <v>1352</v>
       </c>
       <c r="E1550">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1551" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1551" t="s">
-        <v>626</v>
+        <v>1936</v>
       </c>
       <c r="B1551" t="s">
         <v>1</v>
       </c>
       <c r="C1551" t="s">
-        <v>162</v>
+        <v>1485</v>
       </c>
       <c r="D1551" t="s">
-        <v>150</v>
+        <v>302</v>
       </c>
       <c r="E1551">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1552" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1552" t="s">
-        <v>608</v>
+        <v>1935</v>
       </c>
       <c r="B1552" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C1552" t="s">
-        <v>162</v>
+        <v>1485</v>
       </c>
       <c r="D1552" t="s">
-        <v>150</v>
+        <v>302</v>
       </c>
       <c r="E1552">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1553" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1553" t="s">
-        <v>536</v>
+        <v>1126</v>
       </c>
       <c r="B1553" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1553" t="s">
-        <v>162</v>
+        <v>15</v>
       </c>
       <c r="D1553" t="s">
-        <v>150</v>
+        <v>232</v>
       </c>
       <c r="E1553">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1554" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1554" t="s">
-        <v>627</v>
+        <v>567</v>
       </c>
       <c r="B1554" t="s">
         <v>1</v>
       </c>
       <c r="C1554" t="s">
-        <v>162</v>
+        <v>15</v>
       </c>
       <c r="D1554" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1554">
         <v>6</v>
       </c>
     </row>
     <row r="1555" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1555" t="s">
-        <v>1249</v>
+        <v>145</v>
       </c>
       <c r="B1555" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1555" t="s">
-        <v>162</v>
+        <v>46</v>
       </c>
       <c r="D1555" t="s">
-        <v>150</v>
+        <v>133</v>
       </c>
       <c r="E1555">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1556" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1556" t="s">
-        <v>2387</v>
+        <v>2059</v>
       </c>
       <c r="B1556" t="s">
-        <v>2343</v>
+        <v>1998</v>
       </c>
       <c r="C1556" t="s">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="D1556" t="s">
-        <v>976</v>
+        <v>2060</v>
       </c>
       <c r="E1556">
-        <v>3</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1557" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1557" t="s">
-        <v>2268</v>
+        <v>2240</v>
       </c>
       <c r="B1557" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C1557" t="s">
-        <v>55</v>
+        <v>372</v>
       </c>
       <c r="D1557" t="s">
-        <v>379</v>
+        <v>413</v>
       </c>
       <c r="E1557">
         <v>10</v>
       </c>
     </row>
     <row r="1558" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1558" t="s">
-        <v>413</v>
+        <v>853</v>
       </c>
       <c r="B1558" t="s">
         <v>1</v>
       </c>
       <c r="C1558" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D1558" t="s">
-        <v>72</v>
+        <v>360</v>
       </c>
       <c r="E1558">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1559" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1559" t="s">
-        <v>1428</v>
+        <v>500</v>
       </c>
       <c r="B1559" t="s">
-        <v>118</v>
+        <v>236</v>
       </c>
       <c r="C1559" t="s">
-        <v>2</v>
+        <v>110</v>
       </c>
       <c r="D1559" t="s">
-        <v>1427</v>
+        <v>360</v>
       </c>
       <c r="E1559">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1560" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1560" t="s">
-        <v>470</v>
+        <v>569</v>
       </c>
       <c r="B1560" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C1560" t="s">
-        <v>49</v>
+        <v>110</v>
       </c>
       <c r="D1560" t="s">
-        <v>325</v>
+        <v>203</v>
       </c>
       <c r="E1560">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1561" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1561" t="s">
-        <v>1164</v>
+        <v>1964</v>
       </c>
       <c r="B1561" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1561" t="s">
-        <v>188</v>
+        <v>96</v>
       </c>
       <c r="D1561" t="s">
-        <v>347</v>
+        <v>280</v>
       </c>
       <c r="E1561">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1562" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1562" t="s">
-        <v>1348</v>
+        <v>2027</v>
       </c>
       <c r="B1562" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C1562" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="D1562" t="s">
-        <v>1343</v>
+        <v>286</v>
       </c>
       <c r="E1562">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1563" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1563" t="s">
-        <v>1720</v>
+        <v>187</v>
       </c>
       <c r="B1563" t="s">
         <v>1</v>
       </c>
       <c r="C1563" t="s">
-        <v>1479</v>
+        <v>6</v>
       </c>
       <c r="D1563" t="s">
-        <v>263</v>
+        <v>165</v>
       </c>
       <c r="E1563">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1564" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1564" t="s">
-        <v>1364</v>
+        <v>537</v>
       </c>
       <c r="B1564" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1564" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="D1564" t="s">
-        <v>182</v>
+        <v>538</v>
       </c>
       <c r="E1564">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1565" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1565" t="s">
-        <v>1097</v>
+        <v>1937</v>
       </c>
       <c r="B1565" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1565" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="D1565" t="s">
-        <v>182</v>
+        <v>293</v>
       </c>
       <c r="E1565">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1566" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1566" t="s">
-        <v>535</v>
+        <v>797</v>
       </c>
       <c r="B1566" t="s">
         <v>1</v>
       </c>
       <c r="C1566" t="s">
-        <v>30</v>
+        <v>798</v>
       </c>
       <c r="D1566" t="s">
-        <v>150</v>
+        <v>799</v>
       </c>
       <c r="E1566">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1567" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1567" t="s">
-        <v>89</v>
+        <v>751</v>
       </c>
       <c r="B1567" t="s">
         <v>1</v>
       </c>
       <c r="C1567" t="s">
-        <v>8</v>
+        <v>752</v>
       </c>
       <c r="D1567" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="E1567">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1568" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1568" t="s">
-        <v>2079</v>
+        <v>846</v>
       </c>
       <c r="B1568" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1568" t="s">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="D1568" t="s">
-        <v>2080</v>
+        <v>52</v>
       </c>
       <c r="E1568">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1569" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1569" t="s">
-        <v>2247</v>
+        <v>2170</v>
       </c>
       <c r="B1569" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C1569" t="s">
-        <v>338</v>
+        <v>98</v>
       </c>
       <c r="D1569" t="s">
-        <v>379</v>
+        <v>2171</v>
       </c>
       <c r="E1569">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1570" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1570" t="s">
-        <v>1330</v>
+        <v>1786</v>
       </c>
       <c r="B1570" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1570" t="s">
-        <v>269</v>
+        <v>2</v>
       </c>
       <c r="D1570" t="s">
-        <v>1331</v>
+        <v>455</v>
       </c>
       <c r="E1570">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1571" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1571" t="s">
-        <v>831</v>
+        <v>2482</v>
       </c>
       <c r="B1571" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1571" t="s">
-        <v>49</v>
+        <v>1598</v>
       </c>
       <c r="D1571" t="s">
-        <v>325</v>
+        <v>558</v>
       </c>
       <c r="E1571">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1572" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1572" t="s">
-        <v>466</v>
+        <v>2165</v>
       </c>
       <c r="B1572" t="s">
-        <v>186</v>
+        <v>2141</v>
       </c>
       <c r="C1572" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="D1572" t="s">
-        <v>325</v>
+        <v>2166</v>
       </c>
       <c r="E1572">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1573" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1573" t="s">
-        <v>538</v>
+        <v>511</v>
       </c>
       <c r="B1573" t="s">
         <v>1</v>
       </c>
       <c r="C1573" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D1573" t="s">
-        <v>150</v>
+        <v>360</v>
       </c>
       <c r="E1573">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1574" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1574" t="s">
-        <v>2046</v>
+        <v>2356</v>
       </c>
       <c r="B1574" t="s">
-        <v>2013</v>
+        <v>2329</v>
       </c>
       <c r="C1574" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D1574" t="s">
-        <v>245</v>
+        <v>2312</v>
       </c>
       <c r="E1574">
-        <v>49</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1575" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1575" t="s">
-        <v>134</v>
+        <v>626</v>
       </c>
       <c r="B1575" t="s">
         <v>1</v>
       </c>
       <c r="C1575" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D1575" t="s">
-        <v>111</v>
+        <v>203</v>
       </c>
       <c r="E1575">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1576" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1576" t="s">
-        <v>504</v>
+        <v>655</v>
       </c>
       <c r="B1576" t="s">
         <v>1</v>
       </c>
       <c r="C1576" t="s">
-        <v>165</v>
+        <v>2</v>
       </c>
       <c r="D1576" t="s">
-        <v>505</v>
+        <v>203</v>
       </c>
       <c r="E1576">
         <v>6</v>
       </c>
     </row>
     <row r="1577" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1577" t="s">
-        <v>1945</v>
+        <v>908</v>
       </c>
       <c r="B1577" t="s">
         <v>1</v>
       </c>
       <c r="C1577" t="s">
-        <v>8</v>
+        <v>909</v>
       </c>
       <c r="D1577" t="s">
-        <v>253</v>
+        <v>782</v>
       </c>
       <c r="E1577">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1578" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1578" t="s">
-        <v>773</v>
+        <v>828</v>
       </c>
       <c r="B1578" t="s">
         <v>1</v>
       </c>
       <c r="C1578" t="s">
-        <v>774</v>
+        <v>9</v>
       </c>
       <c r="D1578" t="s">
-        <v>775</v>
+        <v>829</v>
       </c>
       <c r="E1578">
-        <v>8</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1579" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1579" t="s">
-        <v>726</v>
+        <v>641</v>
       </c>
       <c r="B1579" t="s">
         <v>1</v>
       </c>
       <c r="C1579" t="s">
-        <v>727</v>
+        <v>46</v>
       </c>
       <c r="D1579" t="s">
-        <v>20</v>
+        <v>642</v>
       </c>
       <c r="E1579">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1580" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1580" t="s">
-        <v>824</v>
+        <v>1600</v>
       </c>
       <c r="B1580" t="s">
         <v>1</v>
       </c>
       <c r="C1580" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="D1580" t="s">
-        <v>20</v>
+        <v>302</v>
       </c>
       <c r="E1580">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1581" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1581" t="s">
-        <v>2173</v>
+        <v>1039</v>
       </c>
       <c r="B1581" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1581" t="s">
-        <v>36</v>
+        <v>738</v>
       </c>
       <c r="D1581" t="s">
-        <v>2174</v>
+        <v>1035</v>
       </c>
       <c r="E1581">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1582" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1582" t="s">
-        <v>1766</v>
+        <v>2094</v>
       </c>
       <c r="B1582" t="s">
-        <v>769</v>
+        <v>2079</v>
       </c>
       <c r="C1582" t="s">
-        <v>78</v>
+        <v>216</v>
       </c>
       <c r="D1582" t="s">
-        <v>421</v>
+        <v>1330</v>
       </c>
       <c r="E1582">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1583" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1583" t="s">
-        <v>2498</v>
+        <v>2117</v>
       </c>
       <c r="B1583" t="s">
-        <v>769</v>
+        <v>2099</v>
       </c>
       <c r="C1583" t="s">
-        <v>1566</v>
+        <v>216</v>
       </c>
       <c r="D1583" t="s">
-        <v>525</v>
+        <v>1330</v>
       </c>
       <c r="E1583">
-        <v>2</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1584" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1584" t="s">
-        <v>2166</v>
+        <v>2093</v>
       </c>
       <c r="B1584" t="s">
-        <v>2162</v>
+        <v>2079</v>
       </c>
       <c r="C1584" t="s">
-        <v>55</v>
+        <v>216</v>
       </c>
       <c r="D1584" t="s">
-        <v>2167</v>
+        <v>1330</v>
       </c>
       <c r="E1584">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1585" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1585" t="s">
-        <v>477</v>
+        <v>1744</v>
       </c>
       <c r="B1585" t="s">
         <v>1</v>
       </c>
       <c r="C1585" t="s">
-        <v>8</v>
+        <v>216</v>
       </c>
       <c r="D1585" t="s">
-        <v>325</v>
+        <v>280</v>
       </c>
       <c r="E1585">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1586" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1586" t="s">
-        <v>2370</v>
+        <v>1609</v>
       </c>
       <c r="B1586" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C1586" t="s">
-        <v>159</v>
+        <v>216</v>
       </c>
       <c r="D1586" t="s">
-        <v>2325</v>
+        <v>280</v>
       </c>
       <c r="E1586">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1587" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1587" t="s">
-        <v>1070</v>
+        <v>1745</v>
       </c>
       <c r="B1587" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1587" t="s">
-        <v>1071</v>
+        <v>216</v>
       </c>
       <c r="D1587" t="s">
-        <v>242</v>
+        <v>280</v>
       </c>
       <c r="E1587">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1588" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1588" t="s">
-        <v>595</v>
+        <v>1739</v>
       </c>
       <c r="B1588" t="s">
         <v>1</v>
       </c>
       <c r="C1588" t="s">
-        <v>19</v>
+        <v>216</v>
       </c>
       <c r="D1588" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E1588">
         <v>6</v>
       </c>
     </row>
     <row r="1589" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1589" t="s">
-        <v>624</v>
+        <v>1743</v>
       </c>
       <c r="B1589" t="s">
         <v>1</v>
       </c>
       <c r="C1589" t="s">
-        <v>78</v>
+        <v>216</v>
       </c>
       <c r="D1589" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E1589">
         <v>6</v>
       </c>
     </row>
     <row r="1590" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1590" t="s">
-        <v>888</v>
+        <v>2190</v>
       </c>
       <c r="B1590" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1590" t="s">
-        <v>889</v>
+        <v>132</v>
       </c>
       <c r="D1590" t="s">
-        <v>757</v>
+        <v>280</v>
       </c>
       <c r="E1590">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1591" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1591" t="s">
-        <v>806</v>
+        <v>553</v>
       </c>
       <c r="B1591" t="s">
         <v>1</v>
       </c>
       <c r="C1591" t="s">
-        <v>211</v>
+        <v>328</v>
       </c>
       <c r="D1591" t="s">
-        <v>807</v>
+        <v>554</v>
       </c>
       <c r="E1591">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1592" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1592" t="s">
-        <v>1085</v>
+        <v>1508</v>
       </c>
       <c r="B1592" t="s">
-        <v>769</v>
+        <v>1505</v>
       </c>
       <c r="C1592" t="s">
-        <v>55</v>
+        <v>1509</v>
       </c>
       <c r="D1592" t="s">
-        <v>1086</v>
+        <v>1510</v>
       </c>
       <c r="E1592">
         <v>12</v>
       </c>
     </row>
     <row r="1593" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1593" t="s">
-        <v>2164</v>
+        <v>452</v>
       </c>
       <c r="B1593" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1593" t="s">
-        <v>8</v>
+        <v>328</v>
       </c>
       <c r="D1593" t="s">
-        <v>2165</v>
+        <v>453</v>
       </c>
       <c r="E1593">
         <v>10</v>
       </c>
     </row>
     <row r="1594" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1594" t="s">
-        <v>610</v>
+        <v>2241</v>
       </c>
       <c r="B1594" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1594" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1594" t="s">
-        <v>611</v>
+        <v>413</v>
       </c>
       <c r="E1594">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1595" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1595" t="s">
-        <v>1568</v>
+        <v>1262</v>
       </c>
       <c r="B1595" t="s">
-        <v>1</v>
+        <v>1263</v>
       </c>
       <c r="C1595" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D1595" t="s">
-        <v>263</v>
+        <v>1083</v>
       </c>
       <c r="E1595">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1596" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1596" t="s">
-        <v>1782</v>
+        <v>1691</v>
       </c>
       <c r="B1596" t="s">
         <v>1</v>
       </c>
       <c r="C1596" t="s">
-        <v>165</v>
+        <v>69</v>
       </c>
       <c r="D1596" t="s">
-        <v>525</v>
+        <v>302</v>
       </c>
       <c r="E1596">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1597" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1597" t="s">
-        <v>1782</v>
+        <v>1721</v>
       </c>
       <c r="B1597" t="s">
-        <v>2103</v>
+        <v>1</v>
       </c>
       <c r="C1597" t="s">
-        <v>165</v>
+        <v>69</v>
       </c>
       <c r="D1597" t="s">
-        <v>1312</v>
+        <v>280</v>
       </c>
       <c r="E1597">
-        <v>35</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1598" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1598" t="s">
-        <v>2136</v>
+        <v>354</v>
       </c>
       <c r="B1598" t="s">
-        <v>2120</v>
+        <v>1</v>
       </c>
       <c r="C1598" t="s">
-        <v>165</v>
+        <v>69</v>
       </c>
       <c r="D1598" t="s">
-        <v>1312</v>
+        <v>272</v>
       </c>
       <c r="E1598">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1599" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1599" t="s">
-        <v>2114</v>
+        <v>625</v>
       </c>
       <c r="B1599" t="s">
-        <v>2103</v>
+        <v>1</v>
       </c>
       <c r="C1599" t="s">
-        <v>165</v>
+        <v>65</v>
       </c>
       <c r="D1599" t="s">
-        <v>1312</v>
+        <v>203</v>
       </c>
       <c r="E1599">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1600" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1600" t="s">
-        <v>1725</v>
+        <v>609</v>
       </c>
       <c r="B1600" t="s">
         <v>1</v>
       </c>
       <c r="C1600" t="s">
-        <v>165</v>
+        <v>65</v>
       </c>
       <c r="D1600" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E1600">
         <v>6</v>
       </c>
     </row>
     <row r="1601" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1601" t="s">
-        <v>1578</v>
+        <v>621</v>
       </c>
       <c r="B1601" t="s">
         <v>1</v>
       </c>
       <c r="C1601" t="s">
-        <v>165</v>
+        <v>65</v>
       </c>
       <c r="D1601" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E1601">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1602" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1602" t="s">
-        <v>1577</v>
+        <v>1710</v>
       </c>
       <c r="B1602" t="s">
-        <v>1</v>
+        <v>2079</v>
       </c>
       <c r="C1602" t="s">
-        <v>165</v>
+        <v>46</v>
       </c>
       <c r="D1602" t="s">
-        <v>239</v>
+        <v>286</v>
       </c>
       <c r="E1602">
-        <v>7</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1603" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1603" t="s">
-        <v>1726</v>
+        <v>1710</v>
       </c>
       <c r="B1603" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1603" t="s">
-        <v>165</v>
+        <v>46</v>
       </c>
       <c r="D1603" t="s">
-        <v>239</v>
+        <v>293</v>
       </c>
       <c r="E1603">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1604" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1604" t="s">
-        <v>1719</v>
+        <v>120</v>
       </c>
       <c r="B1604" t="s">
         <v>1</v>
       </c>
       <c r="C1604" t="s">
-        <v>165</v>
+        <v>54</v>
       </c>
       <c r="D1604" t="s">
-        <v>239</v>
+        <v>119</v>
       </c>
       <c r="E1604">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1605" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1605" t="s">
-        <v>1724</v>
+        <v>118</v>
       </c>
       <c r="B1605" t="s">
         <v>1</v>
       </c>
       <c r="C1605" t="s">
-        <v>165</v>
+        <v>54</v>
       </c>
       <c r="D1605" t="s">
-        <v>239</v>
+        <v>119</v>
       </c>
       <c r="E1605">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1606" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1606" t="s">
-        <v>2196</v>
+        <v>1353</v>
       </c>
       <c r="B1606" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1606" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="D1606" t="s">
-        <v>239</v>
+        <v>1352</v>
       </c>
       <c r="E1606">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1607" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1607" t="s">
-        <v>520</v>
+        <v>1197</v>
       </c>
       <c r="B1607" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1607" t="s">
-        <v>289</v>
+        <v>1193</v>
       </c>
       <c r="D1607" t="s">
-        <v>521</v>
+        <v>381</v>
       </c>
       <c r="E1607">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1608" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1608" t="s">
-        <v>1503</v>
+        <v>1192</v>
       </c>
       <c r="B1608" t="s">
-        <v>1500</v>
+        <v>793</v>
       </c>
       <c r="C1608" t="s">
-        <v>1504</v>
+        <v>1193</v>
       </c>
       <c r="D1608" t="s">
-        <v>1505</v>
+        <v>381</v>
       </c>
       <c r="E1608">
         <v>12</v>
       </c>
     </row>
     <row r="1609" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1609" t="s">
-        <v>418</v>
+        <v>1940</v>
       </c>
       <c r="B1609" t="s">
         <v>1</v>
       </c>
       <c r="C1609" t="s">
-        <v>289</v>
+        <v>1941</v>
       </c>
       <c r="D1609" t="s">
-        <v>419</v>
+        <v>280</v>
       </c>
       <c r="E1609">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1610" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1610" t="s">
-        <v>2248</v>
+        <v>1975</v>
       </c>
       <c r="B1610" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1610" t="s">
-        <v>55</v>
+        <v>154</v>
       </c>
       <c r="D1610" t="s">
-        <v>379</v>
+        <v>293</v>
       </c>
       <c r="E1610">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1611" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1611" t="s">
-        <v>1240</v>
+        <v>1699</v>
       </c>
       <c r="B1611" t="s">
-        <v>1241</v>
+        <v>1</v>
       </c>
       <c r="C1611" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D1611" t="s">
-        <v>1046</v>
+        <v>302</v>
       </c>
       <c r="E1611">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1612" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1612" t="s">
-        <v>1665</v>
+        <v>1222</v>
       </c>
       <c r="B1612" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1612" t="s">
-        <v>317</v>
+        <v>40</v>
       </c>
       <c r="D1612" t="s">
-        <v>263</v>
+        <v>1223</v>
       </c>
       <c r="E1612">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1613" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1613" t="s">
-        <v>1701</v>
+        <v>1222</v>
       </c>
       <c r="B1613" t="s">
         <v>1</v>
       </c>
       <c r="C1613" t="s">
-        <v>317</v>
+        <v>40</v>
       </c>
       <c r="D1613" t="s">
-        <v>239</v>
+        <v>302</v>
       </c>
       <c r="E1613">
         <v>7</v>
       </c>
     </row>
     <row r="1614" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1614" t="s">
-        <v>316</v>
+        <v>1990</v>
       </c>
       <c r="B1614" t="s">
         <v>1</v>
       </c>
       <c r="C1614" t="s">
-        <v>317</v>
+        <v>40</v>
       </c>
       <c r="D1614" t="s">
-        <v>227</v>
+        <v>302</v>
       </c>
       <c r="E1614">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1615" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1615" t="s">
-        <v>594</v>
+        <v>1034</v>
       </c>
       <c r="B1615" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1615" t="s">
-        <v>102</v>
+        <v>738</v>
       </c>
       <c r="D1615" t="s">
-        <v>150</v>
+        <v>1035</v>
       </c>
       <c r="E1615">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1616" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1616" t="s">
-        <v>578</v>
+        <v>1036</v>
       </c>
       <c r="B1616" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1616" t="s">
-        <v>102</v>
+        <v>1037</v>
       </c>
       <c r="D1616" t="s">
-        <v>150</v>
+        <v>1035</v>
       </c>
       <c r="E1616">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1617" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1617" t="s">
-        <v>590</v>
+        <v>1943</v>
       </c>
       <c r="B1617" t="s">
         <v>1</v>
       </c>
       <c r="C1617" t="s">
-        <v>102</v>
+        <v>1394</v>
       </c>
       <c r="D1617" t="s">
-        <v>150</v>
+        <v>293</v>
       </c>
       <c r="E1617">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1618" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1618" t="s">
-        <v>1685</v>
+        <v>2348</v>
       </c>
       <c r="B1618" t="s">
-        <v>2103</v>
+        <v>2340</v>
       </c>
       <c r="C1618" t="s">
-        <v>8</v>
+        <v>274</v>
       </c>
       <c r="D1618" t="s">
-        <v>245</v>
+        <v>2301</v>
       </c>
       <c r="E1618">
-        <v>49</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1619" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1619" t="s">
-        <v>1685</v>
+        <v>2339</v>
       </c>
       <c r="B1619" t="s">
-        <v>769</v>
+        <v>2340</v>
       </c>
       <c r="C1619" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="E1619">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1620" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1620" t="s">
-        <v>62</v>
+        <v>2239</v>
       </c>
       <c r="B1620" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C1620" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="E1620">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1621" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1621" t="s">
-        <v>59</v>
+        <v>2239</v>
       </c>
       <c r="B1621" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1621" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D1621" t="s">
-        <v>61</v>
+        <v>413</v>
       </c>
       <c r="E1621">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1622" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1622" t="s">
-        <v>1344</v>
+        <v>938</v>
       </c>
       <c r="B1622" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1622" t="s">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="D1622" t="s">
-        <v>1343</v>
+        <v>337</v>
       </c>
       <c r="E1622">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1623" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1623" t="s">
-        <v>1170</v>
+        <v>919</v>
       </c>
       <c r="B1623" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1623" t="s">
-        <v>1166</v>
+        <v>61</v>
       </c>
       <c r="D1623" t="s">
-        <v>347</v>
+        <v>113</v>
       </c>
       <c r="E1623">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1624" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1624" t="s">
-        <v>1165</v>
+        <v>194</v>
       </c>
       <c r="B1624" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1624" t="s">
-        <v>1166</v>
+        <v>112</v>
       </c>
       <c r="D1624" t="s">
-        <v>347</v>
+        <v>195</v>
       </c>
       <c r="E1624">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1625" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1625" t="s">
-        <v>1950</v>
+        <v>1337</v>
       </c>
       <c r="B1625" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1625" t="s">
-        <v>1951</v>
+        <v>61</v>
       </c>
       <c r="D1625" t="s">
-        <v>239</v>
+        <v>871</v>
       </c>
       <c r="E1625">
         <v>5</v>
       </c>
     </row>
     <row r="1626" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1626" t="s">
-        <v>1987</v>
+        <v>870</v>
       </c>
       <c r="B1626" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1626" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="D1626" t="s">
-        <v>253</v>
+        <v>871</v>
       </c>
       <c r="E1626">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1627" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1627" t="s">
-        <v>1674</v>
+        <v>1668</v>
       </c>
       <c r="B1627" t="s">
         <v>1</v>
       </c>
       <c r="C1627" t="s">
-        <v>159</v>
+        <v>251</v>
       </c>
       <c r="D1627" t="s">
-        <v>263</v>
+        <v>280</v>
       </c>
       <c r="E1627">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1628" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1628" t="s">
-        <v>1897</v>
+        <v>1986</v>
       </c>
       <c r="B1628" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1628" t="s">
-        <v>159</v>
+        <v>65</v>
       </c>
       <c r="D1628" t="s">
-        <v>263</v>
+        <v>1086</v>
       </c>
       <c r="E1628">
-        <v>7</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1629" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1629" t="s">
-        <v>1195</v>
+        <v>1848</v>
       </c>
       <c r="B1629" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C1629" t="s">
-        <v>159</v>
+        <v>65</v>
       </c>
       <c r="D1629" t="s">
-        <v>1196</v>
+        <v>1086</v>
       </c>
       <c r="E1629">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1630" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1630" t="s">
-        <v>1195</v>
+        <v>1541</v>
       </c>
       <c r="B1630" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1630" t="s">
-        <v>159</v>
+        <v>65</v>
       </c>
       <c r="D1630" t="s">
-        <v>263</v>
+        <v>1086</v>
       </c>
       <c r="E1630">
-        <v>7</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1631" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1631" t="s">
-        <v>1956</v>
+        <v>1541</v>
       </c>
       <c r="B1631" t="s">
         <v>1</v>
       </c>
       <c r="C1631" t="s">
-        <v>1387</v>
+        <v>65</v>
       </c>
       <c r="D1631" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="E1631">
         <v>8</v>
       </c>
     </row>
     <row r="1632" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1632" t="s">
-        <v>2362</v>
+        <v>1948</v>
       </c>
       <c r="B1632" t="s">
-        <v>2354</v>
+        <v>793</v>
       </c>
       <c r="C1632" t="s">
-        <v>229</v>
+        <v>65</v>
       </c>
       <c r="D1632" t="s">
-        <v>2313</v>
+        <v>558</v>
       </c>
       <c r="E1632">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1633" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1633" t="s">
-        <v>2353</v>
+        <v>1734</v>
       </c>
       <c r="B1633" t="s">
-        <v>2354</v>
+        <v>1</v>
       </c>
       <c r="C1633" t="s">
-        <v>229</v>
+        <v>261</v>
+      </c>
+      <c r="D1633" t="s">
+        <v>357</v>
       </c>
       <c r="E1633">
         <v>9</v>
       </c>
     </row>
     <row r="1634" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1634" t="s">
-        <v>2246</v>
+        <v>914</v>
       </c>
       <c r="B1634" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1634" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="D1634" t="s">
-        <v>379</v>
+        <v>76</v>
       </c>
       <c r="E1634">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1635" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1635" t="s">
-        <v>920</v>
+        <v>1420</v>
       </c>
       <c r="B1635" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1635" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D1635" t="s">
-        <v>299</v>
+        <v>990</v>
       </c>
       <c r="E1635">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1636" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1636" t="s">
-        <v>899</v>
+        <v>192</v>
       </c>
       <c r="B1636" t="s">
         <v>1</v>
       </c>
       <c r="C1636" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="D1636" t="s">
-        <v>53</v>
+        <v>165</v>
       </c>
       <c r="E1636">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1637" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1637" t="s">
-        <v>1730</v>
+        <v>414</v>
       </c>
       <c r="B1637" t="s">
         <v>1</v>
       </c>
       <c r="C1637" t="s">
-        <v>102</v>
+        <v>6</v>
       </c>
       <c r="D1637" t="s">
-        <v>320</v>
+        <v>74</v>
       </c>
       <c r="E1637">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1638" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1638" t="s">
-        <v>141</v>
+        <v>493</v>
       </c>
       <c r="B1638" t="s">
         <v>1</v>
       </c>
       <c r="C1638" t="s">
-        <v>52</v>
+        <v>2</v>
       </c>
       <c r="D1638" t="s">
-        <v>142</v>
+        <v>488</v>
       </c>
       <c r="E1638">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1639" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1639" t="s">
-        <v>1324</v>
+        <v>174</v>
       </c>
       <c r="B1639" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1639" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="D1639" t="s">
-        <v>851</v>
+        <v>165</v>
       </c>
       <c r="E1639">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1640" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1640" t="s">
-        <v>850</v>
+        <v>1237</v>
       </c>
       <c r="B1640" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1640" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D1640" t="s">
-        <v>851</v>
+        <v>360</v>
       </c>
       <c r="E1640">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1641" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1641" t="s">
-        <v>1641</v>
+        <v>1794</v>
       </c>
       <c r="B1641" t="s">
-        <v>1</v>
+        <v>236</v>
       </c>
       <c r="C1641" t="s">
-        <v>202</v>
+        <v>352</v>
       </c>
       <c r="D1641" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="E1641">
         <v>10</v>
       </c>
     </row>
     <row r="1642" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1642" t="s">
-        <v>1995</v>
+        <v>1918</v>
       </c>
       <c r="B1642" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1642" t="s">
-        <v>102</v>
+        <v>352</v>
       </c>
       <c r="D1642" t="s">
-        <v>1049</v>
+        <v>455</v>
       </c>
       <c r="E1642">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1643" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1643" t="s">
-        <v>1838</v>
+        <v>2028</v>
       </c>
       <c r="B1643" t="s">
-        <v>2013</v>
+        <v>2029</v>
       </c>
       <c r="C1643" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="D1643" t="s">
-        <v>1049</v>
+        <v>286</v>
       </c>
       <c r="E1643">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1644" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1644" t="s">
-        <v>2109</v>
+        <v>847</v>
       </c>
       <c r="B1644" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1644" t="s">
-        <v>102</v>
+        <v>6</v>
       </c>
       <c r="D1644" t="s">
-        <v>1049</v>
+        <v>52</v>
       </c>
       <c r="E1644">
-        <v>35</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1645" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1645" t="s">
-        <v>1960</v>
+        <v>220</v>
       </c>
       <c r="B1645" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1645" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="D1645" t="s">
-        <v>525</v>
+        <v>203</v>
       </c>
       <c r="E1645">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1646" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1646" t="s">
-        <v>1715</v>
+        <v>2049</v>
       </c>
       <c r="B1646" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1646" t="s">
-        <v>216</v>
+        <v>65</v>
       </c>
       <c r="D1646" t="s">
-        <v>320</v>
+        <v>66</v>
       </c>
       <c r="E1646">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1647" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1647" t="s">
-        <v>894</v>
+        <v>89</v>
       </c>
       <c r="B1647" t="s">
         <v>1</v>
       </c>
       <c r="C1647" t="s">
-        <v>2</v>
+        <v>90</v>
       </c>
       <c r="D1647" t="s">
-        <v>3</v>
+        <v>91</v>
       </c>
       <c r="E1647">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1648" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1648" t="s">
-        <v>1416</v>
+        <v>1207</v>
       </c>
       <c r="B1648" t="s">
-        <v>769</v>
+        <v>1208</v>
       </c>
       <c r="C1648" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="D1648" t="s">
-        <v>976</v>
+        <v>66</v>
       </c>
       <c r="E1648">
-        <v>6</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1649" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1649" t="s">
-        <v>139</v>
+        <v>1685</v>
       </c>
       <c r="B1649" t="s">
         <v>1</v>
       </c>
       <c r="C1649" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="D1649" t="s">
-        <v>111</v>
+        <v>293</v>
       </c>
       <c r="E1649">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1650" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1650" t="s">
-        <v>380</v>
+        <v>247</v>
       </c>
       <c r="B1650" t="s">
         <v>1</v>
       </c>
       <c r="C1650" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D1650" t="s">
-        <v>248</v>
+        <v>203</v>
       </c>
       <c r="E1650">
         <v>8</v>
       </c>
     </row>
     <row r="1651" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1651" t="s">
-        <v>459</v>
+        <v>1092</v>
       </c>
       <c r="B1651" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1651" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="D1651" t="s">
-        <v>454</v>
+        <v>203</v>
       </c>
       <c r="E1651">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1652" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1652" t="s">
-        <v>1318</v>
+        <v>1092</v>
       </c>
       <c r="B1652" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C1652" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D1652" t="s">
-        <v>1319</v>
+        <v>203</v>
       </c>
       <c r="E1652">
-        <v>8</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1653" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1653" t="s">
-        <v>121</v>
+        <v>460</v>
       </c>
       <c r="B1653" t="s">
         <v>1</v>
       </c>
       <c r="C1653" t="s">
-        <v>2</v>
+        <v>34</v>
       </c>
       <c r="D1653" t="s">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="E1653">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1654" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1654" t="s">
-        <v>1213</v>
+        <v>720</v>
       </c>
       <c r="B1654" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1654" t="s">
-        <v>162</v>
+        <v>34</v>
       </c>
       <c r="D1654" t="s">
-        <v>325</v>
+        <v>76</v>
       </c>
       <c r="E1654">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1655" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1655" t="s">
-        <v>1773</v>
+        <v>719</v>
       </c>
       <c r="B1655" t="s">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="C1655" t="s">
-        <v>314</v>
+        <v>34</v>
       </c>
       <c r="D1655" t="s">
-        <v>239</v>
+        <v>76</v>
       </c>
       <c r="E1655">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1656" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1656" t="s">
-        <v>1923</v>
+        <v>2269</v>
       </c>
       <c r="B1656" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1656" t="s">
-        <v>314</v>
+        <v>46</v>
       </c>
       <c r="D1656" t="s">
-        <v>421</v>
+        <v>2268</v>
       </c>
       <c r="E1656">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1657" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1657" t="s">
-        <v>2047</v>
+        <v>1861</v>
       </c>
       <c r="B1657" t="s">
-        <v>2048</v>
+        <v>2141</v>
       </c>
       <c r="C1657" t="s">
-        <v>159</v>
+        <v>46</v>
       </c>
       <c r="D1657" t="s">
-        <v>245</v>
+        <v>2268</v>
       </c>
       <c r="E1657">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1658" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1658" t="s">
-        <v>825</v>
+        <v>1861</v>
       </c>
       <c r="B1658" t="s">
         <v>1</v>
       </c>
       <c r="C1658" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D1658" t="s">
-        <v>20</v>
+        <v>293</v>
       </c>
       <c r="E1658">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1659" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1659" t="s">
-        <v>169</v>
+        <v>1866</v>
       </c>
       <c r="B1659" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1659" t="s">
-        <v>159</v>
+        <v>46</v>
       </c>
       <c r="D1659" t="s">
-        <v>150</v>
+        <v>2268</v>
       </c>
       <c r="E1659">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1660" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1660" t="s">
-        <v>2068</v>
+        <v>1866</v>
       </c>
       <c r="B1660" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1660" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1660" t="s">
-        <v>1018</v>
+        <v>293</v>
       </c>
       <c r="E1660">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1661" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1661" t="s">
-        <v>24</v>
+        <v>1852</v>
       </c>
       <c r="B1661" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1661" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D1661" t="s">
-        <v>26</v>
+        <v>2268</v>
       </c>
       <c r="E1661">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1662" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1662" t="s">
-        <v>1180</v>
+        <v>1852</v>
       </c>
       <c r="B1662" t="s">
-        <v>1181</v>
+        <v>1</v>
       </c>
       <c r="C1662" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1662" t="s">
-        <v>1018</v>
+        <v>293</v>
       </c>
       <c r="E1662">
-        <v>99</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1663" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1663" t="s">
-        <v>1659</v>
+        <v>1871</v>
       </c>
       <c r="B1663" t="s">
         <v>1</v>
       </c>
       <c r="C1663" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D1663" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E1663">
         <v>8</v>
       </c>
     </row>
     <row r="1664" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1664" t="s">
-        <v>198</v>
+        <v>1436</v>
       </c>
       <c r="B1664" t="s">
         <v>1</v>
       </c>
       <c r="C1664" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D1664" t="s">
-        <v>150</v>
+        <v>52</v>
       </c>
       <c r="E1664">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1665" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1665" t="s">
-        <v>804</v>
+        <v>2503</v>
       </c>
       <c r="B1665" t="s">
         <v>1</v>
       </c>
       <c r="C1665" t="s">
-        <v>55</v>
+        <v>2502</v>
       </c>
       <c r="D1665" t="s">
-        <v>805</v>
+        <v>924</v>
       </c>
       <c r="E1665">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1666" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1666" t="s">
-        <v>1056</v>
+        <v>2501</v>
       </c>
       <c r="B1666" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1666" t="s">
-        <v>162</v>
+        <v>2502</v>
       </c>
       <c r="D1666" t="s">
-        <v>150</v>
+        <v>924</v>
       </c>
       <c r="E1666">
-        <v>16</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1667" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1667" t="s">
-        <v>1056</v>
+        <v>1552</v>
       </c>
       <c r="B1667" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1667" t="s">
-        <v>162</v>
+        <v>104</v>
       </c>
       <c r="D1667" t="s">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="E1667">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1668" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1668" t="s">
-        <v>426</v>
+        <v>1672</v>
       </c>
       <c r="B1668" t="s">
         <v>1</v>
       </c>
       <c r="C1668" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="D1668" t="s">
-        <v>3</v>
+        <v>455</v>
       </c>
       <c r="E1668">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1669" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1669" t="s">
-        <v>690</v>
+        <v>1815</v>
       </c>
       <c r="B1669" t="s">
-        <v>1</v>
+        <v>1148</v>
       </c>
       <c r="C1669" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="D1669" t="s">
-        <v>3</v>
+        <v>455</v>
       </c>
       <c r="E1669">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1670" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1670" t="s">
-        <v>689</v>
+        <v>1512</v>
       </c>
       <c r="B1670" t="s">
-        <v>1</v>
+        <v>1505</v>
       </c>
       <c r="C1670" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="D1670" t="s">
-        <v>3</v>
+        <v>1513</v>
       </c>
       <c r="E1670">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1671" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1671" t="s">
-        <v>2278</v>
+        <v>2149</v>
       </c>
       <c r="B1671" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C1671" t="s">
-        <v>8</v>
+        <v>2150</v>
       </c>
       <c r="D1671" t="s">
-        <v>2277</v>
+        <v>311</v>
       </c>
       <c r="E1671">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1672" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1672" t="s">
-        <v>1852</v>
+        <v>997</v>
       </c>
       <c r="B1672" t="s">
-        <v>2162</v>
+        <v>998</v>
       </c>
       <c r="C1672" t="s">
-        <v>8</v>
+        <v>999</v>
       </c>
       <c r="D1672" t="s">
-        <v>2277</v>
+        <v>990</v>
       </c>
       <c r="E1672">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1673" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1673" t="s">
-        <v>1852</v>
+        <v>997</v>
       </c>
       <c r="B1673" t="s">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="C1673" t="s">
-        <v>8</v>
+        <v>999</v>
       </c>
       <c r="D1673" t="s">
-        <v>253</v>
+        <v>990</v>
       </c>
       <c r="E1673">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1674" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1674" t="s">
-        <v>2031</v>
+        <v>661</v>
       </c>
       <c r="B1674" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1674" t="s">
-        <v>8</v>
+        <v>662</v>
       </c>
       <c r="D1674" t="s">
-        <v>2032</v>
+        <v>203</v>
       </c>
       <c r="E1674">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1675" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1675" t="s">
-        <v>1859</v>
+        <v>1173</v>
       </c>
       <c r="B1675" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1675" t="s">
-        <v>8</v>
+        <v>365</v>
       </c>
       <c r="D1675" t="s">
-        <v>2277</v>
+        <v>366</v>
       </c>
       <c r="E1675">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1676" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1676" t="s">
-        <v>1859</v>
+        <v>1329</v>
       </c>
       <c r="B1676" t="s">
-        <v>1</v>
+        <v>2099</v>
       </c>
       <c r="C1676" t="s">
-        <v>8</v>
+        <v>637</v>
       </c>
       <c r="D1676" t="s">
-        <v>253</v>
+        <v>1330</v>
       </c>
       <c r="E1676">
-        <v>8</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1677" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1677" t="s">
-        <v>1843</v>
+        <v>1264</v>
       </c>
       <c r="B1677" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1677" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1677" t="s">
-        <v>2277</v>
+        <v>1083</v>
       </c>
       <c r="E1677">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1678" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1678" t="s">
-        <v>1843</v>
+        <v>2342</v>
       </c>
       <c r="B1678" t="s">
-        <v>1</v>
+        <v>2383</v>
       </c>
       <c r="C1678" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1678" t="s">
-        <v>253</v>
+        <v>2254</v>
       </c>
       <c r="E1678">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1679" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1679" t="s">
-        <v>1865</v>
+        <v>2342</v>
       </c>
       <c r="B1679" t="s">
-        <v>1</v>
+        <v>2340</v>
       </c>
       <c r="C1679" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1679" t="s">
-        <v>253</v>
+        <v>2254</v>
       </c>
       <c r="E1679">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1680" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1680" t="s">
-        <v>2519</v>
+        <v>2308</v>
       </c>
       <c r="B1680" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C1680" t="s">
-        <v>2518</v>
+        <v>1116</v>
       </c>
       <c r="D1680" t="s">
-        <v>906</v>
+        <v>2254</v>
       </c>
       <c r="E1680">
-        <v>2</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1681" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1681" t="s">
-        <v>2517</v>
+        <v>48</v>
       </c>
       <c r="B1681" t="s">
         <v>1</v>
       </c>
       <c r="C1681" t="s">
-        <v>2518</v>
+        <v>46</v>
       </c>
       <c r="D1681" t="s">
-        <v>906</v>
+        <v>49</v>
       </c>
       <c r="E1681">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1682" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1682" t="s">
-        <v>1516</v>
+        <v>673</v>
       </c>
       <c r="B1682" t="s">
         <v>1</v>
       </c>
       <c r="C1682" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="D1682" t="s">
-        <v>239</v>
+        <v>572</v>
       </c>
       <c r="E1682">
         <v>6</v>
       </c>
     </row>
     <row r="1683" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1683" t="s">
-        <v>1645</v>
+        <v>226</v>
       </c>
       <c r="B1683" t="s">
         <v>1</v>
       </c>
       <c r="C1683" t="s">
-        <v>74</v>
+        <v>164</v>
       </c>
       <c r="D1683" t="s">
-        <v>421</v>
+        <v>203</v>
       </c>
       <c r="E1683">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1684" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1684" t="s">
-        <v>1800</v>
+        <v>406</v>
       </c>
       <c r="B1684" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1684" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="D1684" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="E1684">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1685" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1685" t="s">
-        <v>1797</v>
+        <v>1910</v>
       </c>
       <c r="B1685" t="s">
-        <v>1120</v>
+        <v>1</v>
       </c>
       <c r="C1685" t="s">
-        <v>74</v>
+        <v>330</v>
       </c>
       <c r="D1685" t="s">
-        <v>421</v>
+        <v>293</v>
       </c>
       <c r="E1685">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1686" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1686" t="s">
-        <v>1507</v>
+        <v>2401</v>
       </c>
       <c r="B1686" t="s">
-        <v>1500</v>
+        <v>2387</v>
       </c>
       <c r="C1686" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>1508</v>
+        <v>98</v>
       </c>
       <c r="E1686">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1687" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1687" t="s">
-        <v>983</v>
+        <v>800</v>
       </c>
       <c r="B1687" t="s">
-        <v>984</v>
+        <v>1</v>
       </c>
       <c r="C1687" t="s">
-        <v>985</v>
+        <v>46</v>
       </c>
       <c r="D1687" t="s">
-        <v>976</v>
+        <v>92</v>
       </c>
       <c r="E1687">
-        <v>29</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1688" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1688" t="s">
-        <v>983</v>
+        <v>248</v>
       </c>
       <c r="B1688" t="s">
-        <v>986</v>
+        <v>1</v>
       </c>
       <c r="C1688" t="s">
-        <v>985</v>
+        <v>2</v>
       </c>
       <c r="D1688" t="s">
-        <v>976</v>
+        <v>203</v>
       </c>
       <c r="E1688">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1689" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1689" t="s">
-        <v>630</v>
+        <v>248</v>
       </c>
       <c r="B1689" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1689" t="s">
-        <v>631</v>
+        <v>2</v>
       </c>
       <c r="D1689" t="s">
-        <v>150</v>
+        <v>2171</v>
       </c>
       <c r="E1689">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1690" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1690" t="s">
-        <v>1145</v>
+        <v>1883</v>
       </c>
       <c r="B1690" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1690" t="s">
-        <v>331</v>
+        <v>6</v>
       </c>
       <c r="D1690" t="s">
-        <v>332</v>
+        <v>357</v>
       </c>
       <c r="E1690">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1691" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1691" t="s">
-        <v>1311</v>
+        <v>1872</v>
       </c>
       <c r="B1691" t="s">
-        <v>2120</v>
+        <v>793</v>
       </c>
       <c r="C1691" t="s">
-        <v>606</v>
+        <v>6</v>
       </c>
       <c r="D1691" t="s">
-        <v>1312</v>
+        <v>357</v>
       </c>
       <c r="E1691">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1692" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1692" t="s">
-        <v>1242</v>
+        <v>1707</v>
       </c>
       <c r="B1692" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1692" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1692" t="s">
+        <v>280</v>
+      </c>
+      <c r="E1692">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="1693" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1693" t="s">
-        <v>2356</v>
+        <v>85</v>
       </c>
       <c r="B1693" t="s">
-        <v>2397</v>
+        <v>1</v>
       </c>
       <c r="C1693" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="D1693" t="s">
-        <v>2168</v>
+        <v>52</v>
       </c>
       <c r="E1693">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1694" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1694" t="s">
-        <v>2356</v>
+        <v>790</v>
       </c>
       <c r="B1694" t="s">
-        <v>2354</v>
+        <v>1</v>
       </c>
       <c r="C1694" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1694" t="s">
-        <v>2168</v>
+        <v>280</v>
       </c>
       <c r="E1694">
-        <v>19</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1695" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1695" t="s">
-        <v>2321</v>
+        <v>559</v>
       </c>
       <c r="B1695" t="s">
-        <v>2299</v>
+        <v>1</v>
       </c>
       <c r="C1695" t="s">
-        <v>1084</v>
+        <v>164</v>
       </c>
       <c r="D1695" t="s">
-        <v>2168</v>
+        <v>203</v>
       </c>
       <c r="E1695">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1696" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1696" t="s">
-        <v>642</v>
+        <v>1605</v>
       </c>
       <c r="B1696" t="s">
         <v>1</v>
       </c>
       <c r="C1696" t="s">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="D1696" t="s">
-        <v>541</v>
+        <v>558</v>
       </c>
       <c r="E1696">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1697" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1697" t="s">
-        <v>175</v>
+        <v>153</v>
       </c>
       <c r="B1697" t="s">
         <v>1</v>
       </c>
       <c r="C1697" t="s">
-        <v>110</v>
+        <v>154</v>
       </c>
       <c r="D1697" t="s">
-        <v>150</v>
+        <v>68</v>
       </c>
       <c r="E1697">
         <v>8</v>
       </c>
     </row>
     <row r="1698" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1698" t="s">
-        <v>372</v>
+        <v>155</v>
       </c>
       <c r="B1698" t="s">
         <v>1</v>
       </c>
       <c r="C1698" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
       <c r="D1698" t="s">
-        <v>150</v>
+        <v>68</v>
       </c>
       <c r="E1698">
         <v>8</v>
       </c>
     </row>
     <row r="1699" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1699" t="s">
-        <v>1914</v>
+        <v>1859</v>
       </c>
       <c r="B1699" t="s">
         <v>1</v>
       </c>
       <c r="C1699" t="s">
-        <v>292</v>
+        <v>6</v>
       </c>
       <c r="D1699" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="E1699">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1700" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1700" t="s">
-        <v>2419</v>
+        <v>1281</v>
       </c>
       <c r="B1700" t="s">
-        <v>2403</v>
+        <v>1053</v>
       </c>
       <c r="C1700" t="s">
-        <v>36</v>
+        <v>154</v>
+      </c>
+      <c r="D1700" t="s">
+        <v>488</v>
       </c>
       <c r="E1700">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1701" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1701" t="s">
-        <v>776</v>
+        <v>237</v>
       </c>
       <c r="B1701" t="s">
         <v>1</v>
       </c>
       <c r="C1701" t="s">
-        <v>8</v>
+        <v>238</v>
       </c>
       <c r="D1701" t="s">
-        <v>28</v>
+        <v>232</v>
       </c>
       <c r="E1701">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1702" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1702" t="s">
-        <v>199</v>
+        <v>513</v>
       </c>
       <c r="B1702" t="s">
         <v>1</v>
       </c>
       <c r="C1702" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="D1702" t="s">
-        <v>150</v>
+        <v>360</v>
       </c>
       <c r="E1702">
         <v>8</v>
       </c>
     </row>
     <row r="1703" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1703" t="s">
-        <v>199</v>
+        <v>2040</v>
       </c>
       <c r="B1703" t="s">
-        <v>2162</v>
+        <v>1998</v>
       </c>
       <c r="C1703" t="s">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="D1703" t="s">
-        <v>2174</v>
+        <v>411</v>
       </c>
       <c r="E1703">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1704" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1704" t="s">
-        <v>1877</v>
+        <v>1203</v>
       </c>
       <c r="B1704" t="s">
-        <v>769</v>
+        <v>1072</v>
       </c>
       <c r="C1704" t="s">
-        <v>19</v>
+        <v>98</v>
       </c>
       <c r="D1704" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="E1704">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1705" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1705" t="s">
-        <v>1866</v>
+        <v>379</v>
       </c>
       <c r="B1705" t="s">
-        <v>769</v>
+        <v>236</v>
       </c>
       <c r="C1705" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="D1705" t="s">
-        <v>320</v>
+        <v>298</v>
       </c>
       <c r="E1705">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1706" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1706" t="s">
-        <v>1683</v>
+        <v>779</v>
       </c>
       <c r="B1706" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1706" t="s">
-        <v>19</v>
+        <v>98</v>
       </c>
       <c r="D1706" t="s">
-        <v>239</v>
+        <v>780</v>
       </c>
       <c r="E1706">
         <v>8</v>
       </c>
     </row>
     <row r="1707" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1707" t="s">
-        <v>18</v>
+        <v>1319</v>
       </c>
       <c r="B1707" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1707" t="s">
-        <v>19</v>
+        <v>98</v>
       </c>
       <c r="D1707" t="s">
-        <v>20</v>
+        <v>1311</v>
       </c>
       <c r="E1707">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1708" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1708" t="s">
-        <v>765</v>
+        <v>1079</v>
       </c>
       <c r="B1708" t="s">
-        <v>1</v>
+        <v>1080</v>
       </c>
       <c r="C1708" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1708" t="s">
-        <v>239</v>
+        <v>62</v>
       </c>
       <c r="E1708">
-        <v>4</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1709" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1709" t="s">
-        <v>527</v>
+        <v>256</v>
       </c>
       <c r="B1709" t="s">
         <v>1</v>
       </c>
       <c r="C1709" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="D1709" t="s">
-        <v>150</v>
+        <v>257</v>
       </c>
       <c r="E1709">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1710" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1710" t="s">
-        <v>1573</v>
+        <v>1268</v>
       </c>
       <c r="B1710" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1710" t="s">
-        <v>159</v>
+        <v>251</v>
       </c>
       <c r="D1710" t="s">
-        <v>525</v>
+        <v>203</v>
       </c>
       <c r="E1710">
         <v>8</v>
       </c>
     </row>
     <row r="1711" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1711" t="s">
-        <v>98</v>
+        <v>2483</v>
       </c>
       <c r="B1711" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1711" t="s">
-        <v>99</v>
+        <v>54</v>
       </c>
       <c r="D1711" t="s">
-        <v>96</v>
+        <v>381</v>
       </c>
       <c r="E1711">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1712" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1712" t="s">
-        <v>100</v>
+        <v>428</v>
       </c>
       <c r="B1712" t="s">
-        <v>1</v>
+        <v>236</v>
       </c>
       <c r="C1712" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="D1712" t="s">
-        <v>96</v>
+        <v>429</v>
       </c>
       <c r="E1712">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1713" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1713" t="s">
-        <v>1850</v>
+        <v>1934</v>
       </c>
       <c r="B1713" t="s">
         <v>1</v>
       </c>
       <c r="C1713" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D1713" t="s">
-        <v>239</v>
+        <v>455</v>
       </c>
       <c r="E1713">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1714" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1714" t="s">
-        <v>1262</v>
+        <v>1999</v>
       </c>
       <c r="B1714" t="s">
-        <v>1051</v>
+        <v>1998</v>
       </c>
       <c r="C1714" t="s">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="D1714" t="s">
-        <v>454</v>
+        <v>2000</v>
       </c>
       <c r="E1714">
-        <v>8</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1715" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1715" t="s">
-        <v>1494</v>
+        <v>380</v>
       </c>
       <c r="B1715" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1715" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="D1715" t="s">
-        <v>325</v>
+        <v>381</v>
       </c>
       <c r="E1715">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1716" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1716" t="s">
-        <v>187</v>
+        <v>382</v>
       </c>
       <c r="B1716" t="s">
         <v>1</v>
       </c>
       <c r="C1716" t="s">
-        <v>188</v>
+        <v>112</v>
       </c>
       <c r="D1716" t="s">
-        <v>182</v>
+        <v>381</v>
       </c>
       <c r="E1716">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1717" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1717" t="s">
-        <v>479</v>
+        <v>2161</v>
       </c>
       <c r="B1717" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1717" t="s">
-        <v>55</v>
+        <v>110</v>
       </c>
       <c r="D1717" t="s">
-        <v>325</v>
+        <v>2160</v>
       </c>
       <c r="E1717">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1718" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1718" t="s">
-        <v>2059</v>
+        <v>2159</v>
       </c>
       <c r="B1718" t="s">
-        <v>2013</v>
+        <v>2141</v>
       </c>
       <c r="C1718" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D1718" t="s">
-        <v>377</v>
+        <v>2160</v>
       </c>
       <c r="E1718">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1719" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1719" t="s">
-        <v>1176</v>
+        <v>2063</v>
       </c>
       <c r="B1719" t="s">
-        <v>1035</v>
+        <v>1998</v>
       </c>
       <c r="C1719" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D1719" t="s">
-        <v>272</v>
+        <v>990</v>
       </c>
       <c r="E1719">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1720" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1720" t="s">
-        <v>345</v>
+        <v>2372</v>
       </c>
       <c r="B1720" t="s">
-        <v>186</v>
+        <v>2329</v>
       </c>
       <c r="C1720" t="s">
-        <v>317</v>
+        <v>46</v>
       </c>
       <c r="D1720" t="s">
-        <v>259</v>
+        <v>990</v>
       </c>
       <c r="E1720">
-        <v>16</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1721" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1721" t="s">
-        <v>754</v>
+        <v>1549</v>
       </c>
       <c r="B1721" t="s">
         <v>1</v>
       </c>
       <c r="C1721" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D1721" t="s">
-        <v>755</v>
+        <v>293</v>
       </c>
       <c r="E1721">
         <v>8</v>
       </c>
     </row>
     <row r="1722" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1722" t="s">
-        <v>35</v>
+        <v>1631</v>
       </c>
       <c r="B1722" t="s">
-        <v>1</v>
+        <v>1632</v>
       </c>
       <c r="C1722" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D1722" t="s">
-        <v>37</v>
+        <v>293</v>
       </c>
       <c r="E1722">
-        <v>8</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1723" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1723" t="s">
-        <v>1301</v>
+        <v>1548</v>
       </c>
       <c r="B1723" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C1723" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D1723" t="s">
-        <v>1293</v>
+        <v>2005</v>
       </c>
       <c r="E1723">
-        <v>4</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1724" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1724" t="s">
-        <v>1042</v>
+        <v>1548</v>
       </c>
       <c r="B1724" t="s">
-        <v>1043</v>
+        <v>2383</v>
       </c>
       <c r="C1724" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1724" t="s">
-        <v>9</v>
+        <v>311</v>
       </c>
       <c r="E1724">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1725" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1725" t="s">
-        <v>208</v>
+        <v>1548</v>
       </c>
       <c r="B1725" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C1725" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D1725" t="s">
-        <v>209</v>
+        <v>311</v>
       </c>
       <c r="E1725">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1726" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1726" t="s">
-        <v>1246</v>
+        <v>1548</v>
       </c>
       <c r="B1726" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1726" t="s">
-        <v>202</v>
+        <v>46</v>
       </c>
       <c r="D1726" t="s">
-        <v>150</v>
+        <v>293</v>
       </c>
       <c r="E1726">
         <v>8</v>
       </c>
     </row>
     <row r="1727" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1727" t="s">
-        <v>2499</v>
+        <v>2305</v>
       </c>
       <c r="B1727" t="s">
-        <v>769</v>
+        <v>2287</v>
       </c>
       <c r="C1727" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="D1727" t="s">
-        <v>347</v>
+        <v>311</v>
       </c>
       <c r="E1727">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1728" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1728" t="s">
-        <v>394</v>
+        <v>2304</v>
       </c>
       <c r="B1728" t="s">
-        <v>186</v>
+        <v>2287</v>
       </c>
       <c r="C1728" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="D1728" t="s">
-        <v>395</v>
+        <v>311</v>
       </c>
       <c r="E1728">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1729" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1729" t="s">
-        <v>1941</v>
+        <v>1579</v>
       </c>
       <c r="B1729" t="s">
         <v>1</v>
       </c>
       <c r="C1729" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D1729" t="s">
-        <v>421</v>
+        <v>293</v>
       </c>
       <c r="E1729">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1730" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1730" t="s">
-        <v>2012</v>
+        <v>321</v>
       </c>
       <c r="B1730" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1730" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="D1730" t="s">
-        <v>2014</v>
+        <v>293</v>
       </c>
       <c r="E1730">
-        <v>45</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1731" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1731" t="s">
-        <v>1947</v>
+        <v>1578</v>
       </c>
       <c r="B1731" t="s">
         <v>1</v>
       </c>
       <c r="C1731" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="D1731" t="s">
-        <v>239</v>
+        <v>293</v>
       </c>
       <c r="E1731">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1732" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1732" t="s">
-        <v>346</v>
+        <v>1623</v>
       </c>
       <c r="B1732" t="s">
         <v>1</v>
       </c>
       <c r="C1732" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D1732" t="s">
-        <v>347</v>
+        <v>293</v>
       </c>
       <c r="E1732">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1733" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1733" t="s">
-        <v>348</v>
+        <v>292</v>
       </c>
       <c r="B1733" t="s">
         <v>1</v>
       </c>
       <c r="C1733" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D1733" t="s">
-        <v>347</v>
+        <v>293</v>
       </c>
       <c r="E1733">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1734" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1734" t="s">
-        <v>2083</v>
+        <v>1517</v>
       </c>
       <c r="B1734" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1734" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1734" t="s">
+        <v>293</v>
+      </c>
+      <c r="E1734">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="1735" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1735" t="s">
-        <v>2386</v>
+        <v>1622</v>
       </c>
       <c r="B1735" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C1735" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1735" t="s">
+        <v>293</v>
+      </c>
+      <c r="E1735">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="1736" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1736" t="s">
-        <v>1513</v>
+        <v>1518</v>
       </c>
       <c r="B1736" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1736" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1736" t="s">
-        <v>253</v>
+        <v>92</v>
       </c>
       <c r="E1736">
-        <v>8</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1737" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1737" t="s">
-        <v>1600</v>
+        <v>1518</v>
       </c>
       <c r="B1737" t="s">
-        <v>1601</v>
+        <v>1</v>
       </c>
       <c r="C1737" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1737" t="s">
+        <v>293</v>
+      </c>
+      <c r="E1737">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="1738" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1738" t="s">
-        <v>1512</v>
+        <v>737</v>
       </c>
       <c r="B1738" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1738" t="s">
-        <v>8</v>
+        <v>738</v>
       </c>
       <c r="D1738" t="s">
-        <v>2022</v>
+        <v>736</v>
       </c>
       <c r="E1738">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1739" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1739" t="s">
-        <v>1512</v>
+        <v>1176</v>
       </c>
       <c r="B1739" t="s">
-        <v>2397</v>
+        <v>793</v>
       </c>
       <c r="C1739" t="s">
-        <v>8</v>
+        <v>499</v>
       </c>
       <c r="D1739" t="s">
-        <v>272</v>
+        <v>1177</v>
       </c>
       <c r="E1739">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1740" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1740" t="s">
-        <v>1512</v>
+        <v>282</v>
       </c>
       <c r="B1740" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C1740" t="s">
+        <v>218</v>
+      </c>
+      <c r="D1740" t="s">
+        <v>283</v>
+      </c>
+      <c r="E1740">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="1741" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1741" t="s">
-        <v>1512</v>
+        <v>983</v>
       </c>
       <c r="B1741" t="s">
         <v>1</v>
       </c>
       <c r="C1741" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1741" t="s">
-        <v>253</v>
+        <v>311</v>
       </c>
       <c r="E1741">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1742" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1742" t="s">
-        <v>2318</v>
+        <v>2291</v>
       </c>
       <c r="B1742" t="s">
-        <v>2299</v>
+        <v>2287</v>
       </c>
       <c r="C1742" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1742" t="s">
-        <v>272</v>
+        <v>311</v>
       </c>
       <c r="E1742">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1743" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1743" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="B1743" t="s">
-        <v>2299</v>
+        <v>2287</v>
       </c>
       <c r="C1743" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1743" t="s">
-        <v>272</v>
+        <v>311</v>
       </c>
       <c r="E1743">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1744" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1744" t="s">
-        <v>1545</v>
+        <v>2317</v>
       </c>
       <c r="B1744" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C1744" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1744" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="E1744">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1745" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1745" t="s">
-        <v>282</v>
+        <v>300</v>
       </c>
       <c r="B1745" t="s">
         <v>1</v>
       </c>
       <c r="C1745" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="D1745" t="s">
-        <v>253</v>
+        <v>130</v>
       </c>
       <c r="E1745">
         <v>8</v>
       </c>
     </row>
     <row r="1746" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1746" t="s">
-        <v>1544</v>
+        <v>2257</v>
       </c>
       <c r="B1746" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1746" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D1746" t="s">
-        <v>253</v>
+        <v>2254</v>
       </c>
       <c r="E1746">
         <v>8</v>
       </c>
     </row>
     <row r="1747" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1747" t="s">
-        <v>1591</v>
+        <v>2116</v>
       </c>
       <c r="B1747" t="s">
-        <v>1</v>
+        <v>2099</v>
       </c>
       <c r="C1747" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="D1747" t="s">
-        <v>253</v>
+        <v>1330</v>
       </c>
       <c r="E1747">
-        <v>8</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1748" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1748" t="s">
-        <v>252</v>
+        <v>1371</v>
       </c>
       <c r="B1748" t="s">
-        <v>1</v>
+        <v>2253</v>
       </c>
       <c r="C1748" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="D1748" t="s">
-        <v>253</v>
+        <v>1330</v>
       </c>
       <c r="E1748">
-        <v>8</v>
+        <v>66</v>
       </c>
     </row>
     <row r="1749" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1749" t="s">
-        <v>1590</v>
+        <v>1371</v>
       </c>
       <c r="B1749" t="s">
-        <v>1</v>
+        <v>1372</v>
       </c>
       <c r="C1749" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="D1749" t="s">
-        <v>253</v>
+        <v>1330</v>
       </c>
       <c r="E1749">
-        <v>8</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1750" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1750" t="s">
-        <v>2021</v>
+        <v>190</v>
       </c>
       <c r="B1750" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1750" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D1750" t="s">
-        <v>28</v>
+        <v>165</v>
       </c>
       <c r="E1750">
-        <v>49</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1751" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1751" t="s">
-        <v>712</v>
+        <v>176</v>
       </c>
       <c r="B1751" t="s">
         <v>1</v>
       </c>
       <c r="C1751" t="s">
-        <v>713</v>
+        <v>164</v>
       </c>
       <c r="D1751" t="s">
-        <v>711</v>
+        <v>165</v>
       </c>
       <c r="E1751">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1752" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1752" t="s">
-        <v>1149</v>
+        <v>1399</v>
       </c>
       <c r="B1752" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1752" t="s">
-        <v>465</v>
+        <v>22</v>
       </c>
       <c r="D1752" t="s">
-        <v>1150</v>
+        <v>62</v>
       </c>
       <c r="E1752">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1753" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1753" t="s">
-        <v>241</v>
+        <v>1406</v>
       </c>
       <c r="B1753" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1753" t="s">
-        <v>167</v>
+        <v>22</v>
       </c>
       <c r="D1753" t="s">
-        <v>242</v>
+        <v>62</v>
       </c>
       <c r="E1753">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1754" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1754" t="s">
-        <v>969</v>
+        <v>1772</v>
       </c>
       <c r="B1754" t="s">
         <v>1</v>
       </c>
       <c r="C1754" t="s">
-        <v>19</v>
+        <v>202</v>
       </c>
       <c r="D1754" t="s">
-        <v>272</v>
+        <v>455</v>
       </c>
       <c r="E1754">
         <v>7</v>
       </c>
     </row>
     <row r="1755" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1755" t="s">
-        <v>1399</v>
+        <v>273</v>
       </c>
       <c r="B1755" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1755" t="s">
-        <v>19</v>
+        <v>274</v>
       </c>
       <c r="D1755" t="s">
-        <v>1400</v>
+        <v>275</v>
       </c>
       <c r="E1755">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1756" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1756" t="s">
-        <v>2303</v>
+        <v>1048</v>
       </c>
       <c r="B1756" t="s">
-        <v>2299</v>
+        <v>793</v>
       </c>
       <c r="C1756" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="D1756" t="s">
-        <v>272</v>
+        <v>1049</v>
       </c>
       <c r="E1756">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1757" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1757" t="s">
-        <v>2332</v>
+        <v>995</v>
       </c>
       <c r="B1757" t="s">
-        <v>2299</v>
+        <v>1</v>
       </c>
       <c r="C1757" t="s">
-        <v>19</v>
+        <v>996</v>
       </c>
       <c r="D1757" t="s">
-        <v>272</v>
+        <v>311</v>
       </c>
       <c r="E1757">
-        <v>19</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1758" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1758" t="s">
-        <v>2331</v>
+        <v>984</v>
       </c>
       <c r="B1758" t="s">
-        <v>2299</v>
+        <v>1</v>
       </c>
       <c r="C1758" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D1758" t="s">
-        <v>217</v>
+        <v>985</v>
       </c>
       <c r="E1758">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1759" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1759" t="s">
-        <v>261</v>
+        <v>966</v>
       </c>
       <c r="B1759" t="s">
         <v>1</v>
       </c>
       <c r="C1759" t="s">
-        <v>74</v>
+        <v>56</v>
       </c>
       <c r="D1759" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="E1759">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1760" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1760" t="s">
-        <v>2263</v>
+        <v>993</v>
       </c>
       <c r="B1760" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1760" t="s">
-        <v>211</v>
+        <v>994</v>
       </c>
       <c r="D1760" t="s">
-        <v>2168</v>
+        <v>985</v>
       </c>
       <c r="E1760">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1761" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1761" t="s">
-        <v>2135</v>
+        <v>1676</v>
       </c>
       <c r="B1761" t="s">
-        <v>2120</v>
+        <v>1</v>
       </c>
       <c r="C1761" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="D1761" t="s">
-        <v>1312</v>
+        <v>293</v>
       </c>
       <c r="E1761">
-        <v>29</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1762" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1762" t="s">
-        <v>1362</v>
+        <v>2285</v>
       </c>
       <c r="B1762" t="s">
-        <v>2260</v>
+        <v>2141</v>
       </c>
       <c r="C1762" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="D1762" t="s">
-        <v>1312</v>
+        <v>413</v>
       </c>
       <c r="E1762">
-        <v>66</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1763" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1763" t="s">
-        <v>1362</v>
+        <v>1171</v>
       </c>
       <c r="B1763" t="s">
-        <v>1363</v>
+        <v>793</v>
       </c>
       <c r="C1763" t="s">
-        <v>36</v>
+        <v>296</v>
       </c>
       <c r="D1763" t="s">
-        <v>1312</v>
+        <v>297</v>
       </c>
       <c r="E1763">
-        <v>79</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1764" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1764" t="s">
-        <v>137</v>
+        <v>840</v>
       </c>
       <c r="B1764" t="s">
         <v>1</v>
       </c>
       <c r="C1764" t="s">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="D1764" t="s">
-        <v>111</v>
+        <v>550</v>
       </c>
       <c r="E1764">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1765" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1765" t="s">
-        <v>123</v>
+        <v>140</v>
       </c>
       <c r="B1765" t="s">
         <v>1</v>
       </c>
       <c r="C1765" t="s">
-        <v>110</v>
+        <v>2</v>
       </c>
       <c r="D1765" t="s">
-        <v>111</v>
+        <v>136</v>
       </c>
       <c r="E1765">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1766" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1766" t="s">
-        <v>1392</v>
+        <v>1867</v>
       </c>
       <c r="B1766" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1766" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="D1766" t="s">
-        <v>9</v>
+        <v>280</v>
       </c>
       <c r="E1766">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1767" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1767" t="s">
-        <v>1402</v>
+        <v>1865</v>
       </c>
       <c r="B1767" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1767" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="D1767" t="s">
-        <v>9</v>
+        <v>280</v>
       </c>
       <c r="E1767">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1768" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1768" t="s">
-        <v>1754</v>
+        <v>1528</v>
       </c>
       <c r="B1768" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1768" t="s">
-        <v>149</v>
+        <v>6</v>
       </c>
       <c r="D1768" t="s">
-        <v>421</v>
+        <v>1520</v>
       </c>
       <c r="E1768">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1769" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1769" t="s">
-        <v>228</v>
+        <v>1742</v>
       </c>
       <c r="B1769" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1769" t="s">
-        <v>229</v>
+        <v>6</v>
       </c>
       <c r="D1769" t="s">
-        <v>230</v>
+        <v>1227</v>
       </c>
       <c r="E1769">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1770" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1770" t="s">
-        <v>981</v>
+        <v>1151</v>
       </c>
       <c r="B1770" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1770" t="s">
-        <v>982</v>
+        <v>46</v>
       </c>
       <c r="D1770" t="s">
-        <v>272</v>
+        <v>1152</v>
       </c>
       <c r="E1770">
-        <v>4</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1771" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1771" t="s">
-        <v>970</v>
+        <v>1700</v>
       </c>
       <c r="B1771" t="s">
         <v>1</v>
       </c>
       <c r="C1771" t="s">
-        <v>8</v>
+        <v>352</v>
       </c>
       <c r="D1771" t="s">
-        <v>971</v>
+        <v>280</v>
       </c>
       <c r="E1771">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1772" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1772" t="s">
-        <v>952</v>
+        <v>1713</v>
       </c>
       <c r="B1772" t="s">
         <v>1</v>
       </c>
       <c r="C1772" t="s">
-        <v>162</v>
+        <v>2</v>
       </c>
       <c r="D1772" t="s">
-        <v>65</v>
+        <v>280</v>
       </c>
       <c r="E1772">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1773" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1773" t="s">
-        <v>979</v>
+        <v>1131</v>
       </c>
       <c r="B1773" t="s">
-        <v>1</v>
+        <v>1085</v>
       </c>
       <c r="C1773" t="s">
-        <v>980</v>
+        <v>330</v>
       </c>
       <c r="D1773" t="s">
-        <v>971</v>
+        <v>1086</v>
       </c>
       <c r="E1773">
-        <v>4</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1774" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1774" t="s">
-        <v>1650</v>
+        <v>21</v>
       </c>
       <c r="B1774" t="s">
         <v>1</v>
       </c>
       <c r="C1774" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="D1774" t="s">
-        <v>253</v>
+        <v>3</v>
       </c>
       <c r="E1774">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1775" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1775" t="s">
-        <v>2297</v>
+        <v>425</v>
       </c>
       <c r="B1775" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1775" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D1775" t="s">
-        <v>379</v>
+        <v>92</v>
       </c>
       <c r="E1775">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1776" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1776" t="s">
-        <v>1112</v>
+        <v>1816</v>
       </c>
       <c r="B1776" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1776" t="s">
-        <v>338</v>
+        <v>65</v>
       </c>
       <c r="D1776" t="s">
-        <v>242</v>
+        <v>558</v>
       </c>
       <c r="E1776">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1777" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1777" t="s">
-        <v>1143</v>
+        <v>1709</v>
       </c>
       <c r="B1777" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1777" t="s">
-        <v>256</v>
+        <v>132</v>
       </c>
       <c r="D1777" t="s">
-        <v>257</v>
+        <v>558</v>
       </c>
       <c r="E1777">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1778" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1778" t="s">
-        <v>818</v>
+        <v>1377</v>
       </c>
       <c r="B1778" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1778" t="s">
-        <v>55</v>
+        <v>1378</v>
       </c>
       <c r="D1778" t="s">
-        <v>517</v>
+        <v>1376</v>
       </c>
       <c r="E1778">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1779" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1779" t="s">
-        <v>84</v>
+        <v>2281</v>
       </c>
       <c r="B1779" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1779" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="D1779" t="s">
-        <v>79</v>
+        <v>2282</v>
       </c>
       <c r="E1779">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1780" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1780" t="s">
-        <v>1860</v>
+        <v>2355</v>
       </c>
       <c r="B1780" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C1780" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="D1780" t="s">
-        <v>239</v>
+        <v>2312</v>
       </c>
       <c r="E1780">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1781" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1781" t="s">
-        <v>1827</v>
+        <v>2311</v>
       </c>
       <c r="B1781" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C1781" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D1781" t="s">
-        <v>239</v>
+        <v>2312</v>
       </c>
       <c r="E1781">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1782" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1782" t="s">
-        <v>1858</v>
+        <v>1206</v>
       </c>
       <c r="B1782" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1782" t="s">
+        <v>110</v>
+      </c>
+      <c r="D1782" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E1782">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="1783" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1783" t="s">
-        <v>2202</v>
+        <v>2506</v>
       </c>
       <c r="B1783" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1783" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D1783" t="s">
-        <v>2203</v>
+        <v>754</v>
       </c>
       <c r="E1783">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1784" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1784" t="s">
-        <v>1723</v>
+        <v>2366</v>
       </c>
       <c r="B1784" t="s">
-        <v>769</v>
+        <v>2329</v>
       </c>
       <c r="C1784" t="s">
-        <v>19</v>
+        <v>2367</v>
       </c>
       <c r="D1784" t="s">
-        <v>1201</v>
+        <v>2368</v>
       </c>
       <c r="E1784">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1785" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1785" t="s">
-        <v>1123</v>
+        <v>2370</v>
       </c>
       <c r="B1785" t="s">
-        <v>769</v>
+        <v>2329</v>
       </c>
       <c r="C1785" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1785" t="s">
-        <v>1124</v>
+        <v>2371</v>
       </c>
       <c r="E1785">
-        <v>19</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1786" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1786" t="s">
-        <v>1675</v>
+        <v>2306</v>
       </c>
       <c r="B1786" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C1786" t="s">
-        <v>314</v>
+        <v>46</v>
       </c>
       <c r="D1786" t="s">
-        <v>239</v>
+        <v>2301</v>
       </c>
       <c r="E1786">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1787" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1787" t="s">
-        <v>1690</v>
+        <v>2307</v>
       </c>
       <c r="B1787" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C1787" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D1787" t="s">
-        <v>239</v>
+        <v>2301</v>
       </c>
       <c r="E1787">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1788" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1788" t="s">
-        <v>1102</v>
+        <v>2163</v>
       </c>
       <c r="B1788" t="s">
-        <v>1048</v>
+        <v>2141</v>
       </c>
       <c r="C1788" t="s">
-        <v>292</v>
+        <v>46</v>
       </c>
       <c r="D1788" t="s">
-        <v>1049</v>
+        <v>2164</v>
       </c>
       <c r="E1788">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1789" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1789" t="s">
-        <v>391</v>
+        <v>1446</v>
       </c>
       <c r="B1789" t="s">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="C1789" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1789" t="s">
+        <v>165</v>
+      </c>
+      <c r="E1789">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="1790" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1790" t="s">
-        <v>1798</v>
+        <v>1519</v>
       </c>
       <c r="B1790" t="s">
-        <v>769</v>
+        <v>1072</v>
       </c>
       <c r="C1790" t="s">
-        <v>102</v>
+        <v>2</v>
       </c>
       <c r="D1790" t="s">
-        <v>525</v>
+        <v>1520</v>
       </c>
       <c r="E1790">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1791" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1791" t="s">
-        <v>1684</v>
+        <v>1521</v>
       </c>
       <c r="B1791" t="s">
-        <v>769</v>
+        <v>1072</v>
       </c>
       <c r="C1791" t="s">
-        <v>74</v>
+        <v>2</v>
       </c>
       <c r="D1791" t="s">
-        <v>525</v>
+        <v>1520</v>
       </c>
       <c r="E1791">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1792" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1792" t="s">
-        <v>1369</v>
+        <v>961</v>
       </c>
       <c r="B1792" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1792" t="s">
-        <v>1370</v>
+        <v>61</v>
       </c>
       <c r="D1792" t="s">
-        <v>1368</v>
+        <v>311</v>
       </c>
       <c r="E1792">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1793" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1793" t="s">
-        <v>2291</v>
+        <v>495</v>
       </c>
       <c r="B1793" t="s">
-        <v>2162</v>
+        <v>1</v>
       </c>
       <c r="C1793" t="s">
-        <v>55</v>
+        <v>274</v>
       </c>
       <c r="D1793" t="s">
-        <v>2292</v>
+        <v>360</v>
       </c>
       <c r="E1793">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1794" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1794" t="s">
-        <v>2369</v>
+        <v>709</v>
       </c>
       <c r="B1794" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C1794" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="D1794" t="s">
-        <v>2325</v>
+        <v>76</v>
       </c>
       <c r="E1794">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1795" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1795" t="s">
-        <v>2324</v>
+        <v>1462</v>
       </c>
       <c r="B1795" t="s">
-        <v>2299</v>
+        <v>171</v>
       </c>
       <c r="C1795" t="s">
-        <v>159</v>
+        <v>61</v>
       </c>
       <c r="D1795" t="s">
-        <v>2325</v>
+        <v>941</v>
       </c>
       <c r="E1795">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1796" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1796" t="s">
-        <v>1179</v>
+        <v>523</v>
       </c>
       <c r="B1796" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1796" t="s">
-        <v>49</v>
+        <v>524</v>
       </c>
       <c r="D1796" t="s">
-        <v>1124</v>
+        <v>360</v>
       </c>
       <c r="E1796">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1797" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1797" t="s">
-        <v>2522</v>
+        <v>1894</v>
       </c>
       <c r="B1797" t="s">
         <v>1</v>
       </c>
       <c r="C1797" t="s">
-        <v>55</v>
+        <v>752</v>
       </c>
       <c r="D1797" t="s">
-        <v>729</v>
+        <v>1806</v>
       </c>
       <c r="E1797">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1798" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1798" t="s">
-        <v>2380</v>
+        <v>1715</v>
       </c>
       <c r="B1798" t="s">
-        <v>2343</v>
+        <v>793</v>
       </c>
       <c r="C1798" t="s">
-        <v>2381</v>
+        <v>1621</v>
       </c>
       <c r="D1798" t="s">
-        <v>2382</v>
+        <v>754</v>
       </c>
       <c r="E1798">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1799" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1799" t="s">
-        <v>2384</v>
+        <v>1118</v>
       </c>
       <c r="B1799" t="s">
-        <v>2343</v>
+        <v>793</v>
       </c>
       <c r="C1799" t="s">
-        <v>8</v>
+        <v>1119</v>
       </c>
       <c r="D1799" t="s">
-        <v>2385</v>
+        <v>232</v>
       </c>
       <c r="E1799">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1800" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1800" t="s">
-        <v>2316</v>
+        <v>521</v>
       </c>
       <c r="B1800" t="s">
-        <v>2299</v>
+        <v>1</v>
       </c>
       <c r="C1800" t="s">
+        <v>110</v>
+      </c>
+      <c r="D1800" t="s">
+        <v>360</v>
+      </c>
+      <c r="E1800">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="1801" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1801" t="s">
-        <v>2319</v>
+        <v>1499</v>
       </c>
       <c r="B1801" t="s">
-        <v>2299</v>
+        <v>171</v>
       </c>
       <c r="C1801" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1801" t="s">
-        <v>2313</v>
+        <v>360</v>
       </c>
       <c r="E1801">
-        <v>16</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1802" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1802" t="s">
-        <v>2320</v>
+        <v>1170</v>
       </c>
       <c r="B1802" t="s">
-        <v>2299</v>
+        <v>793</v>
       </c>
       <c r="C1802" t="s">
-        <v>8</v>
+        <v>1097</v>
       </c>
       <c r="D1802" t="s">
-        <v>2313</v>
+        <v>195</v>
       </c>
       <c r="E1802">
         <v>16</v>
       </c>
     </row>
     <row r="1803" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1803" t="s">
-        <v>1436</v>
+        <v>848</v>
       </c>
       <c r="B1803" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1803" t="s">
-        <v>2</v>
+        <v>849</v>
       </c>
       <c r="D1803" t="s">
-        <v>111</v>
+        <v>850</v>
       </c>
       <c r="E1803">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1804" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1804" t="s">
-        <v>947</v>
+        <v>111</v>
       </c>
       <c r="B1804" t="s">
         <v>1</v>
       </c>
       <c r="C1804" t="s">
-        <v>55</v>
+        <v>110</v>
       </c>
       <c r="D1804" t="s">
-        <v>272</v>
+        <v>70</v>
       </c>
       <c r="E1804">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1805" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1805" t="s">
-        <v>461</v>
+        <v>730</v>
       </c>
       <c r="B1805" t="s">
         <v>1</v>
       </c>
       <c r="C1805" t="s">
-        <v>229</v>
+        <v>110</v>
       </c>
       <c r="D1805" t="s">
-        <v>325</v>
+        <v>70</v>
       </c>
       <c r="E1805">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1806" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1806" t="s">
-        <v>679</v>
+        <v>109</v>
       </c>
       <c r="B1806" t="s">
         <v>1</v>
       </c>
       <c r="C1806" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D1806" t="s">
-        <v>3</v>
+        <v>70</v>
       </c>
       <c r="E1806">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1807" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1807" t="s">
-        <v>1517</v>
+        <v>1342</v>
       </c>
       <c r="B1807" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1807" t="s">
-        <v>167</v>
+        <v>752</v>
       </c>
       <c r="D1807" t="s">
-        <v>263</v>
+        <v>52</v>
       </c>
       <c r="E1807">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1808" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1808" t="s">
-        <v>1455</v>
+        <v>1258</v>
       </c>
       <c r="B1808" t="s">
-        <v>118</v>
+        <v>793</v>
       </c>
       <c r="C1808" t="s">
-        <v>55</v>
+        <v>310</v>
       </c>
       <c r="D1808" t="s">
-        <v>923</v>
+        <v>550</v>
       </c>
       <c r="E1808">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1809" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1809" t="s">
-        <v>490</v>
+        <v>329</v>
       </c>
       <c r="B1809" t="s">
         <v>1</v>
       </c>
       <c r="C1809" t="s">
-        <v>491</v>
+        <v>330</v>
       </c>
       <c r="D1809" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="E1809">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1810" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1810" t="s">
-        <v>1890</v>
+        <v>2146</v>
       </c>
       <c r="B1810" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1810" t="s">
-        <v>727</v>
+        <v>46</v>
       </c>
       <c r="D1810" t="s">
-        <v>1786</v>
+        <v>2145</v>
       </c>
       <c r="E1810">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1811" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1811" t="s">
-        <v>1693</v>
+        <v>465</v>
       </c>
       <c r="B1811" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1811" t="s">
-        <v>1589</v>
+        <v>466</v>
       </c>
       <c r="D1811" t="s">
-        <v>729</v>
+        <v>467</v>
       </c>
       <c r="E1811">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1812" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1812" t="s">
-        <v>1088</v>
+        <v>1235</v>
       </c>
       <c r="B1812" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1812" t="s">
-        <v>1089</v>
+        <v>466</v>
       </c>
       <c r="D1812" t="s">
-        <v>182</v>
+        <v>467</v>
       </c>
       <c r="E1812">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1813" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1813" t="s">
-        <v>488</v>
+        <v>2217</v>
       </c>
       <c r="B1813" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1813" t="s">
-        <v>49</v>
+        <v>2218</v>
       </c>
       <c r="D1813" t="s">
-        <v>325</v>
+        <v>2219</v>
       </c>
       <c r="E1813">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1814" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1814" t="s">
-        <v>1493</v>
+        <v>986</v>
       </c>
       <c r="B1814" t="s">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="C1814" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D1814" t="s">
-        <v>325</v>
+        <v>987</v>
       </c>
       <c r="E1814">
         <v>4</v>
       </c>
     </row>
     <row r="1815" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1815" t="s">
-        <v>1142</v>
+        <v>1414</v>
       </c>
       <c r="B1815" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1815" t="s">
-        <v>1063</v>
+        <v>507</v>
       </c>
       <c r="D1815" t="s">
-        <v>142</v>
+        <v>311</v>
       </c>
       <c r="E1815">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1816" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1816" t="s">
-        <v>826</v>
+        <v>1383</v>
       </c>
       <c r="B1816" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1816" t="s">
-        <v>827</v>
+        <v>56</v>
       </c>
       <c r="D1816" t="s">
-        <v>828</v>
+        <v>360</v>
       </c>
       <c r="E1816">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1817" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1817" t="s">
-        <v>51</v>
+        <v>992</v>
       </c>
       <c r="B1817" t="s">
         <v>1</v>
       </c>
       <c r="C1817" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D1817" t="s">
-        <v>50</v>
+        <v>311</v>
       </c>
       <c r="E1817">
-        <v>19</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1818" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1818" t="s">
-        <v>703</v>
+        <v>940</v>
       </c>
       <c r="B1818" t="s">
         <v>1</v>
       </c>
       <c r="C1818" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="D1818" t="s">
-        <v>50</v>
+        <v>360</v>
       </c>
       <c r="E1818">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1819" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1819" t="s">
-        <v>48</v>
+        <v>669</v>
       </c>
       <c r="B1819" t="s">
         <v>1</v>
       </c>
       <c r="C1819" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D1819" t="s">
-        <v>50</v>
+        <v>203</v>
       </c>
       <c r="E1819">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1820" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1820" t="s">
-        <v>1333</v>
+        <v>1254</v>
       </c>
       <c r="B1820" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1820" t="s">
-        <v>727</v>
+        <v>6</v>
       </c>
       <c r="D1820" t="s">
-        <v>20</v>
+        <v>130</v>
       </c>
       <c r="E1820">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1821" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1821" t="s">
-        <v>1236</v>
+        <v>2091</v>
       </c>
       <c r="B1821" t="s">
-        <v>769</v>
+        <v>2079</v>
       </c>
       <c r="C1821" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="D1821" t="s">
-        <v>517</v>
+        <v>2092</v>
       </c>
       <c r="E1821">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1822" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1822" t="s">
-        <v>291</v>
+        <v>1412</v>
       </c>
       <c r="B1822" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1822" t="s">
-        <v>292</v>
+        <v>1413</v>
       </c>
       <c r="D1822" t="s">
-        <v>293</v>
+        <v>311</v>
       </c>
       <c r="E1822">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1823" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1823" t="s">
-        <v>431</v>
+        <v>2320</v>
       </c>
       <c r="B1823" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C1823" t="s">
-        <v>432</v>
+        <v>46</v>
       </c>
       <c r="D1823" t="s">
-        <v>433</v>
+        <v>311</v>
       </c>
       <c r="E1823">
         <v>12</v>
       </c>
     </row>
     <row r="1824" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1824" t="s">
-        <v>1211</v>
+        <v>2319</v>
       </c>
       <c r="B1824" t="s">
-        <v>769</v>
+        <v>2287</v>
       </c>
       <c r="C1824" t="s">
-        <v>432</v>
+        <v>46</v>
       </c>
       <c r="D1824" t="s">
-        <v>433</v>
+        <v>311</v>
       </c>
       <c r="E1824">
         <v>12</v>
       </c>
     </row>
     <row r="1825" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1825" t="s">
-        <v>2225</v>
+        <v>2140</v>
       </c>
       <c r="B1825" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="C1825" t="s">
-        <v>2226</v>
+        <v>46</v>
       </c>
       <c r="D1825" t="s">
-        <v>2227</v>
+        <v>311</v>
       </c>
       <c r="E1825">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1826" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1826" t="s">
-        <v>972</v>
+        <v>2364</v>
       </c>
       <c r="B1826" t="s">
-        <v>1</v>
+        <v>2329</v>
       </c>
       <c r="C1826" t="s">
-        <v>162</v>
+        <v>46</v>
       </c>
       <c r="D1826" t="s">
-        <v>973</v>
+        <v>311</v>
       </c>
       <c r="E1826">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1827" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1827" t="s">
-        <v>1409</v>
+        <v>991</v>
       </c>
       <c r="B1827" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1827" t="s">
-        <v>473</v>
+        <v>46</v>
       </c>
       <c r="D1827" t="s">
-        <v>272</v>
+        <v>311</v>
       </c>
       <c r="E1827">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1828" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1828" t="s">
-        <v>1375</v>
+        <v>2488</v>
       </c>
       <c r="B1828" t="s">
-        <v>769</v>
+        <v>368</v>
       </c>
       <c r="C1828" t="s">
-        <v>162</v>
+        <v>251</v>
       </c>
       <c r="D1828" t="s">
-        <v>325</v>
+        <v>262</v>
       </c>
       <c r="E1828">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1829" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1829" t="s">
-        <v>978</v>
+        <v>314</v>
       </c>
       <c r="B1829" t="s">
         <v>1</v>
       </c>
       <c r="C1829" t="s">
+        <v>251</v>
+      </c>
+      <c r="D1829" t="s">
+        <v>315</v>
+      </c>
+      <c r="E1829">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="1830" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1830" t="s">
-        <v>922</v>
+        <v>316</v>
       </c>
       <c r="B1830" t="s">
         <v>1</v>
       </c>
       <c r="C1830" t="s">
-        <v>55</v>
+        <v>110</v>
       </c>
       <c r="D1830" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="E1830">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1831" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1831" t="s">
-        <v>638</v>
+        <v>2169</v>
       </c>
       <c r="B1831" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1831" t="s">
-        <v>162</v>
+        <v>61</v>
       </c>
       <c r="D1831" t="s">
-        <v>150</v>
+        <v>2168</v>
       </c>
       <c r="E1831">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1832" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1832" t="s">
-        <v>1232</v>
+        <v>108</v>
       </c>
       <c r="B1832" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1832" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="D1832" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="E1832">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1833" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1833" t="s">
-        <v>2113</v>
+        <v>836</v>
       </c>
       <c r="B1833" t="s">
-        <v>2103</v>
+        <v>1</v>
       </c>
       <c r="C1833" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1833" t="s">
-        <v>2015</v>
+        <v>550</v>
       </c>
       <c r="E1833">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1834" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1834" t="s">
-        <v>1407</v>
+        <v>821</v>
       </c>
       <c r="B1834" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1834" t="s">
-        <v>1408</v>
+        <v>61</v>
       </c>
       <c r="D1834" t="s">
-        <v>272</v>
+        <v>750</v>
       </c>
       <c r="E1834">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1835" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1835" t="s">
-        <v>2334</v>
+        <v>1479</v>
       </c>
       <c r="B1835" t="s">
-        <v>2299</v>
+        <v>171</v>
       </c>
       <c r="C1835" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D1835" t="s">
-        <v>272</v>
+        <v>750</v>
       </c>
       <c r="E1835">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1836" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1836" t="s">
-        <v>2333</v>
+        <v>1637</v>
       </c>
       <c r="B1836" t="s">
-        <v>2299</v>
+        <v>1</v>
       </c>
       <c r="C1836" t="s">
+        <v>69</v>
+      </c>
+      <c r="D1836" t="s">
+        <v>302</v>
+      </c>
+      <c r="E1836">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="1837" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1837" t="s">
-        <v>2378</v>
+        <v>2479</v>
       </c>
       <c r="B1837" t="s">
-        <v>2343</v>
+        <v>2404</v>
       </c>
       <c r="C1837" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1837" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="E1837">
-        <v>3</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1838" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1838" t="s">
-        <v>977</v>
+        <v>2465</v>
       </c>
       <c r="B1838" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C1838" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D1838" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="E1838">
-        <v>6</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1839" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1839" t="s">
-        <v>2504</v>
+        <v>2423</v>
       </c>
       <c r="B1839" t="s">
-        <v>334</v>
+        <v>2404</v>
       </c>
       <c r="C1839" t="s">
-        <v>202</v>
+        <v>2409</v>
       </c>
       <c r="D1839" t="s">
-        <v>217</v>
+        <v>2416</v>
       </c>
       <c r="E1839">
-        <v>3</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1840" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1840" t="s">
-        <v>275</v>
+        <v>2449</v>
       </c>
       <c r="B1840" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C1840" t="s">
-        <v>202</v>
+        <v>2450</v>
       </c>
       <c r="D1840" t="s">
-        <v>276</v>
+        <v>2451</v>
       </c>
       <c r="E1840">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1841" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1841" t="s">
-        <v>277</v>
+        <v>1249</v>
       </c>
       <c r="B1841" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1841" t="s">
-        <v>49</v>
+        <v>1250</v>
       </c>
       <c r="D1841" t="s">
-        <v>276</v>
+        <v>527</v>
       </c>
       <c r="E1841">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1842" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1842" t="s">
-        <v>2172</v>
+        <v>1251</v>
       </c>
       <c r="B1842" t="s">
-        <v>2162</v>
+        <v>793</v>
       </c>
       <c r="C1842" t="s">
-        <v>55</v>
+        <v>1250</v>
       </c>
       <c r="D1842" t="s">
-        <v>2170</v>
+        <v>527</v>
       </c>
       <c r="E1842">
         <v>10</v>
       </c>
     </row>
     <row r="1843" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1843" t="s">
-        <v>46</v>
+        <v>1252</v>
       </c>
       <c r="B1843" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1843" t="s">
-        <v>47</v>
+        <v>1250</v>
       </c>
       <c r="D1843" t="s">
-        <v>20</v>
+        <v>527</v>
       </c>
       <c r="E1843">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1844" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1844" t="s">
-        <v>814</v>
+        <v>1088</v>
       </c>
       <c r="B1844" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1844" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D1844" t="s">
-        <v>517</v>
+        <v>748</v>
       </c>
       <c r="E1844">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1845" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1845" t="s">
-        <v>797</v>
+        <v>2090</v>
       </c>
       <c r="B1845" t="s">
-        <v>1</v>
+        <v>2079</v>
       </c>
       <c r="C1845" t="s">
-        <v>55</v>
+        <v>251</v>
       </c>
       <c r="D1845" t="s">
-        <v>725</v>
+        <v>1330</v>
       </c>
       <c r="E1845">
-        <v>8</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1846" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1846" t="s">
-        <v>1473</v>
+        <v>2089</v>
       </c>
       <c r="B1846" t="s">
-        <v>118</v>
+        <v>2079</v>
       </c>
       <c r="C1846" t="s">
-        <v>55</v>
+        <v>251</v>
       </c>
       <c r="D1846" t="s">
-        <v>725</v>
+        <v>1330</v>
       </c>
       <c r="E1846">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1847" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1847" t="s">
-        <v>1608</v>
+        <v>1278</v>
       </c>
       <c r="B1847" t="s">
-        <v>1</v>
+        <v>2121</v>
       </c>
       <c r="C1847" t="s">
-        <v>317</v>
+        <v>251</v>
       </c>
       <c r="D1847" t="s">
-        <v>263</v>
+        <v>203</v>
       </c>
       <c r="E1847">
-        <v>8</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1848" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1848" t="s">
-        <v>2495</v>
+        <v>1278</v>
       </c>
       <c r="B1848" t="s">
-        <v>2422</v>
+        <v>1263</v>
       </c>
       <c r="C1848" t="s">
-        <v>8</v>
+        <v>251</v>
       </c>
       <c r="D1848" t="s">
-        <v>253</v>
+        <v>203</v>
       </c>
       <c r="E1848">
-        <v>79</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1849" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1849" t="s">
-        <v>2482</v>
+        <v>2115</v>
       </c>
       <c r="B1849" t="s">
-        <v>2422</v>
+        <v>2099</v>
       </c>
       <c r="C1849" t="s">
-        <v>8</v>
+        <v>251</v>
       </c>
       <c r="D1849" t="s">
-        <v>253</v>
+        <v>1330</v>
       </c>
       <c r="E1849">
-        <v>99</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1850" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1850" t="s">
-        <v>2442</v>
+        <v>1504</v>
       </c>
       <c r="B1850" t="s">
-        <v>2422</v>
+        <v>1505</v>
       </c>
       <c r="C1850" t="s">
-        <v>2426</v>
+        <v>251</v>
       </c>
       <c r="D1850" t="s">
-        <v>2433</v>
+        <v>203</v>
       </c>
       <c r="E1850">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1851" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1851" t="s">
-        <v>2466</v>
+        <v>1093</v>
       </c>
       <c r="B1851" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C1851" t="s">
-        <v>2467</v>
+        <v>251</v>
       </c>
       <c r="D1851" t="s">
-        <v>2468</v>
+        <v>203</v>
       </c>
       <c r="E1851">
         <v>16</v>
       </c>
     </row>
     <row r="1852" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1852" t="s">
-        <v>1227</v>
+        <v>944</v>
       </c>
       <c r="B1852" t="s">
-        <v>769</v>
+        <v>2329</v>
       </c>
       <c r="C1852" t="s">
-        <v>1228</v>
+        <v>1725</v>
       </c>
       <c r="D1852" t="s">
-        <v>494</v>
+        <v>130</v>
       </c>
       <c r="E1852">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1853" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1853" t="s">
-        <v>1229</v>
+        <v>944</v>
       </c>
       <c r="B1853" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C1853" t="s">
-        <v>1228</v>
+        <v>352</v>
       </c>
       <c r="D1853" t="s">
-        <v>494</v>
+        <v>130</v>
       </c>
       <c r="E1853">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1854" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1854" t="s">
-        <v>1230</v>
+        <v>1983</v>
       </c>
       <c r="B1854" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1854" t="s">
-        <v>1228</v>
+        <v>65</v>
       </c>
       <c r="D1854" t="s">
-        <v>494</v>
+        <v>558</v>
       </c>
       <c r="E1854">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1855" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1855" t="s">
-        <v>1052</v>
+        <v>454</v>
       </c>
       <c r="B1855" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1855" t="s">
-        <v>211</v>
+        <v>6</v>
       </c>
       <c r="D1855" t="s">
-        <v>723</v>
+        <v>280</v>
       </c>
       <c r="E1855">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1856" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1856" t="s">
-        <v>2112</v>
+        <v>1783</v>
       </c>
       <c r="B1856" t="s">
-        <v>2103</v>
+        <v>1</v>
       </c>
       <c r="C1856" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="D1856" t="s">
-        <v>1312</v>
+        <v>280</v>
       </c>
       <c r="E1856">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1857" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1857" t="s">
-        <v>2111</v>
+        <v>2061</v>
       </c>
       <c r="B1857" t="s">
-        <v>2103</v>
+        <v>2062</v>
       </c>
       <c r="C1857" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>1312</v>
+        <v>132</v>
       </c>
       <c r="E1857">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1858" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1858" t="s">
-        <v>1259</v>
+        <v>685</v>
       </c>
       <c r="B1858" t="s">
-        <v>2140</v>
+        <v>1</v>
       </c>
       <c r="C1858" t="s">
-        <v>202</v>
+        <v>250</v>
       </c>
       <c r="D1858" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1858">
-        <v>149</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1859" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1859" t="s">
-        <v>1259</v>
+        <v>307</v>
       </c>
       <c r="B1859" t="s">
-        <v>1241</v>
+        <v>1</v>
       </c>
       <c r="C1859" t="s">
-        <v>202</v>
+        <v>308</v>
       </c>
       <c r="D1859" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="E1859">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1860" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1860" t="s">
-        <v>2134</v>
+        <v>954</v>
       </c>
       <c r="B1860" t="s">
-        <v>2120</v>
+        <v>1</v>
       </c>
       <c r="C1860" t="s">
-        <v>202</v>
+        <v>61</v>
       </c>
       <c r="D1860" t="s">
-        <v>1312</v>
+        <v>113</v>
       </c>
       <c r="E1860">
-        <v>29</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1861" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1861" t="s">
-        <v>1499</v>
+        <v>420</v>
       </c>
       <c r="B1861" t="s">
-        <v>1500</v>
+        <v>1</v>
       </c>
       <c r="C1861" t="s">
-        <v>202</v>
+        <v>15</v>
       </c>
       <c r="D1861" t="s">
-        <v>150</v>
+        <v>419</v>
       </c>
       <c r="E1861">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1862" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1862" t="s">
-        <v>1057</v>
+        <v>1149</v>
       </c>
       <c r="B1862" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1862" t="s">
-        <v>202</v>
+        <v>56</v>
       </c>
       <c r="D1862" t="s">
-        <v>150</v>
+        <v>794</v>
       </c>
       <c r="E1862">
         <v>16</v>
       </c>
     </row>
     <row r="1863" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1863" t="s">
-        <v>926</v>
+        <v>792</v>
       </c>
       <c r="B1863" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1863" t="s">
-        <v>314</v>
+        <v>56</v>
       </c>
       <c r="D1863" t="s">
-        <v>72</v>
+        <v>794</v>
       </c>
       <c r="E1863">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1864" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1864" t="s">
-        <v>926</v>
+        <v>694</v>
       </c>
       <c r="B1864" t="s">
-        <v>2343</v>
+        <v>1</v>
       </c>
       <c r="C1864" t="s">
-        <v>1706</v>
+        <v>61</v>
       </c>
       <c r="D1864" t="s">
-        <v>72</v>
+        <v>203</v>
       </c>
       <c r="E1864">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1865" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1865" t="s">
-        <v>926</v>
+        <v>2445</v>
       </c>
       <c r="B1865" t="s">
-        <v>2162</v>
+        <v>2404</v>
       </c>
       <c r="C1865" t="s">
-        <v>314</v>
+        <v>2446</v>
       </c>
       <c r="D1865" t="s">
-        <v>72</v>
+        <v>2406</v>
       </c>
       <c r="E1865">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1866" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1866" t="s">
-        <v>1992</v>
+        <v>2441</v>
       </c>
       <c r="B1866" t="s">
-        <v>769</v>
+        <v>2404</v>
       </c>
       <c r="C1866" t="s">
-        <v>102</v>
+        <v>2405</v>
       </c>
       <c r="D1866" t="s">
-        <v>525</v>
+        <v>2406</v>
       </c>
       <c r="E1866">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1867" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1867" t="s">
-        <v>1930</v>
+        <v>2411</v>
       </c>
       <c r="B1867" t="s">
-        <v>1051</v>
+        <v>2404</v>
       </c>
       <c r="C1867" t="s">
-        <v>55</v>
+        <v>2412</v>
       </c>
       <c r="D1867" t="s">
-        <v>1201</v>
+        <v>2413</v>
       </c>
       <c r="E1867">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1868" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1868" t="s">
-        <v>420</v>
+        <v>2439</v>
       </c>
       <c r="B1868" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C1868" t="s">
-        <v>19</v>
+        <v>2405</v>
       </c>
       <c r="D1868" t="s">
-        <v>239</v>
+        <v>2416</v>
       </c>
       <c r="E1868">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1869" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1869" t="s">
-        <v>1763</v>
+        <v>2408</v>
       </c>
       <c r="B1869" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C1869" t="s">
-        <v>167</v>
+        <v>2409</v>
       </c>
       <c r="D1869" t="s">
-        <v>239</v>
+        <v>2410</v>
       </c>
       <c r="E1869">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1870" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1870" t="s">
-        <v>2081</v>
+        <v>2442</v>
       </c>
       <c r="B1870" t="s">
-        <v>2082</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>2404</v>
+      </c>
+      <c r="D1870" t="s">
+        <v>2443</v>
       </c>
       <c r="E1870">
-        <v>25</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1871" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1871" t="s">
-        <v>654</v>
+        <v>628</v>
       </c>
       <c r="B1871" t="s">
         <v>1</v>
       </c>
       <c r="C1871" t="s">
-        <v>201</v>
+        <v>251</v>
       </c>
       <c r="D1871" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1871">
         <v>6</v>
       </c>
     </row>
     <row r="1872" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1872" t="s">
-        <v>268</v>
+        <v>2426</v>
       </c>
       <c r="B1872" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C1872" t="s">
-        <v>269</v>
+        <v>2409</v>
       </c>
       <c r="D1872" t="s">
-        <v>53</v>
+        <v>2416</v>
       </c>
       <c r="E1872">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1873" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1873" t="s">
-        <v>937</v>
+        <v>1247</v>
       </c>
       <c r="B1873" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1873" t="s">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="D1873" t="s">
-        <v>53</v>
+        <v>203</v>
       </c>
       <c r="E1873">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1874" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1874" t="s">
-        <v>328</v>
+        <v>1246</v>
       </c>
       <c r="B1874" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1874" t="s">
-        <v>99</v>
+        <v>2</v>
       </c>
       <c r="D1874" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="E1874">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1875" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1875" t="s">
-        <v>386</v>
+        <v>1246</v>
       </c>
       <c r="B1875" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1875" t="s">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="D1875" t="s">
-        <v>385</v>
+        <v>203</v>
       </c>
       <c r="E1875">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1876" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1876" t="s">
-        <v>1121</v>
+        <v>1091</v>
       </c>
       <c r="B1876" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C1876" t="s">
-        <v>162</v>
+        <v>2</v>
       </c>
       <c r="D1876" t="s">
-        <v>770</v>
+        <v>203</v>
       </c>
       <c r="E1876">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1877" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1877" t="s">
-        <v>768</v>
+        <v>1091</v>
       </c>
       <c r="B1877" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1877" t="s">
-        <v>162</v>
+        <v>2</v>
       </c>
       <c r="D1877" t="s">
-        <v>770</v>
+        <v>203</v>
       </c>
       <c r="E1877">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1878" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1878" t="s">
-        <v>663</v>
+        <v>1094</v>
       </c>
       <c r="B1878" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1878" t="s">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="D1878" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1878">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1879" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1879" t="s">
-        <v>2460</v>
+        <v>1094</v>
       </c>
       <c r="B1879" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C1879" t="s">
-        <v>2423</v>
+        <v>2</v>
       </c>
       <c r="D1879" t="s">
-        <v>2424</v>
+        <v>203</v>
       </c>
       <c r="E1879">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1880" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1880" t="s">
-        <v>2428</v>
+        <v>2020</v>
       </c>
       <c r="B1880" t="s">
-        <v>2422</v>
+        <v>1998</v>
       </c>
       <c r="C1880" t="s">
-        <v>2429</v>
+        <v>2</v>
       </c>
       <c r="D1880" t="s">
-        <v>2430</v>
+        <v>130</v>
       </c>
       <c r="E1880">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1881" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1881" t="s">
-        <v>2458</v>
+        <v>2021</v>
       </c>
       <c r="B1881" t="s">
-        <v>2422</v>
+        <v>1998</v>
       </c>
       <c r="C1881" t="s">
-        <v>2423</v>
+        <v>2</v>
       </c>
       <c r="D1881" t="s">
-        <v>2433</v>
+        <v>130</v>
       </c>
       <c r="E1881">
-        <v>3</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1882" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1882" t="s">
-        <v>2425</v>
+        <v>2424</v>
       </c>
       <c r="B1882" t="s">
-        <v>2422</v>
+        <v>2404</v>
       </c>
       <c r="C1882" t="s">
-        <v>2426</v>
+        <v>2409</v>
       </c>
       <c r="D1882" t="s">
-        <v>2427</v>
+        <v>2416</v>
       </c>
       <c r="E1882">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1883" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1883" t="s">
-        <v>2461</v>
+        <v>1052</v>
       </c>
       <c r="B1883" t="s">
-        <v>2422</v>
+        <v>1053</v>
+      </c>
+      <c r="C1883" t="s">
+        <v>1054</v>
       </c>
       <c r="D1883" t="s">
-        <v>2462</v>
+        <v>1055</v>
       </c>
       <c r="E1883">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1884" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1884" t="s">
-        <v>597</v>
+        <v>2422</v>
       </c>
       <c r="B1884" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C1884" t="s">
-        <v>202</v>
+        <v>2409</v>
       </c>
       <c r="D1884" t="s">
-        <v>150</v>
+        <v>2416</v>
       </c>
       <c r="E1884">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1885" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1885" t="s">
-        <v>1061</v>
+        <v>1387</v>
       </c>
       <c r="B1885" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1885" t="s">
-        <v>202</v>
+        <v>46</v>
       </c>
       <c r="D1885" t="s">
-        <v>150</v>
+        <v>62</v>
       </c>
       <c r="E1885">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1886" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1886" t="s">
-        <v>2445</v>
+        <v>1384</v>
       </c>
       <c r="B1886" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C1886" t="s">
-        <v>2426</v>
+        <v>46</v>
       </c>
       <c r="D1886" t="s">
-        <v>2433</v>
+        <v>62</v>
       </c>
       <c r="E1886">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1887" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1887" t="s">
-        <v>1225</v>
+        <v>631</v>
       </c>
       <c r="B1887" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1887" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="D1887" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1887">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1888" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1888" t="s">
-        <v>1224</v>
+        <v>2006</v>
       </c>
       <c r="B1888" t="s">
-        <v>2013</v>
+        <v>1998</v>
       </c>
       <c r="C1888" t="s">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="D1888" t="s">
-        <v>150</v>
+        <v>92</v>
       </c>
       <c r="E1888">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1889" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1889" t="s">
-        <v>1224</v>
+        <v>2007</v>
       </c>
       <c r="B1889" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C1889" t="s">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="D1889" t="s">
-        <v>150</v>
+        <v>92</v>
       </c>
       <c r="E1889">
-        <v>12</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1890" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1890" t="s">
-        <v>1055</v>
+        <v>1267</v>
       </c>
       <c r="B1890" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C1890" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D1890" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1890">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1891" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1891" t="s">
-        <v>1055</v>
+        <v>1473</v>
       </c>
       <c r="B1891" t="s">
-        <v>769</v>
+        <v>171</v>
       </c>
       <c r="C1891" t="s">
-        <v>78</v>
+        <v>251</v>
       </c>
       <c r="D1891" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1891">
-        <v>16</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1892" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1892" t="s">
-        <v>1058</v>
+        <v>635</v>
       </c>
       <c r="B1892" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1892" t="s">
-        <v>78</v>
+        <v>251</v>
       </c>
       <c r="D1892" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1892">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1893" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1893" t="s">
-        <v>1058</v>
+        <v>1385</v>
       </c>
       <c r="B1893" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1893" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D1893" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1893">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1894" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1894" t="s">
-        <v>2039</v>
+        <v>686</v>
       </c>
       <c r="B1894" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1894" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D1894" t="s">
-        <v>72</v>
+        <v>203</v>
       </c>
       <c r="E1894">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1895" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1895" t="s">
-        <v>2040</v>
+        <v>2452</v>
       </c>
       <c r="B1895" t="s">
-        <v>2013</v>
+        <v>2404</v>
       </c>
       <c r="C1895" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="D1895" t="s">
-        <v>72</v>
+        <v>1330</v>
       </c>
       <c r="E1895">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1896" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1896" t="s">
-        <v>2443</v>
+        <v>2456</v>
       </c>
       <c r="B1896" t="s">
-        <v>2422</v>
+        <v>2404</v>
       </c>
       <c r="C1896" t="s">
-        <v>2426</v>
+        <v>46</v>
       </c>
       <c r="D1896" t="s">
-        <v>2433</v>
+        <v>293</v>
       </c>
       <c r="E1896">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1897" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1897" t="s">
-        <v>2439</v>
+        <v>784</v>
       </c>
       <c r="B1897" t="s">
-        <v>2422</v>
+        <v>368</v>
       </c>
       <c r="C1897" t="s">
-        <v>2426</v>
+        <v>457</v>
       </c>
       <c r="D1897" t="s">
-        <v>2433</v>
+        <v>785</v>
       </c>
       <c r="E1897">
-        <v>29</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1898" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1898" t="s">
-        <v>1379</v>
+        <v>2407</v>
       </c>
       <c r="B1898" t="s">
-        <v>769</v>
+        <v>2404</v>
       </c>
       <c r="C1898" t="s">
-        <v>8</v>
+        <v>2405</v>
       </c>
       <c r="D1898" t="s">
-        <v>9</v>
+        <v>2406</v>
       </c>
       <c r="E1898">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1899" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1899" t="s">
-        <v>1376</v>
+        <v>1493</v>
       </c>
       <c r="B1899" t="s">
-        <v>769</v>
+        <v>171</v>
       </c>
       <c r="C1899" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1899" t="s">
-        <v>9</v>
+        <v>130</v>
       </c>
       <c r="E1899">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1900" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1900" t="s">
-        <v>600</v>
+        <v>2023</v>
       </c>
       <c r="B1900" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1900" t="s">
-        <v>19</v>
+        <v>352</v>
       </c>
       <c r="D1900" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="E1900">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1901" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1901" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B1901" t="s">
-        <v>2013</v>
+        <v>1998</v>
       </c>
       <c r="C1901" t="s">
-        <v>78</v>
+        <v>352</v>
       </c>
       <c r="D1901" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="E1901">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1902" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1902" t="s">
-        <v>2024</v>
+        <v>1390</v>
       </c>
       <c r="B1902" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C1902" t="s">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="D1902" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="E1902">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1903" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1903" t="s">
-        <v>1245</v>
+        <v>830</v>
       </c>
       <c r="B1903" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1903" t="s">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="D1903" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="E1903">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1904" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1904" t="s">
-        <v>1466</v>
+        <v>2448</v>
       </c>
       <c r="B1904" t="s">
-        <v>118</v>
+        <v>2447</v>
       </c>
       <c r="C1904" t="s">
-        <v>202</v>
+        <v>46</v>
       </c>
       <c r="D1904" t="s">
-        <v>150</v>
+        <v>293</v>
       </c>
       <c r="E1904">
-        <v>4</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1905" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1905" t="s">
-        <v>604</v>
+        <v>395</v>
       </c>
       <c r="B1905" t="s">
         <v>1</v>
       </c>
       <c r="C1905" t="s">
-        <v>202</v>
+        <v>98</v>
       </c>
       <c r="D1905" t="s">
-        <v>150</v>
+        <v>99</v>
       </c>
       <c r="E1905">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1906" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1906" t="s">
-        <v>1377</v>
+        <v>921</v>
       </c>
       <c r="B1906" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1906" t="s">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="D1906" t="s">
-        <v>150</v>
+        <v>922</v>
       </c>
       <c r="E1906">
         <v>6</v>
       </c>
     </row>
     <row r="1907" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1907" t="s">
-        <v>655</v>
+        <v>649</v>
       </c>
       <c r="B1907" t="s">
         <v>1</v>
       </c>
       <c r="C1907" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D1907" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1907">
         <v>6</v>
       </c>
     </row>
     <row r="1908" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1908" t="s">
-        <v>2469</v>
+        <v>649</v>
       </c>
       <c r="B1908" t="s">
-        <v>2422</v>
+        <v>1998</v>
       </c>
       <c r="C1908" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D1908" t="s">
-        <v>1312</v>
+        <v>203</v>
       </c>
       <c r="E1908">
-        <v>29</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1909" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1909" t="s">
-        <v>2473</v>
+        <v>2462</v>
       </c>
       <c r="B1909" t="s">
-        <v>2422</v>
+        <v>2404</v>
       </c>
       <c r="C1909" t="s">
-        <v>8</v>
+        <v>2450</v>
       </c>
       <c r="D1909" t="s">
-        <v>253</v>
+        <v>2463</v>
       </c>
       <c r="E1909">
-        <v>45</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1910" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1910" t="s">
-        <v>759</v>
+        <v>2440</v>
       </c>
       <c r="B1910" t="s">
-        <v>334</v>
+        <v>2404</v>
       </c>
       <c r="C1910" t="s">
-        <v>423</v>
+        <v>46</v>
       </c>
       <c r="D1910" t="s">
-        <v>760</v>
+        <v>293</v>
       </c>
       <c r="E1910">
-        <v>4</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1911" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1911" t="s">
-        <v>2421</v>
+        <v>1178</v>
       </c>
       <c r="B1911" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C1911" t="s">
-        <v>2423</v>
+        <v>499</v>
       </c>
       <c r="D1911" t="s">
-        <v>2424</v>
+        <v>1177</v>
       </c>
       <c r="E1911">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1912" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1912" t="s">
-        <v>1487</v>
+        <v>2444</v>
       </c>
       <c r="B1912" t="s">
-        <v>118</v>
+        <v>2404</v>
       </c>
       <c r="C1912" t="s">
-        <v>78</v>
+        <v>2405</v>
       </c>
       <c r="D1912" t="s">
-        <v>72</v>
+        <v>2406</v>
       </c>
       <c r="E1912">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1913" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1913" t="s">
-        <v>2042</v>
+        <v>2421</v>
       </c>
       <c r="B1913" t="s">
-        <v>2013</v>
+        <v>2404</v>
       </c>
       <c r="C1913" t="s">
-        <v>314</v>
+        <v>2409</v>
       </c>
       <c r="D1913" t="s">
-        <v>72</v>
+        <v>2410</v>
       </c>
       <c r="E1913">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1914" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1914" t="s">
-        <v>2043</v>
+        <v>2453</v>
       </c>
       <c r="B1914" t="s">
-        <v>2013</v>
+        <v>2404</v>
       </c>
       <c r="C1914" t="s">
-        <v>314</v>
+        <v>2454</v>
       </c>
       <c r="D1914" t="s">
-        <v>72</v>
+        <v>2455</v>
       </c>
       <c r="E1914">
-        <v>35</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1915" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1915" t="s">
-        <v>1383</v>
+        <v>1156</v>
       </c>
       <c r="B1915" t="s">
-        <v>769</v>
+        <v>1072</v>
       </c>
       <c r="C1915" t="s">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="D1915" t="s">
-        <v>72</v>
+        <v>796</v>
       </c>
       <c r="E1915">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1916" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1916" t="s">
-        <v>808</v>
+        <v>918</v>
       </c>
       <c r="B1916" t="s">
         <v>1</v>
       </c>
       <c r="C1916" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="D1916" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="E1916">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1917" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1917" t="s">
-        <v>2465</v>
+        <v>435</v>
       </c>
       <c r="B1917" t="s">
-        <v>2464</v>
+        <v>1</v>
       </c>
       <c r="C1917" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="D1917" t="s">
-        <v>253</v>
+        <v>91</v>
       </c>
       <c r="E1917">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1918" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1918" t="s">
-        <v>361</v>
+        <v>2025</v>
       </c>
       <c r="B1918" t="s">
-        <v>1</v>
+        <v>1998</v>
       </c>
       <c r="C1918" t="s">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="D1918" t="s">
-        <v>37</v>
+        <v>2026</v>
       </c>
       <c r="E1918">
-        <v>8</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1919" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1919" t="s">
-        <v>903</v>
+        <v>1050</v>
       </c>
       <c r="B1919" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1919" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D1919" t="s">
-        <v>904</v>
+        <v>1051</v>
       </c>
       <c r="E1919">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1920" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1920" t="s">
-        <v>618</v>
+        <v>1325</v>
       </c>
       <c r="B1920" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C1920" t="s">
-        <v>162</v>
+        <v>2</v>
       </c>
       <c r="D1920" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1920">
-        <v>39</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1921" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1921" t="s">
-        <v>618</v>
+        <v>489</v>
       </c>
       <c r="B1921" t="s">
         <v>1</v>
       </c>
       <c r="C1921" t="s">
-        <v>162</v>
+        <v>326</v>
       </c>
       <c r="D1921" t="s">
-        <v>150</v>
+        <v>488</v>
       </c>
       <c r="E1921">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1922" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1922" t="s">
-        <v>2479</v>
+        <v>2435</v>
       </c>
       <c r="B1922" t="s">
-        <v>2422</v>
+        <v>2404</v>
       </c>
       <c r="C1922" t="s">
-        <v>2467</v>
+        <v>2436</v>
       </c>
       <c r="D1922" t="s">
-        <v>2480</v>
+        <v>2437</v>
       </c>
       <c r="E1922">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1923" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1923" t="s">
-        <v>2459</v>
+        <v>2181</v>
       </c>
       <c r="B1923" t="s">
-        <v>2422</v>
+        <v>2141</v>
       </c>
       <c r="C1923" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="D1923" t="s">
-        <v>253</v>
+        <v>2180</v>
       </c>
       <c r="E1923">
-        <v>45</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1924" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1924" t="s">
-        <v>1151</v>
+        <v>2179</v>
       </c>
       <c r="B1924" t="s">
-        <v>769</v>
+        <v>2141</v>
       </c>
       <c r="C1924" t="s">
-        <v>465</v>
+        <v>132</v>
       </c>
       <c r="D1924" t="s">
-        <v>1150</v>
+        <v>2180</v>
       </c>
       <c r="E1924">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1925" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1925" t="s">
-        <v>2463</v>
+        <v>1320</v>
       </c>
       <c r="B1925" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C1925" t="s">
-        <v>2423</v>
+        <v>20</v>
       </c>
       <c r="D1925" t="s">
-        <v>2424</v>
+        <v>130</v>
       </c>
       <c r="E1925">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1926" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1926" t="s">
-        <v>2438</v>
+        <v>1146</v>
       </c>
       <c r="B1926" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C1926" t="s">
-        <v>2426</v>
+        <v>15</v>
       </c>
       <c r="D1926" t="s">
-        <v>2427</v>
+        <v>130</v>
       </c>
       <c r="E1926">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1927" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1927" t="s">
-        <v>2470</v>
+        <v>2461</v>
       </c>
       <c r="B1927" t="s">
-        <v>2422</v>
+        <v>2404</v>
       </c>
       <c r="C1927" t="s">
-        <v>2471</v>
+        <v>132</v>
       </c>
       <c r="D1927" t="s">
-        <v>2472</v>
+        <v>1330</v>
       </c>
       <c r="E1927">
-        <v>99</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1928" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1928" t="s">
-        <v>1128</v>
+        <v>456</v>
       </c>
       <c r="B1928" t="s">
-        <v>1035</v>
+        <v>1</v>
       </c>
       <c r="C1928" t="s">
-        <v>78</v>
+        <v>449</v>
       </c>
       <c r="D1928" t="s">
-        <v>772</v>
+        <v>455</v>
       </c>
       <c r="E1928">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1929" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1929" t="s">
-        <v>898</v>
+        <v>1225</v>
       </c>
       <c r="B1929" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1929" t="s">
-        <v>162</v>
+        <v>449</v>
       </c>
       <c r="D1929" t="s">
-        <v>34</v>
+        <v>455</v>
       </c>
       <c r="E1929">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1930" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1930" t="s">
-        <v>401</v>
+        <v>1224</v>
       </c>
       <c r="B1930" t="s">
-        <v>1</v>
+        <v>793</v>
       </c>
       <c r="C1930" t="s">
-        <v>74</v>
+        <v>449</v>
       </c>
       <c r="D1930" t="s">
-        <v>26</v>
+        <v>455</v>
       </c>
       <c r="E1930">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1931" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1931" t="s">
-        <v>2528</v>
+        <v>1432</v>
       </c>
       <c r="B1931" t="s">
-        <v>2527</v>
+        <v>171</v>
+      </c>
+      <c r="C1931" t="s">
+        <v>251</v>
       </c>
       <c r="D1931" t="s">
-        <v>2529</v>
+        <v>337</v>
       </c>
       <c r="E1931">
-        <v>0.99</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1932" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1932" t="s">
-        <v>2526</v>
+        <v>678</v>
       </c>
       <c r="B1932" t="s">
-        <v>2527</v>
+        <v>1</v>
+      </c>
+      <c r="C1932" t="s">
+        <v>61</v>
+      </c>
+      <c r="D1932" t="s">
+        <v>203</v>
       </c>
       <c r="E1932">
-        <v>1.49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1933" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1933" t="s">
-        <v>2044</v>
+        <v>1096</v>
       </c>
       <c r="B1933" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C1933" t="s">
-        <v>78</v>
+        <v>1097</v>
       </c>
       <c r="D1933" t="s">
-        <v>2045</v>
+        <v>203</v>
       </c>
       <c r="E1933">
-        <v>99</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1934" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1934" t="s">
-        <v>1307</v>
+        <v>1096</v>
       </c>
       <c r="B1934" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C1934" t="s">
-        <v>78</v>
+        <v>1097</v>
       </c>
       <c r="D1934" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1934">
-        <v>8</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1935" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1935" t="s">
-        <v>455</v>
+        <v>2302</v>
       </c>
       <c r="B1935" t="s">
-        <v>1</v>
+        <v>2287</v>
       </c>
       <c r="C1935" t="s">
-        <v>287</v>
+        <v>98</v>
       </c>
       <c r="D1935" t="s">
-        <v>454</v>
+        <v>2303</v>
       </c>
       <c r="E1935">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1936" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1936" t="s">
-        <v>2454</v>
+        <v>578</v>
       </c>
       <c r="B1936" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1936" t="s">
-        <v>2455</v>
+        <v>579</v>
       </c>
       <c r="D1936" t="s">
-        <v>2456</v>
+        <v>203</v>
       </c>
       <c r="E1936">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1937" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1937" t="s">
-        <v>2187</v>
+        <v>2378</v>
       </c>
       <c r="B1937" t="s">
-        <v>2162</v>
-[...5 lines deleted...]
-        <v>2186</v>
+        <v>2379</v>
       </c>
       <c r="E1937">
-        <v>12</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1938" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1938" t="s">
-        <v>2185</v>
+        <v>1475</v>
       </c>
       <c r="B1938" t="s">
-        <v>2162</v>
+        <v>171</v>
       </c>
       <c r="C1938" t="s">
-        <v>74</v>
+        <v>250</v>
       </c>
       <c r="D1938" t="s">
-        <v>2186</v>
+        <v>113</v>
       </c>
       <c r="E1938">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1939" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1939" t="s">
-        <v>1302</v>
+        <v>771</v>
       </c>
       <c r="B1939" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1939" t="s">
-        <v>13</v>
+        <v>250</v>
       </c>
       <c r="D1939" t="s">
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="E1939">
         <v>8</v>
       </c>
     </row>
     <row r="1940" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1940" t="s">
-        <v>1118</v>
+        <v>2429</v>
       </c>
       <c r="B1940" t="s">
-        <v>769</v>
+        <v>2404</v>
       </c>
       <c r="C1940" t="s">
-        <v>30</v>
+        <v>2409</v>
       </c>
       <c r="D1940" t="s">
-        <v>72</v>
+        <v>2416</v>
       </c>
       <c r="E1940">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1941" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1941" t="s">
-        <v>2478</v>
+        <v>2414</v>
       </c>
       <c r="B1941" t="s">
-        <v>2422</v>
+        <v>2404</v>
       </c>
       <c r="C1941" t="s">
-        <v>74</v>
+        <v>2409</v>
       </c>
       <c r="D1941" t="s">
-        <v>1312</v>
+        <v>2410</v>
       </c>
       <c r="E1941">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1942" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1942" t="s">
-        <v>422</v>
+        <v>200</v>
       </c>
       <c r="B1942" t="s">
         <v>1</v>
       </c>
       <c r="C1942" t="s">
-        <v>415</v>
+        <v>61</v>
       </c>
       <c r="D1942" t="s">
-        <v>421</v>
+        <v>130</v>
       </c>
       <c r="E1942">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1943" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1943" t="s">
-        <v>1198</v>
+        <v>1630</v>
       </c>
       <c r="B1943" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="C1943" t="s">
-        <v>415</v>
+        <v>56</v>
       </c>
       <c r="D1943" t="s">
-        <v>421</v>
+        <v>357</v>
       </c>
       <c r="E1943">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1944" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1944" t="s">
-        <v>1197</v>
+        <v>1386</v>
       </c>
       <c r="B1944" t="s">
-        <v>769</v>
+        <v>1062</v>
       </c>
       <c r="C1944" t="s">
-        <v>415</v>
+        <v>46</v>
       </c>
       <c r="D1944" t="s">
-        <v>421</v>
+        <v>748</v>
       </c>
       <c r="E1944">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1945" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1945" t="s">
-        <v>647</v>
+        <v>1087</v>
       </c>
       <c r="B1945" t="s">
-        <v>1</v>
+        <v>1053</v>
       </c>
       <c r="C1945" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D1945" t="s">
-        <v>150</v>
+        <v>748</v>
       </c>
       <c r="E1945">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1946" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1946" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B1946" t="s">
         <v>1062</v>
       </c>
-      <c r="B1946" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1946" t="s">
-        <v>1063</v>
+        <v>46</v>
       </c>
       <c r="D1946" t="s">
-        <v>150</v>
+        <v>748</v>
       </c>
       <c r="E1946">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1947" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1947" t="s">
-        <v>1062</v>
+        <v>1102</v>
       </c>
       <c r="B1947" t="s">
-        <v>2013</v>
+        <v>793</v>
       </c>
       <c r="C1947" t="s">
-        <v>1063</v>
+        <v>251</v>
       </c>
       <c r="D1947" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
       <c r="E1947">
-        <v>39</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1948" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1948" t="s">
-        <v>2314</v>
+        <v>1416</v>
       </c>
       <c r="B1948" t="s">
-        <v>2299</v>
+        <v>793</v>
       </c>
       <c r="C1948" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D1948" t="s">
-        <v>2315</v>
+        <v>262</v>
       </c>
       <c r="E1948">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1949" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1949" t="s">
-        <v>547</v>
+        <v>2432</v>
       </c>
       <c r="B1949" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>548</v>
+        <v>2433</v>
       </c>
       <c r="D1949" t="s">
-        <v>150</v>
+        <v>2434</v>
       </c>
       <c r="E1949">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1950" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1950" t="s">
-        <v>2392</v>
+        <v>2458</v>
       </c>
       <c r="B1950" t="s">
-        <v>2393</v>
+        <v>2404</v>
+      </c>
+      <c r="C1950" t="s">
+        <v>65</v>
+      </c>
+      <c r="D1950" t="s">
+        <v>293</v>
       </c>
       <c r="E1950">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1951" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1951" t="s">
-        <v>1468</v>
+        <v>2457</v>
       </c>
       <c r="B1951" t="s">
-        <v>118</v>
+        <v>2404</v>
       </c>
       <c r="C1951" t="s">
-        <v>201</v>
+        <v>65</v>
       </c>
       <c r="D1951" t="s">
-        <v>53</v>
+        <v>293</v>
       </c>
       <c r="E1951">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1952" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1952" t="s">
-        <v>746</v>
+        <v>2427</v>
       </c>
       <c r="B1952" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C1952" t="s">
-        <v>201</v>
+        <v>2409</v>
       </c>
       <c r="D1952" t="s">
-        <v>53</v>
+        <v>2416</v>
       </c>
       <c r="E1952">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1953" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1953" t="s">
-        <v>2448</v>
+        <v>2415</v>
       </c>
       <c r="B1953" t="s">
-        <v>2422</v>
+        <v>2404</v>
       </c>
       <c r="C1953" t="s">
-        <v>2426</v>
+        <v>2405</v>
       </c>
       <c r="D1953" t="s">
-        <v>2433</v>
+        <v>2416</v>
       </c>
       <c r="E1953">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1954" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1954" t="s">
-        <v>2431</v>
+        <v>2419</v>
       </c>
       <c r="B1954" t="s">
-        <v>2422</v>
+        <v>2404</v>
       </c>
       <c r="C1954" t="s">
-        <v>2426</v>
+        <v>2409</v>
       </c>
       <c r="D1954" t="s">
-        <v>2427</v>
+        <v>2416</v>
       </c>
       <c r="E1954">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1955" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1955" t="s">
-        <v>147</v>
+        <v>2438</v>
       </c>
       <c r="B1955" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C1955" t="s">
-        <v>55</v>
+        <v>2436</v>
       </c>
       <c r="D1955" t="s">
-        <v>72</v>
+        <v>262</v>
       </c>
       <c r="E1955">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1956" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1956" t="s">
-        <v>1599</v>
+        <v>2430</v>
       </c>
       <c r="B1956" t="s">
-        <v>769</v>
+        <v>2404</v>
       </c>
       <c r="C1956" t="s">
-        <v>162</v>
+        <v>2409</v>
       </c>
       <c r="D1956" t="s">
-        <v>320</v>
+        <v>2416</v>
       </c>
       <c r="E1956">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1957" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1957" t="s">
-        <v>1378</v>
+        <v>2420</v>
       </c>
       <c r="B1957" t="s">
-        <v>1024</v>
+        <v>2404</v>
       </c>
       <c r="C1957" t="s">
-        <v>8</v>
+        <v>2409</v>
       </c>
       <c r="D1957" t="s">
-        <v>723</v>
+        <v>2416</v>
       </c>
       <c r="E1957">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1958" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1958" t="s">
-        <v>1050</v>
+        <v>2156</v>
       </c>
       <c r="B1958" t="s">
-        <v>1051</v>
+        <v>2141</v>
       </c>
       <c r="C1958" t="s">
-        <v>8</v>
+        <v>738</v>
       </c>
       <c r="D1958" t="s">
-        <v>723</v>
+        <v>1035</v>
       </c>
       <c r="E1958">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1959" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1959" t="s">
-        <v>1339</v>
+        <v>2157</v>
       </c>
       <c r="B1959" t="s">
-        <v>1024</v>
+        <v>2141</v>
       </c>
       <c r="C1959" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D1959" t="s">
-        <v>723</v>
+        <v>1035</v>
       </c>
       <c r="E1959">
         <v>12</v>
       </c>
     </row>
     <row r="1960" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1960" t="s">
-        <v>1397</v>
+        <v>2431</v>
       </c>
       <c r="B1960" t="s">
-        <v>769</v>
+        <v>2404</v>
       </c>
       <c r="C1960" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="D1960" t="s">
-        <v>723</v>
+        <v>293</v>
       </c>
       <c r="E1960">
-        <v>10</v>
+        <v>59</v>
       </c>
     </row>
     <row r="1961" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1961" t="s">
-        <v>1068</v>
+        <v>2459</v>
       </c>
       <c r="B1961" t="s">
-        <v>769</v>
+        <v>2404</v>
       </c>
       <c r="C1961" t="s">
-        <v>202</v>
+        <v>2</v>
       </c>
       <c r="D1961" t="s">
-        <v>150</v>
+        <v>2460</v>
       </c>
       <c r="E1961">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1962" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1962" t="s">
-        <v>1412</v>
+        <v>2480</v>
       </c>
       <c r="B1962" t="s">
-        <v>769</v>
+        <v>2404</v>
       </c>
       <c r="C1962" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D1962" t="s">
-        <v>217</v>
+        <v>293</v>
       </c>
       <c r="E1962">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1963" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1963" t="s">
-        <v>2451</v>
+        <v>2471</v>
       </c>
       <c r="B1963" t="s">
-        <v>2452</v>
+        <v>2404</v>
+      </c>
+      <c r="C1963" t="s">
+        <v>6</v>
       </c>
       <c r="D1963" t="s">
-        <v>2453</v>
+        <v>293</v>
       </c>
       <c r="E1963">
-        <v>49</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1964" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1964" t="s">
-        <v>2475</v>
+        <v>1347</v>
       </c>
       <c r="B1964" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C1964" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1964" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="E1964">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1965" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1965" t="s">
-        <v>2474</v>
+        <v>1138</v>
       </c>
       <c r="B1965" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1965" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D1965" t="s">
-        <v>253</v>
+        <v>52</v>
       </c>
       <c r="E1965">
-        <v>39</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1966" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1966" t="s">
-        <v>2446</v>
+        <v>223</v>
       </c>
       <c r="B1966" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1966" t="s">
-        <v>2426</v>
+        <v>224</v>
       </c>
       <c r="D1966" t="s">
-        <v>2433</v>
+        <v>203</v>
       </c>
       <c r="E1966">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1967" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1967" t="s">
-        <v>2440</v>
+        <v>336</v>
       </c>
       <c r="B1967" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1967" t="s">
-        <v>2441</v>
+        <v>2</v>
       </c>
       <c r="D1967" t="s">
-        <v>2427</v>
+        <v>337</v>
       </c>
       <c r="E1967">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1968" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1968" t="s">
-        <v>2432</v>
+        <v>1997</v>
       </c>
       <c r="B1968" t="s">
-        <v>2422</v>
+        <v>1998</v>
       </c>
       <c r="C1968" t="s">
-        <v>2423</v>
+        <v>2</v>
       </c>
       <c r="D1968" t="s">
-        <v>2433</v>
+        <v>337</v>
       </c>
       <c r="E1968">
-        <v>9</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1969" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1969" t="s">
-        <v>2436</v>
+        <v>1441</v>
       </c>
       <c r="B1969" t="s">
-        <v>2422</v>
+        <v>2141</v>
       </c>
       <c r="C1969" t="s">
-        <v>2426</v>
+        <v>2</v>
       </c>
       <c r="D1969" t="s">
-        <v>2433</v>
+        <v>337</v>
       </c>
       <c r="E1969">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1970" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1970" t="s">
-        <v>2457</v>
+        <v>1441</v>
       </c>
       <c r="B1970" t="s">
-        <v>2422</v>
+        <v>171</v>
       </c>
       <c r="C1970" t="s">
-        <v>2455</v>
+        <v>2</v>
       </c>
       <c r="D1970" t="s">
-        <v>217</v>
+        <v>337</v>
       </c>
       <c r="E1970">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1971" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1971" t="s">
-        <v>2449</v>
+        <v>955</v>
       </c>
       <c r="B1971" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1971" t="s">
-        <v>2426</v>
+        <v>956</v>
       </c>
       <c r="D1971" t="s">
-        <v>2433</v>
+        <v>203</v>
       </c>
       <c r="E1971">
-        <v>25</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1972" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1972" t="s">
-        <v>2437</v>
+        <v>2403</v>
       </c>
       <c r="B1972" t="s">
-        <v>2422</v>
+        <v>2404</v>
       </c>
       <c r="C1972" t="s">
-        <v>2426</v>
+        <v>2405</v>
       </c>
       <c r="D1972" t="s">
-        <v>2433</v>
+        <v>2406</v>
       </c>
       <c r="E1972">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1973" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1973" t="s">
-        <v>2450</v>
+        <v>1202</v>
       </c>
       <c r="B1973" t="s">
-        <v>2422</v>
+        <v>793</v>
       </c>
       <c r="C1973" t="s">
-        <v>19</v>
+        <v>251</v>
       </c>
       <c r="D1973" t="s">
-        <v>253</v>
+        <v>123</v>
       </c>
       <c r="E1973">
-        <v>59</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1974" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1974" t="s">
-        <v>2476</v>
+        <v>385</v>
       </c>
       <c r="B1974" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1974" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="D1974" t="s">
-        <v>2477</v>
+        <v>123</v>
       </c>
       <c r="E1974">
         <v>6</v>
       </c>
     </row>
     <row r="1975" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1975" t="s">
-        <v>2496</v>
+        <v>387</v>
       </c>
       <c r="B1975" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1975" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="D1975" t="s">
-        <v>253</v>
+        <v>123</v>
       </c>
       <c r="E1975">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1976" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1976" t="s">
-        <v>2487</v>
+        <v>386</v>
       </c>
       <c r="B1976" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1976" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="D1976" t="s">
-        <v>253</v>
+        <v>123</v>
       </c>
       <c r="E1976">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1977" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1977" t="s">
-        <v>1338</v>
+        <v>384</v>
       </c>
       <c r="B1977" t="s">
-        <v>769</v>
+        <v>1</v>
       </c>
       <c r="C1977" t="s">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="D1977" t="s">
-        <v>217</v>
+        <v>123</v>
       </c>
       <c r="E1977">
         <v>6</v>
       </c>
     </row>
     <row r="1978" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1978" t="s">
-        <v>1109</v>
+        <v>683</v>
       </c>
       <c r="B1978" t="s">
         <v>1</v>
       </c>
       <c r="C1978" t="s">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="D1978" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="E1978">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1979" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1979" t="s">
-        <v>172</v>
+        <v>988</v>
       </c>
       <c r="B1979" t="s">
         <v>1</v>
       </c>
       <c r="C1979" t="s">
-        <v>173</v>
+        <v>989</v>
       </c>
       <c r="D1979" t="s">
-        <v>150</v>
+        <v>990</v>
       </c>
       <c r="E1979">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1980" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1980" t="s">
-        <v>298</v>
+        <v>350</v>
       </c>
       <c r="B1980" t="s">
         <v>1</v>
       </c>
       <c r="C1980" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="D1980" t="s">
-        <v>299</v>
+        <v>130</v>
       </c>
       <c r="E1980">
         <v>8</v>
       </c>
     </row>
     <row r="1981" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1981" t="s">
-        <v>1430</v>
+        <v>2469</v>
       </c>
       <c r="B1981" t="s">
-        <v>2162</v>
+        <v>2404</v>
       </c>
       <c r="C1981" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="D1981" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="E1981">
-        <v>10</v>
+        <v>111</v>
       </c>
     </row>
     <row r="1982" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1982" t="s">
-        <v>1430</v>
+        <v>2418</v>
       </c>
       <c r="B1982" t="s">
-        <v>118</v>
+        <v>2404</v>
       </c>
       <c r="C1982" t="s">
-        <v>78</v>
+        <v>2409</v>
       </c>
       <c r="D1982" t="s">
-        <v>299</v>
+        <v>2416</v>
       </c>
       <c r="E1982">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1983" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1983" t="s">
-        <v>941</v>
+        <v>2470</v>
       </c>
       <c r="B1983" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C1983" t="s">
-        <v>942</v>
+        <v>98</v>
       </c>
       <c r="D1983" t="s">
-        <v>150</v>
+        <v>293</v>
       </c>
       <c r="E1983">
-        <v>4</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1984" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1984" t="s">
-        <v>1175</v>
+        <v>2044</v>
       </c>
       <c r="B1984" t="s">
-        <v>769</v>
+        <v>1998</v>
       </c>
       <c r="C1984" t="s">
-        <v>202</v>
+        <v>251</v>
       </c>
       <c r="D1984" t="s">
-        <v>65</v>
+        <v>203</v>
       </c>
       <c r="E1984">
-        <v>16</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1985" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1985" t="s">
-        <v>351</v>
+        <v>2489</v>
       </c>
       <c r="B1985" t="s">
         <v>1</v>
       </c>
       <c r="C1985" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D1985" t="s">
-        <v>65</v>
+        <v>928</v>
       </c>
       <c r="E1985">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1986" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1986" t="s">
-        <v>353</v>
+        <v>491</v>
       </c>
       <c r="B1986" t="s">
         <v>1</v>
       </c>
       <c r="C1986" t="s">
-        <v>49</v>
+        <v>132</v>
       </c>
       <c r="D1986" t="s">
-        <v>65</v>
+        <v>488</v>
       </c>
       <c r="E1986">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1987" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1987" t="s">
-        <v>352</v>
+        <v>2417</v>
       </c>
       <c r="B1987" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C1987" t="s">
-        <v>49</v>
+        <v>2409</v>
       </c>
       <c r="D1987" t="s">
-        <v>65</v>
+        <v>2416</v>
       </c>
       <c r="E1987">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1988" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1988" t="s">
-        <v>350</v>
+        <v>338</v>
       </c>
       <c r="B1988" t="s">
         <v>1</v>
       </c>
       <c r="C1988" t="s">
-        <v>49</v>
+        <v>339</v>
       </c>
       <c r="D1988" t="s">
-        <v>65</v>
+        <v>113</v>
       </c>
       <c r="E1988">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1989" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1989" t="s">
-        <v>652</v>
+        <v>735</v>
       </c>
       <c r="B1989" t="s">
         <v>1</v>
       </c>
       <c r="C1989" t="s">
-        <v>49</v>
+        <v>499</v>
       </c>
       <c r="D1989" t="s">
-        <v>150</v>
+        <v>736</v>
       </c>
       <c r="E1989">
         <v>6</v>
       </c>
     </row>
     <row r="1990" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1990" t="s">
-        <v>974</v>
+        <v>1137</v>
       </c>
       <c r="B1990" t="s">
-        <v>1</v>
+        <v>1072</v>
       </c>
       <c r="C1990" t="s">
-        <v>975</v>
+        <v>98</v>
       </c>
       <c r="D1990" t="s">
-        <v>976</v>
+        <v>796</v>
       </c>
       <c r="E1990">
-        <v>4</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1991" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1991" t="s">
-        <v>312</v>
+        <v>1163</v>
       </c>
       <c r="B1991" t="s">
-        <v>1</v>
+        <v>1164</v>
       </c>
       <c r="C1991" t="s">
-        <v>19</v>
+        <v>1165</v>
       </c>
       <c r="D1991" t="s">
-        <v>72</v>
+        <v>1166</v>
       </c>
       <c r="E1991">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1992" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1992" t="s">
-        <v>2485</v>
+        <v>351</v>
       </c>
       <c r="B1992" t="s">
-        <v>2422</v>
+        <v>236</v>
       </c>
       <c r="C1992" t="s">
-        <v>8</v>
+        <v>352</v>
       </c>
       <c r="D1992" t="s">
-        <v>253</v>
+        <v>130</v>
       </c>
       <c r="E1992">
-        <v>111</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1993" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1993" t="s">
-        <v>2435</v>
+        <v>593</v>
       </c>
       <c r="B1993" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1993" t="s">
-        <v>2426</v>
+        <v>296</v>
       </c>
       <c r="D1993" t="s">
-        <v>2433</v>
+        <v>203</v>
       </c>
       <c r="E1993">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1994" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1994" t="s">
-        <v>2486</v>
+        <v>743</v>
       </c>
       <c r="B1994" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1994" t="s">
-        <v>36</v>
+        <v>744</v>
       </c>
       <c r="D1994" t="s">
-        <v>253</v>
+        <v>745</v>
       </c>
       <c r="E1994">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1995" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1995" t="s">
-        <v>2063</v>
+        <v>903</v>
       </c>
       <c r="B1995" t="s">
-        <v>2013</v>
+        <v>1</v>
       </c>
       <c r="C1995" t="s">
-        <v>202</v>
+        <v>46</v>
       </c>
       <c r="D1995" t="s">
-        <v>150</v>
+        <v>416</v>
       </c>
       <c r="E1995">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1996" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1996" t="s">
-        <v>2505</v>
+        <v>2184</v>
       </c>
       <c r="B1996" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1996" t="s">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="D1996" t="s">
-        <v>910</v>
+        <v>2185</v>
       </c>
       <c r="E1996">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1997" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1997" t="s">
-        <v>457</v>
+        <v>2182</v>
       </c>
       <c r="B1997" t="s">
-        <v>1</v>
+        <v>2141</v>
       </c>
       <c r="C1997" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="D1997" t="s">
-        <v>454</v>
+        <v>2183</v>
       </c>
       <c r="E1997">
         <v>12</v>
       </c>
     </row>
     <row r="1998" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1998" t="s">
-        <v>2434</v>
+        <v>497</v>
       </c>
       <c r="B1998" t="s">
-        <v>2422</v>
+        <v>1</v>
       </c>
       <c r="C1998" t="s">
-        <v>2426</v>
+        <v>110</v>
       </c>
       <c r="D1998" t="s">
-        <v>2433</v>
+        <v>360</v>
       </c>
       <c r="E1998">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1999" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1999" t="s">
-        <v>300</v>
+        <v>2473</v>
       </c>
       <c r="B1999" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>2474</v>
       </c>
       <c r="D1999" t="s">
-        <v>53</v>
+        <v>2475</v>
       </c>
       <c r="E1999">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="2000" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2000" t="s">
-        <v>710</v>
+        <v>2425</v>
       </c>
       <c r="B2000" t="s">
-        <v>1</v>
+        <v>2404</v>
       </c>
       <c r="C2000" t="s">
-        <v>465</v>
+        <v>2409</v>
       </c>
       <c r="D2000" t="s">
-        <v>711</v>
+        <v>2416</v>
       </c>
       <c r="E2000">
         <v>6</v>
       </c>
     </row>
     <row r="2001" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2001" t="s">
-        <v>1108</v>
+        <v>2428</v>
       </c>
       <c r="B2001" t="s">
-        <v>1035</v>
+        <v>2404</v>
       </c>
       <c r="C2001" t="s">
-        <v>36</v>
+        <v>2409</v>
       </c>
       <c r="D2001" t="s">
-        <v>772</v>
+        <v>2416</v>
       </c>
       <c r="E2001">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="2002" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2002" t="s">
-        <v>1135</v>
+        <v>209</v>
       </c>
       <c r="B2002" t="s">
-        <v>1136</v>
+        <v>1</v>
       </c>
       <c r="C2002" t="s">
-        <v>1137</v>
+        <v>96</v>
       </c>
       <c r="D2002" t="s">
-        <v>1138</v>
+        <v>203</v>
       </c>
       <c r="E2002">
-        <v>12</v>
-[...182 lines deleted...]
-      <c r="E2013">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E2904">
-    <sortCondition ref="A1:A2904"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E2993">
+    <sortCondition ref="A1:A2993"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>www.possession.ru 15-11-2025</vt:lpstr>
+      <vt:lpstr>Товары на 31-12-2025 11-46-29</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Microsoft Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Товары possession.ru на 2025-11-15 16:39:31</dc:title>
+  <dc:title>Товары possession.ru на 2025-12-31 11:46:29</dc:title>
   <dc:subject>Экспорт каталога</dc:subject>
   <dc:creator>Recommerce</dc:creator>
   <cp:keywords>интернет-магазин possession.ru</cp:keywords>
   <dc:description>Файл экспорта каталога, созданный сервисом Reommerce для интернет-магазина possession.ru</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>